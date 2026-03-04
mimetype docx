--- v0 (2025-11-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="652ad84" w14:textId="652ad84">
+    <w:p w14:paraId="792ef8c" w14:textId="792ef8c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -14358,136 +14358,96 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22. Орны ауыстырылатын (тасымалданатын) объектінің импорты кезінде оның соңғы межелі пунктінде сынамаларды іріктеу және оның ветеринариялық-санитариялық сараптамасы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәліметтер мемлекеттік ветеринариялық-санитариялық инспектордың мөрімен және қолымен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="187"/>
-[...48 lines deleted...]
-    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 09.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 325</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -14761,68 +14721,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефон ______________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail _______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z380" w:id="188"/>
+    <w:bookmarkStart w:name="z380" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № ____  ветеринариялық-санитариялық қарап-тексеру (жете тексеру) актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл акт ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16243,68 +16203,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефон ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail _____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z382" w:id="189"/>
+    <w:bookmarkStart w:name="z382" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № ____  орны ауыстырылатын (тасымалданатын) объектілерінің орын ауыстыруы  кезіндегі ветеринариялық-санитариялық талаптардың бұзылуы туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы акт _________________________________________________________________ жасалды </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17302,68 +17262,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="190"/>
+    <w:bookmarkStart w:name="z155" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік ветеринариялық қадағалау және бақылау мөртабандары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20643,68 +20603,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="191"/>
+    <w:bookmarkStart w:name="z157" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жүкті қайтару туралы декларация* / Non-manipulation declaration*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       А. Орны ауыстырылатын (тасымалданатын) объектінің сипаттамасы/Consignment details </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22089,68 +22049,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефон ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail ______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z386" w:id="192"/>
+    <w:bookmarkStart w:name="z386" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № ____  орны ауыстырылатын (тасымалданатын) объектілерді қайтару туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, мемлекеттік ветеринариялық-санитариялық инспектор ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23256,68 +23216,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z388" w:id="193"/>
+    <w:bookmarkStart w:name="z388" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орны ауыстырылатын (тасымалданатын) объектілер қозғалысын  ____________________________________________________________________  (шешімді көрсету: уақытша тоқтату, қайтару, тыйым салу) туралы жедел ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -25180,68 +25140,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z161" w:id="194"/>
+    <w:bookmarkStart w:name="z161" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орны ауыстырылатын (тасымалданатын) объектілерінің қозғалысын тоқтата тұруды есепке алу журналы және олар бойынша қолданған шаралар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -30653,165 +30613,165 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7-1/559 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="195"/>
+    <w:bookmarkStart w:name="z204" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ветеринариялық бақылау бекеттерін ұйымдастыру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 07.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="196"/>
+    <w:bookmarkStart w:name="z165" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Осы Ветеринариялық бақылау бекеттерін ұйымдастыру қағидалары (бұдан әрі – Қағидалар) "Ветеринария туралы" Қазақстан Республикасының Заңының 20-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және ветеринариялық бақылау бекеттерін ұйымдастыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30830,370 +30790,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="197"/>
+    <w:bookmarkStart w:name="z166" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Қазақстан Республикасының аумағына басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуының алдын алу мақсатында мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асыру үшін ветеринария саласындағы уәкілетті органның ведомствосы Ветеринариялық бақылау бекеттерін (бұдан әрі - бекет) ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z167" w:id="198"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z167" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Бекеттер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z168" w:id="199"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z168" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1) Қазақстан Республикасы Үкіметінің 2013 жылғы 9 шілдедегі № 697 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткiзу пункттерінің және Қазақстан Республикасының аумағындағы стационарлық көлiктiк бақылау бекеттерінің тізбесіне сәйкес шекаралық және кедендік пункттердің (Еуразиялық экономикалық одақтың кедендік шекарасымен тұспа-тұс келетін Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінің) аумақтарында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z169" w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z169" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) Қазақстан Республикасының шекара маңындағы аумақтарында және аймақтар арасында осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ветеринариялық бақылау бекеттерінің тізбесі бойынша автомобиль қатынасы шегінде Қазақстан Республикасының аумағында ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z346" w:id="201"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z346" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шекаралас мемлекеттердің аумағында жануарлардың аса қауіпті аурулары туралы ақпарат пайда болған кезде өткізу пункттерінде Заңның 21-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көлік құралдарын дезинфекциялау ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z170" w:id="202"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z170" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Бекеттер ветеринария саласындағы уәкілетті орган ведомствосының бөлімшелері болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z171" w:id="203"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z171" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Бекет осы өткізу пункті үшін белгіленген режимде жұмыс істейді және мемлекеттік ветеринариялық-санитариялық инспекторлардың қажетті санынан құрылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z172" w:id="204"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z172" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6. Бекеттердің мемлекеттік ветеринариялық-санитариялық инспекторлары өз жұмысында Қазақстан Республикасының ветеринария саласындағы заңнамасын және Еуразиялық экономикалық одақтың құжаттарын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z173" w:id="205"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z173" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7. Шекара және кеден бекеттерінде (Еуразиялық экономикалық одақтың кедендік шекарасымен тұспа-тұс келетін Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінде), сондай-ақ автомобиль қатынасы шегінде Қазақстан Республикасының аумағында орналасқан Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін (тасымалданатын) объектілерді өткізу орындарында, сондай-ақ осы Қағидаларға қосымшада айқындалған орындарда бекеттердің басқа мемлекеттік бақылаушы органдармен өзара іс-қимылы Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31272,124 +31232,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="206"/>
+    <w:bookmarkStart w:name="z175" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының аумағындағы автомобиль қатынасы шегіндегі ветеринариялық бақылау бекеттерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 03.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z406" w:id="207"/>
+    <w:bookmarkStart w:name="z406" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Қазақстан Республикасының шекара маңы аумағындағы ветеринариялық бақылау бекеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -36196,68 +36156,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z407" w:id="208"/>
+    <w:bookmarkStart w:name="z407" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Аймақтар арасындағы ветеринариялық бақылау бекеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -38296,55 +38256,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>