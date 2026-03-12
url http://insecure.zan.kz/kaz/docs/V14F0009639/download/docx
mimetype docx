--- v0 (2025-10-02)
+++ v1 (2026-03-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2fcf1a3" w14:textId="2fcf1a3">
+    <w:p w14:paraId="38b2655" w14:textId="38b2655">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2182,418 +2183,536 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Аудандар, облыстық маңызы бар қалалар деңгейінде алдағы жоспарланатын жылға ауылдық округтер бөлінісінде ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарының жобасын облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары құрған мемлекеттік ветеринариялық ұйымдар (бұдан әрі – ЖАО ұйымдары) ветеринария саласындағы уәкілетті орган ведомствосының аудандарының, облыстық маңызы бар қалалардың аумақтық бөлімшелерімен келісу бойынша жасайды, одан кейін жинақтау үшін облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына (бұдан әрі – ЖАО) жіберіледі.</w:t>
+      7. Аудандар, облыстық маңызы бар қалалар деңгейінде алдағы жоспарланатын 3 (үш) жылға ауылдық округтер бөлінісінде ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарының жобасын облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары құрған мемлекеттік ветеринариялық ұйымдар (бұдан әрі – ЖАО ұйымдары) ветеринария саласындағы уәкілетті орган ведомствосының аудандардағы, облыстық маңызы бар қалалардағы аумақтық бөлімшелермен келісу бойынша жасайды, одан кейін ағымдағы жылдың 15 қаңтарына дейін жинақтау үшін облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына (бұдан әрі – ЖАО) жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖАО ветеринария саласындағы уәкілетті орган ведомствосының облыстардың, республикалық маңызы бар қалалардың, астананың аумақтық бөлімшелерімен келісу бойынша алдағы жоспарланатын жылға тиісті әкімшілік-аумақтық бірліктер аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарларының жобаларын жасайды және ағымдағы жылдың 1 ақпанына дейін ветеринария саласындағы уәкілетті органның ведомствосына (бұдан әрі – ведомство) жібереді.</w:t>
+      ЖАО ветеринария саласындағы уәкілетті орган ведомствосының облыстардағы, республикалық маңызы бар қалалардағы, астанадағы аумақтық бөлімшелерімен келісу бойынша алдағы жоспарланатын 3 (үш) жылға тиісті әкімшілік-аумақтық бірліктер аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарларының жобаларын жасайды және ағымдағы жылдың 1 ақпанына дейін ветеринария саласындағы уәкілетті органның ведомствосына (бұдан әрі – ведомство) жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 17.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
-[...15 lines deleted...]
-      8. Ведомство ЖАО ұсынған ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарларының жобалары және эпизоотиялық мониторинг деректері негізінде жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы жөніндегі ветеринариялық іс-шараларды бекітеді, ұйымдастырады және қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. ЖАО ұйымы Қағидалардың 6-тармағымен көрсетілген негіздемелер бойынша және Қағидалардың 7-тармағына сәйкес берілетін алдағы жоспарланатын 3 (үш) жылға тиісті әкімшілік-аумақтық бірліктердің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарларының жобаларына сәйкес ауылдық округтер бөлінісінде алдағы жоспарланатын жылға ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарының нақтыланған жобасын қалыптастырады және ағымдағы жылдың 1-10 қараша аралығындағы мерзімде ведомствоның аудандардағы, облыстық маңызы бар қалалардағы аумақтық бөлімшелерімен келісу бойынша ЖАО-ға ауылдық округтер бөлінісінде алдағы жоспарланатын жылға арналған ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарларының нақтыланған жобаларын жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖАО ағымдағы жылдың 10-20 қарашасы аралығында ведомствоның аудандардағы, облыстық маңызы бар қалалардағы аумақтық бөлімшелерімен келісу бойынша тиісті әкімшілік-аумақтық бірліктердің аумағында алдағы жоспарланған жылға арналған ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарының нақтыланған жобаларын ведомствоға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 17.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 7-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
-[...15 lines deleted...]
-      9. Жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы жөніндегі ветеринариялық іс-шаралардың негізінде ЖАО ведомствоның облыстың, республикалық маңызы бар қаланың, астананың аумақтық бөлімшесімен келісу бойынша тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралардың жоспарын бекітеді және оны жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы жөніндегі ветеринариялық іс-шараларды ұйымдастыру және жүргізу үшін ЖАО ұйымына жібереді.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ведомство жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы жөніндегі ветеринариялық іс-шараларды бекітеді, ұйымдастырады және қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы жылдың 10 желтоқсанынан кешіктірмей, ведомство ЖАО ұсынған алдағы жоспарланған жылға арналған ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарларының нақтыланған жобалары мен эпизоотиялық мониторинг деректері негізінде жануарлардың аса қауіпті ауруларының профилактикасы мен ету диагностикасына бағытталған ветеринариялық іс-шараларды ұйымдастыруға және жүргізуді қамтамасыз етуге жоспарларды бекітеді бекітілген жоспарларды ЖАО-ға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 17.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жануарлардың аса қауіпті ауруларының алдын алу және диагностикасы жөніндегі ветеринариялық іс-шаралардың бекітілген жоспарлары негізінде ЖАО уәкілетті ведомствоның облыстың, республикалық маңызы бар қаладағы, астанадағы аумақтық бөлімшесімен келісу бойынша осы ағымдағы жылдың 20 желтоқсанынан кешіктірмей тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралардың жоспарын бекітеді және оны жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы жөніндегі ветеринариялық іс-шараларды ұйымдастыру және жүргізу үшін ЖАО-ға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Заңның 11-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылған мемлекеттік ветеринариялық ұйым (бұдан әрі – референттік орталық) жүргізетін жануарлар мен құстардың аса қауіпті ауруларына референттік және мониторингтік зерттеулерді жоспарлау Тізбеге енгізілген аурулар бойынша мыналар негізінде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z103" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z103" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) референттік орталықта жүргізілген соңғы 3 (үш) жылдағы диагностикалық зерттеулер деректерінің орташа көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z104" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z104" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әкімшілік-аумақтық бірліктердегі (облыс, аудан) және шектес мемлекеттердегі эпизоотиялық ахуал туралы деректер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z105" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z105" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соңғы 3 (үш) жылдағы эпизоотиялық мониторинг деректері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z106" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z106" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кірісін (төл және басқа түсімдер), шығысын (сойылу, қырылу және өзге есептен шығарылу) және жабайы жануарлардың популяциясын есептегендегі қолда бар ауыл шаруашылығы жануарларының басы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2612,70 +2731,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="26"/>
+    <w:bookmarkStart w:name="z115" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2. ЖАО ұсыныстары бойынша қоса алғанда, ветеринариялық іс-шараларды жүргізу кезеңінде ветеринариялық іс-шаралар жоспарына өзгерістер мен толықтырулар енгізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринариялық іс-шаралар жоспарына өзгерістер мен толықтырулар енгізуге ветеринариялық іс-шаралар өткізудің жоспарланған айына дейін кемінде күнтізбелік 15 (он бес) күн бұрын жол беріледі. Ветеринариялық іс-шаралар жоспарына өзгерістер мен толықтырулар енгізу кезінде ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқордағы жануарлар басы бойынша мәліметтер, жануарларды бірдейлендіруді жүргізу мерзімдері, ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдардың (құралдардың) болуы ескеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2732,146 +2851,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Ветеринариялық-санитариялық саламатты аймақтарда жануарлардың аса қауіпті ауруларына қарсы ветеринариялық іс-шараларды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 06.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Жеке және заңды тұлғалар ветеринариялық-санитариялық қолайлы аумақтарда эпизоотиялық қолайлылықты қамтамасыз ету мақсатында Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген, жануарлардың аса қауіпті ауруларының профилактикасына бағытталған іс-шараларды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2890,70 +3009,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Ветеринариялық-санитариялық саламаттылық аумақта профилактикалық ветеринариялық іс-шараларды жүргізуді ұйымдастыруды ЖАО жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2972,70 +3091,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Жануарлардың аса қауіпті ауруларына қарсы ветеринариялық іс-шараларды жүргізуді (жануарларды вакцинациялау/аллергиялық зерттеу, қан сынамаларын алу және ветеринариялық зертханаға жеткізу) ЖАО ұйымдары жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жануарлардың аса қауіпті ауруларына қарсы ветеринариялық іс-шараларды жүргізу осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3112,70 +3231,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Ведомство жануарларға профилактикалық иммундау жүргізу үшін ветеринариялық препараттарды ЖАО-ға беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖАО ветеринариялық іс-шаралар жоспарына сәйкес аудандар (облыстық маңызы бар қалалар) арасында ветеринариялық препараттарды бөлуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3266,51 +3385,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Қан сынамаларын алу және оны ветеринариялық зертханаға тасымалдау (жеткізу) Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 сәуірдегі № 7-1/393 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3345,51 +3464,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қан сынамаларын алу актісін жасай отырып жүзеге асырылады. Осы актіге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша алынған қан сынамалары бойынша жануарлардың тізімдемесі қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы кәсіпорындарының, шаруа, фермер қожалықтарының жануарларынан осы ауыл шаруашылығы кәсіпорындарының, шаруа, фермер қожалықтарының ЖАО ұйымымен еңбек қатынастары бар ветеринариялық дәрігерлеріне қан сынамаларын алуға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3444,206 +3563,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Ветеринариялық-санитариялық саламатсыз аймақтарда және эпизоотиялық ошақтарда жануарлардың аса қауіпті ауруларына қарсы ветеринариялық іс-шараларды жоспарлау және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 06.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жануарлардың аса қауіпті аурулары пайда болған жағдайда, тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша карантинді немесе шектеу iс-шараларын белгілеу туралы ЖАО шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Карантинді немесе шектеу iс-шараларын белгілеу, жануарлардың жұпалы аурулары тізбесіне енгізілген аурулар бойынша, Қазақстан Республикасы Ауыл шаруашылығы министрінің 2012 жылғы 28 наурыздағы № 18-03/128 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген карантин немесе шектеу iс-шараларын белгілеу бойынша жүргізіледі (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 7583 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Бақылау аймақтары мен буферлік (қорғаныш) аймақтарды қоса алғанда, эпизоотиялық ошақтарда және саламатсыз пункттерде ветеринариялық іс-шараларды жүзеге асыру тізбесі, тәртібі мен мерзімдері ЖАО тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторымен және Заңның 11-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылған мемлекеттік ветеринариялық ұйыммен (бұдан әрі – РЭО) бірлесіп әзірлеген жануарлардың аса қауіпті ауруларының ошақтарын жою және оқшаулау жөніндегі іс-шаралар жоспарында (бұдан әрі – іс-шаралар жоспары) айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Іс-шаралар жоспары кесте түрінде жасалады, онда реттік нөмірлер, іс-шаралардың атаулары, орындау мерзімдері, жауапты адамдар мен орындаушылар көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3698,130 +3817,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Эпизоотиялық ошақ пен бақылау аймағында лажсыз (ағымдағы және қорытынды) залалсыздандыру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы залалсыздандыруды ауру пайда болған уақыттан кейін, жаңадан ауырған жануар анықталған жағдайда, сондай-ақ жануарларды кезекті зерттеуден кейін, жүйелі түрде (әр аурудың мерзіміне байланысты) жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Карантинді немесе шектеу iс-шараларын алардың алдында қорытынды залалсыздандыру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бақылау аймақтары мен буферлік (қорғаныш) аймақтарды қоса алғанда, эпизоотиялық ошақтардағы және саламатсыз пункттердегі ветеринариялық іс-шараларды РЭО ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғалармен, ЖАО бөлімшелерімен ведомствоның аумақтық бөлімшесінің бақылауымен өзара іс-қимыл жасай отырып жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3840,70 +3959,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бақылау аймақтары мен буферлік (қорғаныш) аймақтарды қоса алғанда, эпизоотиялық ошақтарда және саламатсыз пункттерде ветеринариялық іс-шаралар жүргізу үшін Қазақстан Республикасының Бас мемлекеттік ветеринариялық-санитариялық инспекторының шешімімен ветеринариялық препараттардың республикалық қорынан ветеринариялық препараттарды бөлу жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3922,70 +4041,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарлар, жануарлардан алынатын өнімдер мен шикізат, олардың қауіптілік дәрежесіне қарай, Бұйрықпен бекітілген Жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою не оларды алып қоймай міндетті түрде залалсыздандыру (зарарсыздандыру) және қайта өңдеу қағидаларына (бұдан әрі – Алып қою қағидалары) сәйкес міндетті түрде алып қоюға және жоюға не оларды алып қоймай міндетті түрде залалсыздандыруға (зарарсыздандыруға) жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке және заңды тұлғаларға алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың, жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты алып қоймай залалсыздандырылған (зарарсыздандырылған) және қайта өңделген олардың құны Бұйрықпен бекітілген Жеке және заңды тұлғалардың жануарлардың саулығы мен адамның денсаулығына қауiп төндiретiн, алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнiмдер мен шикiзаттың немесе жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қоймай залалсыздандырылған (зарарсыздандырылған) және қайта өңделген жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын өтеу қағидалары мен шарттарына және Алып қою қағидаларына сәйкес өтеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4022,90 +4141,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Жануарлардың аса қауіпті ауруларының ошақтарын жою бойынша кешенді ветеринариялық іс-шаралар жүргізгеннен кейін тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторының ұсынысы бойынша ЖАО шешімімен карантинді немесе шектеу iс-шараларын алу туралы шешім қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік ветеринариялық-санитариялық инспектордың ұсынысы бойынша тиісті әкімшілік-аумақтық бірліктің ЖАО шешімімен карантинді алып тастау туралы шешім қабылданғаннан кейін, Қазақстан Республикасының ветеринария саласындағы заңдарында қарастырылған жағдайларда, уәкілетті орган шектеу шараларын белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4171,885 +4290,4773 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жануарлардың аса қауіпті ауруларына қарсы ветеринариялық іс-шараларды жоспарлау және өткізу қағидаларына 1-қосымша</w:t>
+              <w:t>Жануарлардың аса қауіпті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>ауруларына қарсы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринариялық іс-шараларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау және өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына  -қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2082800" cy="1803400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2082800" cy="1803400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.05.2017 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 216</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жүргізілген ветеринариялық шаралар туралы акт/</w:t>
-[...31 lines deleted...]
-      "____" _____________ 20____жыл/год</w:t>
+        <w:t xml:space="preserve"> Жүргізілген ветеринариялық шаралар туралы акт/ Акт о проведенном ветеринарном мероприятии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
-[...726 lines deleted...]
-      _____________________ _____________________</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Актінің №/№ акта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізілген күні/Дата проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "__"_________/"____" ________ 20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік-аумақтық бірліктің атауы/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование административно-территориальной единицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринария саласындағы маман (лауазымы, аты, әкесінің аты (бар болса), тегі)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалист в области ветеринарии (должность, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатысушылар (аты, әкесінің аты (бар болса), тегі) /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Присутствующие (фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануар иесі (жеке немесе заңды тұлғаның атауы, аты, әкесінің аты (бар болса), тегі/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Владелец животного (наименование физического или юридического лица, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізілген ветеринариялық шара/Проведенное ветеринарное мероприятие:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вакциналау/ вакцинация</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аллергиялық зерттеу/ аллергическое исследование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+таңдаңыз/выберите</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аурудың атауы/ Наименование заболевания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың түрі/ Вид животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІҚМ/КРС </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ұсақ мал/ МРС </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жылқы/лошади </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Түйе/верблюды </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Маралдар/маралы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Құстар/птицы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Етқоректілер (ит,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мысық)/плотоядные</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(кошки,собаки) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқалар/другие </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+таңдаңыз/выберите</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыныстық-жастық топтың атауы, саны / Наименование половозрастной группы, количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+еркек /самец </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId15"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ұрғашы/ самка </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+санын енгізіңіз/введите</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егілген (зерттелген), дауаланған жануарлардың саны/ Количество привитых (происследованных), обработанных животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринариялық препарат туралы мәлімет/ Данные о ветеринарном препарате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Вакцинаның, аллергеннің атауы/ Наименование вакцины, аллергена </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндіруші зауыттың атауы/Наименование завода-изготовителя:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасалған күні/Дата изготовления:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "__"_________/"____" ________ 20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сериясы/ Серия:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ _____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринариялық препараттарды мемлекеттік бақылаудың нөмірі мен күні/Номер, и дата государственного контроля ветеринарных препаратов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(күні, айы, жылы/число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "__"_________/"____" ________ 20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егу әдісі және орны/Способ и место введения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ересек жануардың 1 басына пайдаланылған вакцина мөлшері/Объем вакцины использованной на единицу взрослого животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____ миллилитр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Төлдің 1 басына жұмсалған вакцина мөлшері/ Объем вакцины, использованной на единицу молодняка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____ миллилитр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вакциналаудан және (немесе) аллергиялық зерттеуден, дауалаудан өткен жануарлар тізімдемесі (қоса беріледі)/Опись животных, подвергнутых вакцинации и (или) аллергическому исследованию, обработке (прилагается)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығын материалдың атауы/Наименование расходного материала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны/Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(доза/доз, дана/штуки, грамм/граммов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі/Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70%-тік ректификат спирт ерітіндісі/ 70%-ный раствор спирта - ректификата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вакцина/вакцина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+....</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аллерген/аллерген</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.....</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шприцтер/шприцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+инелер/иглы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мақта/вата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5085,6600 +9092,345 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жануарлардың аса қауіпті ауруларына қарсы ветеринариялық іс-шараларды жоспарлау және өткізу қағидаларына 2-қосымша</w:t>
+              <w:t>Жануарлардың аса қауіпті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>ауруларына қарсы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринариялық іс-шараларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау және өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1651000" cy="1397000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1651000" cy="1397000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вакциналаудан, аллергиялық зерттеуден, дауалаудан өткен жануарлар тізімдемесі (жүргізілген ветеринариялық шаралар туралы 20___ жылғы "__"________№ актіге) Опись животных, подвергнутых вакцинации, аллергическому исследованию, обработке  (к акту о проведенном ветеринарном мероприятии № ____ от "___" _______ 20__ года)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.05.2017 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 216</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
-[...5178 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...1311 lines deleted...]
-</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануардың түрі/Вид животных ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өткізілетін күні/Дата проведения ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аурудың аты/ Название болезни ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аллергиялық зерттеулер, вакциналау жүргізілген күн 20 __ жылғы ___ бастап____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дейін/Дата проведения аллергических исследований/вакцинации от _ до ___ 20_ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -11704,406 +9456,715 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың иесі туралы мәліметтер/Сведения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+о владельце животного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жануар иесінің атауы немесе аты, әкесінің аты (бар болса), тегі/ наименование или фамилия, имя, отчество (при наличии) владельца животного</w:t>
+Өкілдің аты, әкесінің аты (бар болса), тегі/Фамилия, имя, отчество (при его наличии) представителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бірдейлендіру нөмірі /</w:t>
+Бірдейлендіру нөмірі/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-идентификационный номер</w:t>
+Идентификационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жануарлардың жыныстық-жастық тобы / половозрастная группа животных</w:t>
+Жануардың түрі, жынысы/Вид, пол животного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жануардың жасы / возраст животного</w:t>
+Жануардың жасы/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возраст животного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-зерттеудің жиілігі/кратность исследований</w:t>
+Түсі/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- №</w:t>
+Вакциналау жүргізілген, аллерген енгізілген күн/Дата вакцинации, дата введения аллергена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жануарлардың жыныстық-жастық тобы / половозрастная группа животных</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+Аллерген енгізілетін жердегі терінің қалыңдығы (миллиметр)/Ширина кожи в месте введения аллергена (милиметр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-реакцияның атауы /</w:t>
+Енгізілген аллергиялық зерттеудің нәтижесін оқу (күні/ миллиметр)/Читка результата введенного аллергического исследования (дата/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-наименование реакции</w:t>
+миллиметр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айырмашылығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(миллиметр)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разница (миллиметр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорытынды (оң/ теріс нәтиже)/ Заключение (положительный/ отрицательный результат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшының аты, әкесінің аты (бар болса), тегі/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаның атауы / Наименование юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
@@ -12151,407 +10212,551 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...155 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-зерттеулер нәтижелері /</w:t>
-[...18 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12922,57 +11127,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+..</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13313,1332 +11522,4246 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүргізілген ветеринариялық шаралар туралы 20__ жылғы "__"________ № ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      актіге вакциналаудан, аллергиялық зерттеуден, дауалаудан өткен жануарлар тізімдемесі қағаз түрінде жасалады (техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда)/ Опись животных, подвергнутых вакцинации, аллергическому исследованию, обработке к акту о проведенном ветеринарном мероприятии № __ от "___" ___ 20__ года составляется по бумажной форме (в электронной форме посредством информационной системы при наличии технической возможности).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 1. _____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының немесе өкілінің аты, әкесінің аты (бар болса), тегі /Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица или представителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/подпись*(электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың саны/количество животных</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...410 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының немесе өкілінің аты, әкесінің аты (бар болса), тегі /Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица или представителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/подпись*(электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың саны/количество животных</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...383 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 3.___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының немесе өкілінің аты, әкесінің аты (бар болса), тегі /Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица или представителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/подпись*(электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың саны/количество животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ .....</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...23 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған ақпараттың дұрыстығын растаймын және заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге, сақтауға, жүктеп алуға және пайдалануға келісім беремін/Подтверждаю достоверность представленной информации, и даю согласие на использование сведений, составляющих охраняемую законом тайну, а также на сбор, обработку, хранение, выгрузку и использование персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность специалиста в области ветеринарии, фамилия, имя, отчество (при его наличии), подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...90 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...66 lines deleted...]
-(тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторының лауазымы, аты, әкесінің аты (бар болса), тегі, қолы, /должность, фамилия, имя, отчество (при наличии), подпись государственного ветеринарно-санитарного инспектора соответствующей административно-территориальной единицы)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардың аса қауіпті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауруларына қарсы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринариялық іс-шараларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау және өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 2-1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрық 2-1-қосымшамен толықтырылды – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жануарлардың топтарын (эпизоотиялық бірлігін) қалыптастыру (тарату) туралы </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акт/Акт о формировании (расформировании) группировок животных (эпизоотической </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>единицы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" _____________ 20____жыл/года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (жануарлар топтарының орналасқан жері (әкімшілік-аумақтық бірліктің және (немесе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           шаруашылық жүргізуші субъектінің атауы)/местонахождение группировок животных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование административно-территориальной единицы и (или) хозяйствующего субъекта))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен/мною_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (кент, ауыл ауылдық округ, аудан әкімі аппараты, қала әкімдігі маманының аты, жөні, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тегі (бар болған жағдайда), лауазымы/ фамилия и имя, отчество (при его наличии), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      должность специалиста аппарата акима поселка, села, сельского округа, района, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акимата города)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жануарлардың түрі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлардың топтарын (эпизоотиялық бірлігін) қалыптастыру (тарату)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізілгені туралы осы актіні жасадым/составлен настоящий акт о том, что</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (күні, айы, жылы/число, месяц, год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведено формирование (расформирование) группировки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      животных (эпизоотической единицы)________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (вид животных)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануардың жастық-жыныстық тобы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Половозрастная группа животных____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануардың жастық-жыныстық тобы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Половозрастная группа животных____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануардың жастық-жыныстық тобы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Половозрастная группа животных____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Барлығы, саны/всего в количестве __________ бас/голов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы акт жасалғаны туралы /О чем составлен настоящий акт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы/Подпись ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардың аса қауіпті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауруларына қарсы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринариялық іс-шараларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау және өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 2-2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрық 2-2-қосымшамен толықтырылды – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қалыптастырылған жануарлардың топтарын (эпизоотиялық бірліктерін) тіркеу </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>журналы/Журнал учета сформированных группировок животных (эпизоотических единиц)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бойынша/по ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ауыл шаруашылығы жануары түрінің атауы/наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вида сельскохозяйственного животного)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әкімшілік-аумақтық бірліктің (кент, ауыл, ауылдық округ,қала, аудан, облыс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атауы/наименование административно-территориальной единицы (поселок, село, сельский</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      округ, город, район, область))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануарлар топтарының тіркеу нөмірі/ Регистрационный номер группировок животных*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нөмір берілген күн/ Дата присвоения номера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы жануары иесінің мекен-жайы/Адрес владельца сельскохозяйствен ного животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруашылық жүргізуші субъектінің атауы/ Наименование хозяйствующего субъекта**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе/ Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * - Шаруашылық жүргізуші субъектілерді қоспағанда, қалыптастырылған жануарлар тобының тіркеу нөмірі әріптік және сандық символдардан (символдар арасы қисық сызықпен бөлінеді) тұрады, ол мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алғашқы символ – облыстың, республикалық маңызы бар қаланың, астананың литерлік коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші және үшінші символдар – ауданның (облыстық маңызы бар қаланың) реттік нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төртінші символ – ауыл шаруашылығы жануары түрінің сандық коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бесінші – оныншы символдар –жануарлар тобының реттік нөмірі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Облыстың, республикалық маңызы бар қаланың, астананың литерлік коды, ауданның (облыстық маңызы бар қаланың) реттік нөмірі Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 23 қаңтардағы № 7-1/37 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10466 болып тіркелген) Жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есептік нөмірлер беру қағидаларына (бұдан әрі – Қағидалары) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ауыл шаруашылығы жануары түрінің сандық коды Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 7-1/68 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11127 болып тіркелген) Ауыл шаруашылығы жануарларын бірдейлендіру қағидаларына (бұдан әрі – Бірдейлендіру қағидалары) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық маңызы бар қалаларда, астанада жануарлар топтарын нөмірлеген кезде екінші және үшінші символдарда нөл көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидаларға сәйкес есептік нөмірлері бар шаруашылық жүргізуші субъектілерде жануарлар топтарының тіркеу нөмірлері мыналардан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидаларға сәйкес берілген есептік нөмір;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы жануары түрінің сандық коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шаруашылық жүргізуші субъектілерде мал басын шаруашылықішілік есепке алуға сәйкес жануарлар топтарының реттік нөмірі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ауыл шаруашылығы жануарлары түрінің сандық коды Бірдейлендіру қағидаларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қалыптастырылған жануарлар топтарының тіркеу нөмірлері символдары өзара қисық сызықпен бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /Регистрационный номер сформированным группировкам животных, за исключением хозяйствующих субъектов состоит из буквенных и цифровых символов (символы между собой разделяются косой чертой) включающие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      первый символ – литерный код области, города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      второй и третий символы – порядковый номер района (города областного значения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      четвертый символ – цифровой код вида сельскохозяйственного животного;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пятый – десятый символы – порядковый номер группировки животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Литерный код области, города республиканского значения, столицы, порядковый номер района (города областного значения) вносится, согласно приложению 1 к Правилам присвоения учетных номеров объектам производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организациям по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок, утвержденным приказом Министра сельского хозяйства Республики Казахстан от 23 января 2015 года № 7-1/37 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10466) (далее – Правила).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Цифровой код вида сельскохозяйственного животного вносится, согласно приложению 1 к Правилам идентификации сельскохозяйственных животных (далее – Правила идентификации), утвержденными приказом Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 7-1/68 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 11127). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При нумерации группировок животных в городах республиканского значения, столице во втором-третьем символах указываются нули.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В хозяйствующих субъектах имеющих учетные номера в соответствии с Правилами регистрационный номер группировок животных состоит из:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учетного номера, присвоенного в соответствии с Правилами учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цифрового кода вида сельскохозяйственного животного;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядкового номера группировки животных согласно внутрихозяйственного учета поголовья в хозяйствующих субъектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Цифровой код вида сельскохозяйственного животного вносится согласно приложению 1 к Правилам идентификации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Символы регистрационного номера сформированных группировок животных разделяются между собой косой чертой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** - шаруашылық жүргізуші субъекттерінде жануарлардың топтарын қалыптастырған кезде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /заполняется при формировании группировок животных в хозяйствующих субъектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...161 lines deleted...]
-      7. Ірі қара малдың төлдеріне және аталық қошқарларға қан сынамаларын алу тізімі жеке-жеке жасалады/намолодняк крупно-рогатого скота и барано впроизводителей отдельно составляется опись взятия крови.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардың аса қауіпті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауруларына қарсы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринариялық  іс-шараларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау және өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1651000" cy="1397000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1651000" cy="1397000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Биологиялық материал сынамаларын алу актісі/ Акт взятия проб биологического материала</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулер өткізу мақсатында жануардан биологиялық материал сынамасы алынды. Төмендегі кестеде биологиялық материал сынамасын алу актісінің мәліметтері көрсетілген/В целях проведения исследований взяты пробы биологического материала животного. В таблице ниже представлены сведения акта взятия проб биологического материала:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14651,272 +15774,4975 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Әкімшілік аумақтық бірліктің атауы/Наименование административной территориальной единицы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Ветеринария саласындағы маман (лауазымы, аты, әкесінің аты (бар болса), тегі)/Специалист в области ветеринарии (должность, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Қатысушылар (аты, әкесінің аты (бар болса), тегі)/Присутствующие (фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>(опись животных по взятым пробам крови)</w:t>
+Биологиялық материал сынамасын алу күні/Дата взятия проб биологического материала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Жануар иесі (жеке немесе заңды тұлғаның атауы, аты, әкесінің аты (бар болса), тегі/Владелец животного (наименование физического или юридического лица, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Биологиялық материалдың атауы/Наименование биологического материала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жануардың түрі/Вид животного </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жануарлардың саны/Количество животных </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...38 lines deleted...]
-            </w:r>
+Сынамалар саны/Количество проб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аурудың аты/Название болезни </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы актіге жануарлардың тізімдемесі қоса беріледі/К настоящему акту прилагается опись животных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материал алған кезде шығын материалы пайдаланылды/При взятии биологического материала использовано расходного материала:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шығын материалының атауы/Наименование расходного материала </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны/Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі/Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардың аса қауіпті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауруларына қарсы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринариялық іс-шараларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау және өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1371600" cy="1384300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1371600" cy="1384300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Биологиялық материал сынамалары алынған жануарлардың тізімдемесі /Опись животных по взятым пробам биологического материала №_____ күні / от ________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші бөлігі / часть первая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материалдың атауы/Наименование биологического материала__</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар түрі/Вид животных_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аурудың атауы / Название болезни___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеу түрі/Вид исследования _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулердің жиілігі/Кратность исследований ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынаманың саны/Количество проб ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
+      оның ішінде жануарлардың жыныстық-жастық тобы бөлінісінде/в том числе, в разрезе </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      половозрастная группа животных </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыныстық-жастық топтың атауы / Наименование половозрастной группы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас саны/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество голов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынаманың №/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ пробы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың иесі туралы мәліметтер/Сведения о владельце животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың бірдейлендіру нөмірі /идентификационный номер животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың жыныстық-жастық тобы / половозрастная группа животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануардың жасы / возраст животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеудің жиілігі/Кратность исследований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының аты, әкесінің аты (бар болса), тегі/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаның атауы/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қолтаңба* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (при его наличии) специалиста в области ветеринарии, подпись* (электронная </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші бөлігі / часть вторая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материалдың сынамаларын алу тізімдемесінің нөмірі және күні/ номер и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата описи животных по взятым пробам биологического материала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материалдың атауы/Наименование биологического материала__</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар түрі/Вид животных________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аурудың атауы / Название болезни___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулер түрі/Вид исследования ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулердің жиілігі/Кратность исследований ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынамалар саны/Количество проб ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оның ішінде жануарлардың жыныстық-жастық тобы бөлінісінде/ в том числе, в </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрезе половозрастной группы животных:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыныстық-жастық топтың атауы / Наименование половозрастной группы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бас саны/ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество голов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынаманың №/№ пробы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың жыныстық-жастық тобы / половозрастная группа животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реакцияның атауы/Наименование реакции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеулер нәтижелері /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1651000" cy="1397000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId20"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1651000" cy="1397000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1371600" cy="1384300"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId21"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1371600" cy="1384300"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сараптама актісінің (сынақ хаттамасының) күні, нөмірі/дата, номер акта экспертизы (протокола испытания))</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринариялық зертхана маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста ветеринаринарной лаборатории, подпись* (электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z118" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық материалдың сынамалары алынған жануарлардың тізімдемесі диагностикалық зерттеулер жүргізу үшін ветеринариялық зертханаға жолданатын жануардың әр түріне, жануарлар ауруының түріне жеке-жеке жасалады./Опись животных по взятым пробам биологического материала составляется отдельно по каждому виду животного, виду болезней животных, по которому направляется в ветеринарную лабораторию для проведения диагностических исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z120" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Биологиялық материал сынамаларын қабылдауды, тіркеуді жүзеге асыратын ветеринариялық зертхана маманы ауыл шаруашылығы жануарларын бірдейлендіру дерекқорында тізімдеменің екінші бөлігін қарайды. Зерттеу аяқталғаннан кейін ветеринариялық зертхана маманы осы бөлікке сараптама актісінің (сынақ хаттамасының) күні мен нөмірін, реакцияның атауын және зерттеу нәтижесін енгізеді, содан кейін деректерді сараптама актісімен (сынақ хаттамасымен) бірге дерекқорға жүктейді./Специалист ветеринарной лаборатории, осуществляющий и регистрирующий пробы биологического материала, рассматривает вторую часть описи в базе данных по идентификации сельскохозяйственных животных. После завершения исследования специалист ветеринарной лаборатории вносит в эту часть дату и номер акта экспертизы (протокола испытаний), наименование реакции и результат исследования, затем вводит данные в базу данных вместе с актом экспертизы (протоколом испытаний).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z121" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Жануарлар басы туралы мәліметтердің сәйкестігі; үйірдегі, табындағы, отардағы, шаруашылық жүргізуші субъектідегі және жануарлардың басқа да топтарындағы бар жануарлар басын қамту және бір уақытта зерттеулер жүргізу мақсатында алынған биологиялық материалдың сынамалары санының жануарлар басымен (үйір, табын, отар, шаруашылық жүргізуші субъект және жануарлардың басқа да топтары) сәйкестігі (Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 29 маусымдағы № 7-1/587 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11940 болып тіркелген) бекітілген Ветеринариялық (ветеринариялық-санитариялық) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Ветеринариялық (ветеринариялық-санитариялық) қағидалар) көзделген жануарлар ауруларының түріне және диагностикалық зерттеулер жиілігіне қарай) жүйе арқылы ауыл шаруашылығы жануарларын сәйкестендіру жөніндегі дерекқорда автоматты түрде тексеріледі./ Соответствие сведений о поголовье животных; соответствие количества взятых проб биологического материала с наличием поголовья животных (гурт, стадо, отара, хозяйствующий субъект и другие группировки животных) с целью обеспечения охвата и одновременного проведения исследования имеющегося поголовья животных в гурте, стаде, отаре, хозяйствующем субъекте и других группировках животных (в зависимости от вида болезней животных и кратности диагностических исследований, предусмотренных Ветеринарными (ветеринарно-санитарными) правилами, утвержденных приказом Министра сельского хозяйства Республики Казахстан от 29 июня 2015 года № 7-1/587 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11940) (далее – Ветеринарные (ветеринарно-санитарные) правила) проверяется автоматически по базе данных по идентификации сельскохозяйственных животных через систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z122" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ветеринариялық (ветеринариялық-санитариялық) қағидалармен бекітілген індеттер бойынша ветеринариялық іс-шараларда қарастырылған диагностикалық зерттеулер жануардың жастық-жыныстық тобы бойынша жеке көрсетіледі./Отдельно по половозрастным группам указываются диагностические исследования, предусмотренные ветеринарными мероприятиями по болезням, утвержденным Ветеринарными (ветеринарно-санитарными) правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z123" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Ауыл шаруашылығы жануарларын бірдейлендіру" ақпараттық жүйесінде техникалық ақау туындаған немесе оның жұмыс істеуі уақытша тоқтатылған жағдайда, жұмыс қағаз түрінде жүргізіледі./ В случае технического сбоя или приостановления функционирования информационной системы "Идентификация сельскохозяйственных животных" работа осуществляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -14938,55 +20764,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15308,35 +21134,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>