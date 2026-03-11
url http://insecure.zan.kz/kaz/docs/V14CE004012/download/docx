--- v0 (2025-11-09)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28f42aa" w14:textId="28f42aa">
+    <w:p w14:paraId="df1f8ea" w14:textId="df1f8ea">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сайлау өткiзу кезеңiнде кандидаттардың үгiттiк баспа материалдарын орналастыру үшiн орындар белгiлеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақтөбе облысы Ырғыз ауданы әкімдігінің 2014 жылғы 13 тамыздағы № 189 қаулысы. Ақтөбе облысының Әділет департаментінде 2014 жылғы 29 тамызда № 4012 болып тіркелді</w:t>
+        <w:t>Ақтөбе облысы Ырғыз ауданы әкімдігінің 2014 жылғы 13 тамыздағы № 189 қаулысы. Ақтөбе облысының Әділет департаментінде 2014 жылғы 29 тамызда № 4012 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 1995 жылғы 28 қыркүйектегi "Қазақстан Республикасындағы сайлау туралы" Конституциялық Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -258,62 +258,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -321,51 +322,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Аудан әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -378,129 +379,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. ДУАНБЕКОВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Келісілді: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ырғыз аудандық аумақтық </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">сайлау комиссиясының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -508,50 +524,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. ӘУЕСОВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -585,3125 +619,3324 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ырғыз ауданы әкімдігінің 2014 жылғы 13 тамыз № 189 қаулысымен бекітілген</w:t>
+              <w:t xml:space="preserve">Ырғыз ауданы әкімдігінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 жылғы 13 тамыз </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 189 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ырғыз ауданы бойынша кандидаттарға үгіттік баспа материалдарын орналастыру үшін орындар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз ауданы әкімдігінің 30.04.2019 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз ауданы әкімдігінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 76</w:t>
+        <w:t>№ 281</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1185"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="9351"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауылдық округтердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдi мекен атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үгiттік баспа материалдарын орналастыруға арналған орындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ырғыз ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ырғыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9351" w:type="dxa"/>
-[...29 lines deleted...]
- "Ырғыз аудандық почта байланыс торабы" АҚ ғимаратының алдындағы – тақта, Ыбырай Алтынсарин №12</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық почта байланыс торабы" АҚ ғимаратының алдындағы – тақта, Ыбырай Алтынсарин № 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ырғыз ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
- "Мария" дүкені жанындағы – тақта, Темірбек Жургенов көшесі №73</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ырғыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мария" дүкені жанындағы – тақта, Темірбек Жургенов көшесі № 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ырғыз ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-Ақши ауылдық клуб ғимаратының жанындағы – тақта, Жолболсын Шайқақов көшесі №17</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ырғыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Хабиба" дүкені жанындағы – тақта, Арал көшесі № 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ырғыз ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Қалыбай негізгі мектебі" коммуналдық мемлекеттік мекемесі ғимаратының алдындағы - тақта, Мейірхан Жүсіпов көшесі №1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақши</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақши ауылдық клуб ғимаратының жанындағы – тақта, Жолболсын Шайқақов көшесі № 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-[...101 lines deleted...]
-Құтикөл ауылдық клуб ғимаратының алдындағы – тақта, Есен Игібаев көшесі №39</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ырғыз ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалыбай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Қалыбай негізгі мектебі" коммуналдық мемлекеттік мекемесі ғимаратының алдындағы - тақта, Мейірхан Жүсіпов көшесі № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аманкөл ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-Аманкөл ауылдық клуб ғимаратының алдындағы – тақта, Тел Жаманмұрынов көшесі №4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құтикөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құтикөл ауылдық клуб ғимаратының алдындағы – тақта, Нұртияқ Жаманшин көшесі № 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аманкөл ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Нарқызыл негізгі мектебі" коммуналдық мемлекеттік мекемесі ғимаратының алдындағы – тақта, Төлеу Манасов көшесі №32</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аманкөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аманкөл ауылдық клуб ғимаратының алдындағы – тақта, Тел Жаманмұрынов көшесі № 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-[...101 lines deleted...]
-Қызылжар дәрігерлік амбулаториясының ғимаратының алдындағы – тақта, Лайық Шоқпаров көшесі №6</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аманкөл ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Нарқызыл негізгі мектебі" коммуналдық мемлекеттік мекемесі ғимаратының алдындағы – тақта, Нұртияқ Жаманшин көшесі № 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылжар ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
- "Ақтөбе облысы Ырғыз ауданы Қызылжар ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің "Шаттық" бөбекжай-бақшасы" мемлекеттік коммуналдық қазыналық кәсіпорыны ғимаратының алдындағы – тақта, Саймағанбет Сәдірбаев көшесі №15</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылжар дәрігерлік амбулаториясының ғимаратының алдындағы – тақта, Лайық Шоқпаров көшесі № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылжар ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-"Тепсең" медициналық пунктінің ғимаратының алдындағы – тақта, Достық көшесі №41</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шеңбертал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Шаттық" бөбекжай-бақшасы мемлекеттік коммуналдық қазыналық кәсіпорыны ғимаратының алдындағы – тақта, Астананың 10 жылдығы көшесі № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-[...101 lines deleted...]
-Құмтоғай дәрігерлік амбулаториясының ғимаратының алдындағы – тақта, Өтеу Құдайбергенов көшесі №1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылжар ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаныс би</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Тепсең" медициналық пунктінің ғимаратының алдындағы – тақта, Достық көшесі № 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құмтоғай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-Қарасай фельдшерлік амбулаториялық пункт ғимаратының алдындағы – тақта, Дауренбек Сарин көшесі №1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құмтоғай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құмтоғай дәрігерлік амбулаториясының ғимаратының алдындағы – тақта, Өтеу Құдайбергенов көшесі № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құмтоғай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-Қарақұдық фельдшерлік пункт ғимаратының алдындағы – тақта, Қазақстан Республикасы Тәуелсіздігіне 20 жыл көшесі №12</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасай фельдшерлік амбулаториялық пункт ғимаратының алдындағы – тақта, Дауренбек Сарин көшесі № 9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-[...101 lines deleted...]
-Нұра ауылдық клуб ғимаратының алдындағы – тақта, Темірбек Жүргенов көшесі №57</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құмтоғай ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарақұдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарақұдық фельдшерлік пункт ғимаратының алдындағы – тақта, Қазақстан Республикасы Тәуелсіздігіне 20 жыл көшесі № 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нұра ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-Мамыр ауылдық клуб ғимаратының алдындағы – тақта, Әбу бақсы көшесі №32</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің Т. Жүргенов атындағы жалпы білім беру орта мектебі коммуналдық мемлекеттік мекемесі ғимаратының алдындағы – тақта, Ыбырай Достаев көшесі № 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нұра ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-Белшер ауылдық клуб ғимаратының алдындағы – тақта, Серік Сатанов көшесі №19</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамыр ауылдық клуб ғимаратының алдындағы – тақта, Әбу бақсы көшесі № 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нұра ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
-[...65 lines deleted...]
-"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Дүкен негізгі мектебі" коммуналдық мемлекеттік мекемесі ғимаратының жанындағы – тақта, Күркебай Рспанбетов көшесі №16</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белшер ауылдық клуб ғимаратының алдындағы – тақта, Серік Сатанов көшесі № 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-[...101 lines deleted...]
- "Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Балбөбек" бөбекжай - бақшасы" мемлекеттік коммуналдық қазыналық кәсіпорыны ғимаратының алдындағы – тақта, Қазақстан Республикасы Тәуелсіздігіне 20 жыл көшесі №1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұра ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дүкен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің "Дүкен негізгі мектебі" коммуналдық мемлекеттік мекемесі ғимаратының жанындағы – тақта, Күркебай Рспанбетов көшесі № 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуіп ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құйлыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ырғыз аудандық білім бөлімі" мемлекеттік мекемесінің Құйлыс жалпы білім беру орта мектебі ғимаратының алдындағы – тақта, Өтебай Қанахин көшесі № 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жайсаңбай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жайсаңбай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9351" w:type="dxa"/>
-[...29 lines deleted...]
-Жайсаңбай медициналық пункт ғимаратының жанындағы – тақта, Қазақстан Республикасының Тәуелсіздігіне - 20 жыл көшесі №6</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жайсаңбай медициналық пункт ғимаратының жанындағы – тақта, Қазақстан Республикасының Тәуелсіздігіне - 20 жыл көшесі № 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3728,55 +3961,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>