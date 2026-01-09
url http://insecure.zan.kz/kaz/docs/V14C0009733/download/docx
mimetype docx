--- v0 (2025-10-06)
+++ v1 (2026-01-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6de86c3" w14:textId="6de86c3">
+    <w:p w14:paraId="1299a2f" w14:textId="1299a2f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,515 +76,630 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қылмыстық-атқару жүйесі мекемелерінде ерекше жағдайлар режимін енгізу қағидасын бекіту туралы</w:t>
+        <w:t>Қылмыстық-атқару жүйесінің мекемелерінде ерекше жағдайлар режимін енгізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2014 жылғы 14 тамыздағы № 510 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2014 жылы 16 қыркүйекте № 9733 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      РҚАО-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының 2014 жылғы 5 шілдедегі Қылмыстық-атқару кодексінің 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Қылмыстық-атқару жүйесі мекемелерінде ерекше жағдайлар режимін енгізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
-[...137 lines deleted...]
-      2. "Қазақстан Республикасы Ішкі істер министрлігі қылмыстық-атқару жүйесінің кейбір мәселелері туралы" Қазақстан Республикасы Ішкі істер министрінің 2012 жылғы 29 наурыздағы № 182 </w:t>
+      2. "Қазақстан Республикасы Ішкі істер министрлігі қылмыстық-атқару жүйесінің кейбір мәселелері туралы" Қазақстан Республикасы Ішкі істер министрінің 2012 жылғы 29 наурыздағы № 182 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы 1) тармақшасының (Нормативтік кұқықтық актілерді мемлекеттік тіркеу тізілімінде 2012 жылғы 8 мамырдағы № 7630 болып тіркелген, "Егемен Қазақстан" газетінің 2012 жылғы 31 қазандағы, 2012 жылғы 7 қарашадағы № 375-376, 383-384 (27194-27195, 27202-27203, 27204-27206), 2012 жылғы 8 қарашадағы № 388-389 (27207-27208) жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Ішкі істер министрлігінің Қылмыстық-атқару жүйесі комитеті (Б.М. Бердалин):</w:t>
+      3. Қазақстан Республикасы Ішкі істер министрлігінің Қылмыстық-атқару жүйесі комитеті (Б.М. Бердалин):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді және оны кейіннен ресми жариялауды;</w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді және оны кейіннен ресми жариялауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты белгіленген тәртіпте "Әділет" ақпараттық құқықтық жүйесіне және ресми ақпараттық бұқаралық құралдарына жариялауды;</w:t>
+      2) осы бұйрықты белгіленген тәртіпте "Әділет" ақпараттық құқықтық жүйесіне және ресми ақпараттық бұқаралық құралдарына жариялауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрықты Қазақстан Республикасы Ішкі істер министрлігінің интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
+      3) осы бұйрықты Қазақстан Республикасы Ішкі істер министрлігінің интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Ішкі істер министрлігінің Қылмыстық-атқару жүйесі комитетіне (Б.М. Бердалин) жүктелсін.</w:t>
+      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Ішкі істер министрлігінің Қылмыстық-атқару жүйесі комитетіне (Б.М. Бердалин) жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Осы бұйрық оны бірінші ресми жарияланғаннан кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі, бірақ 2015 жылғы 1 қаңтардан ерте емес.</w:t>
+      5. Осы бұйрық оны бірінші ресми жарияланғаннан кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі, бірақ 2015 жылғы 1 қаңтардан ерте емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр</w:t>
+              <w:t>      Министр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      полиция генерал-лейтенанты</w:t>
+              <w:t>      полиция генерал-лейтенанты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -893,998 +1008,1258 @@
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Қылмыстық-атқару жүйесі мекемелерінде ерекше жағдайлар</w:t>
+        <w:t>Қылмыстық-атқару жүйесінің мекемелерінде ерекше жағдайлар режимін енгізу қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалардың тақырыбы жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қылмыстық-атқару жүйесінің мекемелерінде ерекше жағдайлар режимін енгізу қағидалары (бұдан әрі - Қағидалар) Қазақстан Республикасы Қылмыстық-атқару кодексінің (бұдан әрі - ҚАК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасына сәйкес әзірленді және қылмыстық-атқару жүйесінің мекемелерінде (бұдан әрі – мекеме) ерекше жағдайлар режимін енгізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қылмыстық-атқару жүйесі мекемелерінде ерекше жағдайлар режимін енгізу қағидалары (бұдан әрі - Қағидалар) Қазақстан Республикасы Қылмыстық-атқару кодексінің </w:t>
-[...39 lines deleted...]
-      2. Ерекше жағдайлар режимін енгізудің мақсаты жедел жағдайды тұрақтандыру, сотталғандардың құқыққа қарсы әрекеттерінің жолын кесу, заңдылық пен тәртіпті қалпына келтіру, сондай-ақ шұғыл құтқару және авариялық жұмыстарды жүргізу үшін қажетті жағдайлар жасау болып табылады. </w:t>
+      2. Ерекше жағдайлар режимін енгізудің мақсаты жедел жағдайды тұрақтандыру, сотталғандардың құқыққа қарсы әрекеттерінің жолын кесу, заңдылық пен тәртіпті қалпына келтіру, сондай-ақ шұғыл құтқару және авариялық жұмыстарды жүргізу үшін қажетті жағдайлар жасау болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Мекеменің жұмысын ұйымдастыруға, сонда жұмыс істейтін персоналдың, сотталғандардың және іргелес жатқан аумақта тұратын адамдардың қауіпсіздігіне нақты қауіп төнген кезде шұғыл шараларды қабылдаусыз мүмкін болмайтын жағдайда ерекше жағдайлар режимі енгізіледі.</w:t>
+      3. Мекеменің жұмысын ұйымдастыруға, сонда жұмыс істейтін персоналдың, сотталғандардың және іргелес жатқан аумақта тұратын адамдардың қауіпсіздігіне нақты қауіп төнген кезде шұғыл шараларды қабылдаусыз мүмкін болмайтын жағдайда ерекше жағдайлар режимі енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Мекемелерде ерекше жағдайлар режимін енгізу үшін:</w:t>
+        <w:t xml:space="preserve">
+      4. ҚАК-тың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мекемелерде ерекше жағдайлар режимін енгізу үшін негіздер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
-[...15 lines deleted...]
-      1) табиғи апат;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) табиғи, техногендік және әлеуметтік сипаттағы төтенше жағдай туындауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...15 lines deleted...]
-      2) мекеме орналасқан ауданға төтенше, ерекше немесе соғыс жағдайының енгізілуі;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мекеме орналасқан ауданға төтенше, ерекше немесе соғыс жағдай енгізілуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
-[...15 lines deleted...]
-      3) жаппай тәртіпсіздіктер;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жаппай тәртіпсіздіктер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z52" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сотталғандардың топтасып бағынбаушылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z53" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) күзетпен ұстау орындарына қарулы шабуыл жасаудың нақты қаупінің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ерекше жағдайлар режимі негізгі міндеттерді орындауға қол жеткізілетін мынадай элементтерден: мекемені қалыпты өмірге қайтарудан, сотталғандар тарапынан құқыққа қайшы әрекеттердің жолын кесуден, мекеме персоналы мен сотталғандардың және мекемеге іргелес жатқан аумақта тұратын адамдардың қауіпсіздігін қамтамасыз етуден, сондай-ақ табиғи апат, авария және өрттердін салдарын жоюдан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z54" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерекше жағдайлар режимінің қолданылу кезеңінде мекемеде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z55" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) сотталғандардың топтасып бағынбаушылығы. </w:t>
-[...79 lines deleted...]
-      2) мекемеде жұмыс істейтін азаматтық қызметшілер мен әйелдер мекеме аумағынан тыс жерге шығарылады;</w:t>
+      1) ҚАК-тың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>113-баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген сотталғандардың құқықтарын жүзеге асыруы аталған режимнің іс-қимылы уақытында тоқтатылуы мүмкін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...15 lines deleted...]
-      3) мекеменің, күн тәртібі өзгертіледі;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) күзету мен қадағалаудың күшейтілген нұсқасы енгізіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
-[...15 lines deleted...]
-      4) мекеменің объектілерінде және оған іргелес жатқан аумақтарға (өндірістік, коммуналдық-тұрмыстық, мәдени-білім беру, медико-санитарлық үй-жайлар) кіруге шектеулер қойылады немесе кіргізу тоқтатылады;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) объектілерге жіберудің ерекше тәртібі енгізіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z58" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мекеменің күн тәртібі өзгертіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z59" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өндірістік, коммуналдық-тұрмыстық, мәдени-ағарту, медициналық-санитариялық және өзге де қызметтер жұмысының шектелуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ерекше жағдайлар режимі Қазақстан Республикасының Бас прокурорымен келісіліп, Қазақстан Республикасы Ішкі істер министрінің шешімі бойынша отыз тәулікке дейінгі мерзімге енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген мерзімде ерекше жағдайлар режимін енгізуде белгілі мақсатқа кол жетпеген жағдайда, оның қолданылу уақытын көрсетілген лауазымды адамдар қосымша отыз тәулікке дейін ұзартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) Қазақстан Республикасы Қылмыстық-атқару кодексінің </w:t>
-[...135 lines deleted...]
-      8) табиғи апат жағдайында электр энергиясы (күзетілетін объектінің периметрін жарықтандыруды қоспағанда) өшіріледі;</w:t>
+      7. Сотталғандардың, персоналдың немесе өзге де адамдардың өмірі мен денсаулығына тікелей қатер төнген жағдайда, қылмыстық-атқару жүйесі аумақтық органының басшысы аумақтық ішкі істер органының басшысымен және облыс прокурорымен немесе оған теңестірілген прокурормен келісу бойынша Қазақстан Республикасының Ішкі істер министрінің дереу хабардар ете отырып, осы ҚАК-тың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төртінші бөлігінде көзделген шараларды өз бетінше енгізуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
-[...15 lines deleted...]
-      9) төтенше жағдайлар кезіндегі іс-қимылда қолдану үшін автотрактор, бронетанк, өрт сөндіру - су атқыш және өзге де техникалар дайындалады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда Қазақстан Республикасының Ішкі істер министрі хабарламаны алған күннен бастап бір тәулік ішінде ерекше жағдайлар режимін енгізу немесе енгізілген шаралардың күшін жою туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. "Әлеуметтік, табиғи немесе техногендік сипаттағы төтенше жағдайлар жарияланған не сотталғандардың мекемеде болу мүмкіндігін жоққа шығаратын ерекше жағдайлар режимін енгізген жағдайда сотталғандарды басқа мекемелерге ауыстыру Қазақстан Республикасы Қылмыстық-атқару кодексінің 91-бабына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
-[...15 lines deleted...]
-      10) жедел қызметтер сотталғандардың заңсыз әрекеттерін кино-, фото-бейне, таспаға түсіреді, сондай-ақ куәгерлермен және жәбірленушілермен сауал жүргізуді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 7-1-тармақпен толықтырылды – ҚР Ішкі істер министрінің 05.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ерекше жағдайлар режимін енгізу туралы шешім бұйрық түрінде ресімделеді, онда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
-[...15 lines deleted...]
-      11) аумақтық өртке қарсы, газ-апаттық, медициналық және өзге де қызметтерді тарту, олардың кедергісіз жүруін және ілесіп жүру камтамасыз етіледі;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ерекше жағдайлар режимін</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
-[...15 lines deleted...]
-      12) жеке құрамның қарумен, арнаулы құралдармен қамтамасыз етілуін, байланыс құралдардың және қызметтік іздестіру иттердің бар-жоғына тексеру жүргізіледі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      енгізу үшін негіздеме болатын мән-жайлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орындауға жататын іс-шаралардың тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...15 lines deleted...]
-      13) қылмыстық-атқару жүйесі мекемелерінің, ішкі істер және Ұлттық ұлан органдарының жеке құрамымен бірлескен жаттығулар жүргізіледі; </w:t>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қылмыстық-атқару жүйесінің күштері мен құралдары, ішкі істер және ішкі әскерлер органдарының күштері мен құралдарын тартудың мақсаттылығы, жауапты лауазымды адамдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...15 lines deleted...]
-      14) жүргізілетін іс-шаралар кезінде қолдану үшін жедел ақпараттар алынады және талданады;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) міндеттердің орындалу мерзімі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
-[...354 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>