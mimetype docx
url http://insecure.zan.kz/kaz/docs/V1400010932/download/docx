--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3a061db" w14:textId="3a061db">
+    <w:p w14:paraId="349880a" w14:textId="349880a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,2266 +85,2301 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қаржы мониторингi субъектiлерiнің клиентті тиісінше тексеруі үшін қажетті құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2010 жылғы 15 ақпандағы № 56 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      «Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы» Қазақстан Республикасы 2009 жылғы 28 тамыздағы Заңының </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2014 жылғы 20 қарашадағы № 506 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 5 мамырда № 10932 тіркелді. Күші жойылды - Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2026 жылғы 28 қаңтардағы № 2 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржылық мониторинг агенттігі Төрағасының 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы" Қазақстан Республикасы 2009 жылғы 28 тамыздағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағына cәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      1. «Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеру үшiн қажеттi құжаттар тiзбесiн бекiту туралы» Қазақстан Республикасының Қаржы министрінің 2010 жылғы 15 ақпандағы № 56 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6107 болып тіркелген, 2010 жылғы 26 наурыздағы № 42 (1664) «Заң газеті», 2010 жылғы 23 сәуірдегі № 17 (487) «Официальная газета» газеттерінде жарияланған) </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеру үшiн қажеттi құжаттар тiзбесiн бекiту туралы" Қазақстан Республикасының Қаржы министрінің 2010 жылғы 15 ақпандағы № 56 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6107 болып тіркелген, 2010 жылғы 26 наурыздағы № 42 (1664) "Заң газеті", 2010 жылғы 23 сәуірдегі № 17 (487) "Официальная газета" газеттерінде жарияланған) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгерістер енгізілсін: </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кіріспе мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      «Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы» Қазақстан Республикасының 2009 жылғы 28 тамыздағы Заңының </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы" Қазақстан Республикасының 2009 жылғы 28 тамыздағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағына cәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>»;</w:t>
-[...24 lines deleted...]
-      Көрсетілген бұйрықпен бекітілген Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеруi үшiн қажеттi құжаттар </w:t>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілген бұйрықпен бекітілген Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеруi үшiн қажеттi құжаттар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тiзбесi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген осы бұйрық </w:t>
+        <w:t xml:space="preserve"> көрсетілген осы бұйрық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакциясында жазылсын.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Қаржы мониторингі комитеті (Б.Ш. Тәжіяқов) белгіленген тәртіпте қамтамасыз етсін:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Әділет министрлігінде осы бұйрықтың мемлекеттік тіркелуін;</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың мемлекеттік тіркелуінен он күнтізбелік күн ішінде оның мерзімді басылымдарда және "Әділет" нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде ресми жариялануға жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық 2014 жылдың 14 желтоқсанынан кейін қолданысқа енгізіледі және ресми жариялануы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...40 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6440"/>
-        <w:gridCol w:w="6440"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6440" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...105 lines deleted...]
-              <w:t>31 наурыз 2015 жыл</w:t>
+Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6440" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...105 lines deleted...]
-              <w:t>21 қараша 2014 жыл</w:t>
+Қаржы министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6440" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>«КЕЛІСІЛДІ»</w:t>
+              <w:t>
+Б. Сұлтанов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әділет министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Б. Имашев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31 наурыз 2015 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәдениет және спорт министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А. Мұхамедиұлы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 қараша 2014 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұлттық экономика министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е. Досаев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25 қараша 2014 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Инвестиция және даму министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А. Исекешев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21 қараша 2014 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұлттық Банкінің төрағасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қ. Келімбетов   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27 қараша 2014 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Мәдениет және спорт министрі</w:t>
+              <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>А. Мұхамедиұлы</w:t>
+              <w:t>бұйрығына қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...34 lines deleted...]
-              <w:t>20 қараша 2014 жыл</w:t>
+              <w:t xml:space="preserve">2014 жылғы 20 қараша № 506 </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6440" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...106 lines deleted...]
-              <w:t>27 қараша 2014 жыл</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6440" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Ұлттық экономика министрі</w:t>
+              <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Е. Досаев</w:t>
+              <w:t>2010 жылғы 15 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...68 lines deleted...]
-</w:t>
+              <w:t>№ 56 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...15 lines deleted...]
-Қазақстан Республикасы    </w:t>
+    <w:bookmarkStart w:name="z4" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қаржы мониторингi субъектiлерiнің клиентті тиісінше тексеруі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...108 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+        <w:t>үшін қажетті құжаттар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z5" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржы мониторингi субъектiлерiнің клиентті тиісінше тексеруі үшін қажетті құжаттар тізбесі:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z1" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының резидент жеке тұлғалары үшiн:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының бейрезидент жеке тұлғалары үшін:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер Қазақстан Республикасы ратификациялаған халықаралық шарттармен басқасы көзделмесе, Қазақстан Республикасының аумағына бейрезидент жеке тұлғаның келіп кетуі және болуына құқық беретін Қазақстан Республикасының уәкілетті органдарында тіркелгенін куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының жеке кәсiпкерлiк қызметтi жүзеге асыратын резидент жеке тұлғалары үшiн:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тiркеуден өту фактiсiн растайтын уәкілетті орган берген құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының резидент және бейрезидент заңды тұлғалары және олардың оқшауланған бөлiмшелерi (филиалдары мен өкiлдiктерi) үшін:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақшамен және (немесе) басқа мүлікпен операциялар жасауға заңды тұлғаның құжаттарына қол қоюға уәкілетті лауазымды тұлғаның (тұлғалардың) жеке басын куәландыратын құжат (тары);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тiркеуден өту фактiсiн растайтын уәкілетті орган берген құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылтай құжаттары және (немесе) бағалы қағаздар ұстаушылардың тізілімнен үзінді көшірме;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлға құрылтайшыларының (қатысушыларының) (акционерлік қоғамдар құрылтайшыларының (қатысушыларының), сондай-ақ шаруашылық серiктестiктер, қатысушылардың тiзiлiмiн жүргiзу біртұтас тіркеушімен жүзеге асырылатын құжаттарын қоспағанда), сондай-ақ заңды тұлға бенефициар меншік иесінің жеке басын куәландыратын құжат (бенефициар меншік иесі заңды тұлғаның құрылтайшысы (қатысушысы) болып табылғанда және акционерлер (қатысушылар) тізілімнен үзінді көшірмесінен анықталған жағдайды қоспағанда);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиент атынан сенімхатсыз іс-әрекеттер жасауға, соның ішінде ақшамен және (немесе) басқа мүлікпен операциялар жасауға, заңды тұлғаның құжаттарына лауазымды тұлғаның (тұлғалардың) қол қою құқығына өкілеттілігін растаушы құжат (тар);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоғамдық және дiни бiрлестiктердiң филиалдары және өкiлдiктерi үшiн - қоғамдық немесе дiни бiрлестiктiң жарғысында және оның филиалы немесе өкiлдiгi туралы ережеде көзделген тәртiппен сайланған (тағайындалған) қоғамдық немесе дiни бiрлестiктiң филиалы немесе өкiлдiгi басшысының өкiлеттiктерін растайтын құжаттар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғалардың филиалдары мен өзге нысандағы өкiлдiктері үшiн - филиалдың және өкiлдiктiң басшысына Қазақстан Республикасының резидент заңды тұлғасы берген сенiмхаты;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаның тұрғылықты жерiнiң мекен-жайын куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      рұқсат (егер клиенттің қызметі «Рұқсаттар және хабарламалар туралы» Қазақстан Республикасының </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      рұқсат (егер клиенттің қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес лицензиялау немесе рұқсат беру рәсімі арқылы жүзеге асырылатын болса;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) егер клиенттің атынан оның өкілі әрекет етсе (заңды тұлғаның лауазымды тұлғасынан басқа):</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының резидент клиентінің өкілдері үшiн:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиенттің атынан заңды әрекеттер жасауға, соның ішінде ақшамен және (немесе) өзге мүлікпен операциялар жасауға, клиент құжаттарына клиент өкілінің қол қою құқығына өкілеттілігін растаушы құжаттар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бейрезидент клиентінің өкілдері үшiн:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиенттің атынан заңды әрекеттер жасауға, соның ішінде ақшамен және (немесе) өзге мүлікпен операциялар жасауға, клиент құжаттарына клиент өкілінің қол қою құқығына өкілеттілігін растаушы құжаттар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше көзделмесе, Қазақстан Республикасының аумағына резидент емес жеке тұлғаның келуі, кетуі және болуына құқық беретін Қазақстан Республикасының уәкілетті органдарында тіркелгенін куәландыратын құжат.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісінше тексеру үшін қаржы мониторингі субъектілері клиенттен құжаттардың түпнұсқасын немесе нотариалдық куәландырылған көшірмесін немесе апостиль қойдырылған немесе Қазақстан Республикасы ратификациялаған халықаралық шарттарда белгіленген заңдастырылған тәртіппен құжаттардың көшірмелерін сұратуы тиіс.</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      Ескертпе: Осы Тізбеде қолданылатын резидент және бейрезидент ұғымдары «Салық және бюджетке төленетін басқа да міндетті төлемдер туралы» Қазақстан Республикасының </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Осы Тізбеде қолданылатын резидент және бейрезидент ұғымдары "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мағыналар пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2664,35 +2701,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>