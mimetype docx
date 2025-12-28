--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a973842" w14:textId="a973842">
+    <w:p w14:paraId="fbfe1e3" w14:textId="fbfe1e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -547,57 +547,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инвестициялар және даму министрі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ә. Исекешев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -845,121 +841,109 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________ В. Школьник   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2015 жылғы 13 қаңтар</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инвестициялар және даму министрінің</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2014 жылғы 30 желтоқсандағы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350 бұйрығымен бекітілген</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...49 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1218,2129 +1202,1875 @@
         <w:t>
       2. Осы Қағидалардың қолданысы жарылғыш заттар мен олардың негізіндегі бұйымдарға өнеркәсіптік мақсаттарда пайдалану үшін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z99" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидалардың қолданысы қорғаныс және азаматтық өнімге жататын жарылғыш заттар мен олардың негізіндегі бұйымдарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z100" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Жарылыс жұмыстарын жүргізуге рұқсат беру" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) осы Қағидаларға сәйкес өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...61 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) алып тасталды - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. "Жарылыс жұмыстарын жүргізуге рұқсат беру" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) осы Қағидаларға сәйкес Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің аумақтық департаменттері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рұқсат - лицензиялау немесе рұқсат беру рәсімі арқылы рұқсат беру органдары жүзеге асыратын қызметті немесе әрекеттерді (операцияларды) жүзеге асыруға жеке немесе заңды тұлғаның құқығын растау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z124" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарылғыш зат - белгілі бір жағдайларда сыртқы әсерлердің әсерінен жылу мен газ тәрізді өнімдердің көп мөлшерін бөле отырып, тез өздігінен таралатын химиялық айналуға (жарылысқа) қабілетті конденсацияланған химиялық зат немесе осындай заттардың қоспасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z125" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жарылғыш зат негізіндегі бұйым - өздігінен немесе басқа жарылғыш заттармен бірге дайындалған түрде пайдалануға арналған қабықшаға немесе онсыз жасалған соңғы мөлшердегі жарылғыш заттың жинақы массасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="13"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z103" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті берушіге "Электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі – портал) келесі құжаттарды жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z127" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z128" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      2) жарылыс жұмыстарын қауіпсіз жүргізу шарттарын нақтылайтын, сынықтардың ұшу қашықтығы, соққы толқынының әсері, жарылыс кезіндегі улы газдардың әсері және сейсмикалық ықпалдар көрсетілген есептеулерді қамтитын мәліметтер бар электрондық құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z129" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарылыс жұмыстарын жүргізу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z130" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жер бетінде жарылыс жұмыстарын жүргізу орны, қауіпті аймақ шекарасы, қауіпті аймақты күзету бекеттерін және оның шегіндегі тұрғын және өндірістік ғимараттарды, құрылыстарды, темір жолдарды, автомобиль жолдарын, арналарды, құбырларды, электр беру желілерін қою орындары көрсетілген жергілікті жердің жоспары бар электрондық құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z131" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жер асты жағдайларында жарылыс жұмыстарын жүргізу орнын, қауіпті аймақтың шекарасын, қауіпті аймақты қорғау бекеттерін қою орнын көрсете отырып, тау-кен жұмыстарының жоспарын, сондай-ақ шахтаның (кеніштің, геологиялық барлау жұмыстары объектісінің) газ бен шаң бойынша қауіптілігі туралы мәліметтерді қамтитын электрондық құжат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z132" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарылғыш материалдарды пайдалана отырып сейсмикалық барлау жұмыстарын жүргізу кезінде жұмыс профилдерінің және қауіпті аймақты қорғау схемалары бар электрондық құжат ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z133" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z134" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметті көрсету жалпы мерзімі 5 (бес) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ  жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...61 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік көрсетілетін қызмет стандарты - мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="14"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) рұқсат - лицензиялау немесе рұқсат беру рәсімі арқылы рұқсат беру органдары жүзеге асыратын қызметті немесе әрекеттерді (операцияларды) жүзеге асыруға жеке немесе заңды тұлғаның құқығын растау;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z124" w:id="15"/>
+      8. Көрсетілетін қызметті берушінің жауапты орындаушысы көрсетілетін қызметті алушы ұсынған құжаттарды тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді және ұсынылған құжаттардың толық болмау фактісі белгіленген жағдайда осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған құжаттар толық болған жағдайда 3 (үш) жұмыс күні ішінде ұсынылған құжаттар мәліметтерінің дұрыстығын тексереді және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жарылыс жұмыстарын жүргізуге рұқсатты не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты ресімдейді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жарылғыш зат - белгілі бір жағдайларда сыртқы әсерлердің әсерінен жылу мен газ тәрізді өнімдердің көп мөлшерін бөле отырып, тез өздігінен таралатын химиялық айналуға (жарылысқа) қабілетті конденсацияланған химиялық зат немесе осындай заттардың қоспасы;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="16"/>
+      Қазақстан Республикасының заңдарымен бекітілген мемлекеттік қызмет көрсетуден бас тартуға негіз осы Қағидарларға 2-қосымшада көрсетілген.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) жарылғыш зат негізіндегі бұйым - өздігінен немесе басқа жарылғыш заттармен бірге дайындалған түрде пайдалануға арналған қабықшаға немесе онсыз жасалған соңғы мөлшердегі жарылғыш заттың жинақы массасы.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="17"/>
+      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8-1. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші куәлікті немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты береді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ескерту. Қағида 8-1-тармақпен толықтырылды - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің басшысының немесе оны алмастырушы тұлғаның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті" арқылы алуға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z108" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган үш жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына, сондай-ақ Бірыңғай байланыс орталығына осы Қағидаларға енгізілген өзгерістер мен толықтырулар туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда көзделген - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...261 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="18"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтерді көрсету мәселелері бойынша шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z110" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      12. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...189 lines deleted...]
-      Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші куәлікті немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты береді.</w:t>
+      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) күн ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. Қағида 8-1-тармақпен толықтырылды - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+        <w:t>Ескерту. 12-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="21"/>
+    <w:bookmarkStart w:name="z111" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің басшысының немесе оны алмастырушы тұлғаның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанында жіберіледі.</w:t>
-[...203 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="23"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="24"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ескерту. 13-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қажет болған жағдайда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      2) қосымша ақпарат алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
-[...17 lines deleted...]
-      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) күн ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау жөніндегі өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 12-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Ескерту. 14-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="25"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Заңның 25-бабының </w:t>
-[...40 lines deleted...]
-    </w:p>
+      15. Егер Заңда өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 13-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+        <w:t>Ескерту. 15-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="26"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z116" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Жарылыс жұмыстарын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізуге рұқсат беру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қосымша ақпарат алу.</w:t>
-[...17 lines deleted...]
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау жөніндегі өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...243 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>[Заңды тұлғаның деректемелері (мекенжайы, бизнес-сәйкестендіру нөмірі, телефоны)]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Мемлекеттік органның атауы]</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>басшысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4037,2944 +3767,2877 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="475"/>
+        <w:gridCol w:w="1670"/>
+        <w:gridCol w:w="10155"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жарылыс жұмыстарын жүргізуге рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...87 lines deleted...]
-              <w:t>) бұйрығымен.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі (бұдан әрі-көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің аумақтық департаменті (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсету тәсілдері</w:t>
+              <w:t xml:space="preserve">
+"Электрондық үкіметтің" Веб-порталы www.egov.kz. (бұдан әрі – портал) </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-"Электрондық үкіметтің" Веб-порталы www.egov.kz. (бұдан әрі – портал) </w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+5 (бес) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 (бес) жұмыс күні</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған)</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нәтижесі</w:t>
+Жарылыс жұмыстарын жүргізуге рұқсат беру немесе дәлелді бас тарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарылыс жұмыстарын жүргізуге рұқсат беру немесе дәлелді бас тарту</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Жұмыс кестесі</w:t>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін. Жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті тұтынушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодекске</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+1) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жарылыс жұмыстарын қауіпсіз орындау шарттарын, кесектердің ұшуы бойынша қауіпсіз қашықтықтарды, соққы ауа толқынының әсерін, жарылыс кезінде улы газдардың әсерін, сейсмикалық әсерді нақтылайтын есептеулері көрсетілген мәліметтері бар электрондық құжат;3) жарылыс жұмыстарын жүргізу кезінде:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жер бетінде жарылыс жұмыстарын жүргізу орны, қауіпті аймақ шекарасы, қауіпті аймақты күзету бекеттерін және оның шегіндегі тұрғын және өндірістік ғимараттарды, құрылыстарды, темір жолдарды, автомобиль жолдарын, арналарды, құбырларды, электр беру желілерін қою орындары көрсетілген жергілікті жердің жоспары бар электрондық құжат ұсынылады;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жер асты жағдайларында жарылыс жұмыстарын жүргізу орны, қауіпті аймақ шекарасы, қауіпті аймақты қорғау бекеттерін қою орны көрсетілген тау-кен жұмыстарының жоспары, сондай-ақ шахтаның (кеніштің, геологиялық барлау жұмыстары объектісінің) газ бен шаң бойынша қауіптілігі туралы мәліметтер бар электрондық құжат ұсынылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарылғыш материалдарды пайдалана отырып сейсмикалық барлау жұмыстарын жүргізу кезінде жұмыс бейіндері мен қауіпті аймақты қорғау схемалары бар электрондық құжат ұсынылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басты куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
-[...89 lines deleted...]
-Жеке басты куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттарының және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) көрсетілетін қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасы Инвестициялар және даму министрінің 2014 жылғы 30 желтоқсандағы № 343 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10244 болып тіркелген) Қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидаларымен белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қатысты осы мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті тұтынушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттарының және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
-[...93 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті тұтынушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де талаптар</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету орындарының мекенжайлары: 1) қызмет көрсетушінің интернет-ресурсында; 2) www.egov.kz. порталында. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны: "1414", +7 (800) 080 7777. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер негізгі қызмет түрі лицензиялауға жатпайтын болса, онда жарылыс жұмыстарын жүргізуге рұқсат алу үшін 3-тармақта көрсетілген лицензияның болуы жеткілікті.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Мұнай; газ; газ конденсаты және айдау ұңғымаларында атқылау-жару жұмыстары қызметінің кіші түрінің лицензиясына қосымша ұсыну – мұнай-химия өндірістерін жобалауға (технологиялық) және (немесе) пайдалануға, көмірсутектер саласындағы магистральдық газ құбырларын, мұнай құбырларын, мұнай өнімдері құбырларын пайдалануға арналған лицензия; жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды әзірлеу, өндіру, сатып алу, өткізу, сақтау жөніндегі қызметті жүзеге асыруға лицензия және оған мына кіші қызмет түрлерін қосымша ұсыну:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды өздерінің өндірістік мұқтаждары үшін сатып алу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды сақтау.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Пайдалы қазбаларды өндіру үшін жарылыс жұмыстарын жүргізу – қызметтің кіші түріне арналған лицензияға қоса берілген тау-кен және химия өндірістерін пайдалану жөніндегі қызметті жүзеге асыруға лицензия және қызметтің кіші түрлеріне арналған лицензияға қоса берілген жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды әзірлеу, өндіру, сатып алу, өткізу, сақтау жөніндегі қызметті жүзеге асыруға лицензия және оған мына кіші қызмет түрлерін қосымша ұсыну:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды өздерінің өндірістік мұқтаждары үшін сатып алу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды сақтау.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Қызметтің кіші түрлеріне арналған лицензияға қоса беріле отырып, жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды әзірлеу, өндіру, сатып алу, өткізу, сақтау жөніндегі қызметті жүзеге асыруға лицензия:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды өздерінің өндірістік мұқтаждары үшін сатып алу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды сақтау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z118" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарылыс жұмыстарын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізуге рұқсат беру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 3-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="7199"/>
+        <w:gridCol w:w="3582"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...180 lines deleted...]
-2) жарылғыш және пиротехникалық (азаматтықты қоспағанда) заттар мен олар қолданылып жасалған бұйымдарды сақтау.</w:t>
+              <w:t>
+[Мемлекеттік органның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...161 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1320800" cy="1206500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1320800" cy="1206500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Наименование государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Мемлекеттік органның деректемелері]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Реквизиты государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөмірі: [Құжат нөмірі]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Заңды тұлғаның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтініш нөмірі: [Нөмірі]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Заңды тұлғаның деректемелері (мекенжайы, бизнес-сәйкестендіру нөмірі, телефоны)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берілген күні: [Күні]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7188,94 +6851,93 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                Ерекше шарттар: осы рұқсаттың қолданылу мерзімі – берілген күнінен бастап 1 жыл.</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
-              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="6150"/>
-              <w:gridCol w:w="6150"/>
+              <w:gridCol w:w="5404"/>
+              <w:gridCol w:w="6896"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6150" w:type="dxa"/>
+                  <w:tcW w:w="5404" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 [Қол қоюшының лауазымы]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6150" w:type="dxa"/>
+                  <w:tcW w:w="6896" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 [Тегі, аты, әкесінің аты</w:t>
@@ -7301,232 +6963,230 @@
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 цифрлық қолтаңбасы]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="2755900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="2755900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z119" w:id="30"/>
+    <w:bookmarkStart w:name="z119" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жарылыс жұмыстарын</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жүргізуге рұқсат беру</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымша</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7561,727 +7221,820 @@
         <w:t>№ 256</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1598"/>
+        <w:gridCol w:w="7223"/>
+        <w:gridCol w:w="3573"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Мемлекеттік органның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1320800" cy="1206500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1320800" cy="1206500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Наименование государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Мемлекеттік органның деректемелері]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Реквизиты государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні: [Берілген күні]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Заңды тұлғаның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөмірі: [Құжат нөмірі]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Заңды тұлғаның деректемелері (мекенжайы, бизнес-сәйкестендіру нөмірі, телефоны)]</w:t>
@@ -8350,94 +8103,93 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Бас тартудың негізі]</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
-              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="6150"/>
-              <w:gridCol w:w="6150"/>
+              <w:gridCol w:w="5404"/>
+              <w:gridCol w:w="6896"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6150" w:type="dxa"/>
+                  <w:tcW w:w="5404" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 [Қол қоюшының лауазымы]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6150" w:type="dxa"/>
+                  <w:tcW w:w="6896" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 [Тегі, аты, әкесінің аты</w:t>
@@ -8463,152 +8215,162 @@
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 цифрлық қолтаңбасы]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="2755900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="2755900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -8639,55 +8401,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>