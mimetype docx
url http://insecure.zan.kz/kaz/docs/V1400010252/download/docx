--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9a589e8" w14:textId="9a589e8">
+    <w:p w14:paraId="02a61bc" w14:textId="02a61bc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -134,116 +134,100 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырып жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 08.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>109) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -262,90 +246,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -364,190 +348,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Индустриялық даму және өнеркәсіптік қауіпсіздік комитеті (А.Қ. Ержанов):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың заңнамамен белгіленген тәртіпте Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде бұқаралық ақпарат құралдарында және Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" шаруашылықты жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға көшірмелерін жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Инвестициялар және даму министрлігінің интернет-ресурсында және мемлекеттік органдардың интранет-порталында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Инвестициялар және даму министрлігінің Заң департаментіне осы бұйрықтың 2-тармағының 1), 2) және 3) тармақшаларымен көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалудың бақылау Қазақстан Республикасының Инвестициялар және даму вице-министрі А.П. Рауға жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1070,169 +1054,164 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 347 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің қызмет көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 08.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің қызмет көрсету қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>109) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің қызмет көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1251,146 +1230,220 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидалар өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтеріне, оның ішінде өнеркәсіптік қауіпсіздік саласындағы кәсіби объектілік авариялық-құтқару қызметтеріне қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұйымдарға қызмет көрсетуге қызмет көрсететін ұйым жүзеге асыратын өндірістік қызмет түріне аттестатталған өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету бойынша өз қызметінде "Азаматтық қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң), Қазақстан Республикасының өзге де нормативтік құқықтық актілерін және осы Қағидаларды басшылыққа алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1409,208 +1462,388 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аварияларды жою жоспары – адамдарды құтқару жөніндегі іс-шараларды, басшылар мен қызметкерлердің, өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің іс-қыймылдарын көздейтін, қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның басшысы бекітетін және өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерімен келісілетін құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Дабыл" белгісі – өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жедел бөлімшелерін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдардағы аварияларды жоюға және авариялық-құтқару жұмыстарын жүргізуге дайындыққа тарту үшін дабылда немесе басқа да сигнал беру құралдары арқылы берілетін құлақтандырудың бірыңғай сигналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі – қауіпті өндірістік объектілерде тау-кен құтқару, газдан құтқару жұмыстарын, бұрқаққа қарсы жұмыстарды жүргізуге арналған авариялық-құтқару қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақша алып тастау көзделген - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өнеркәсіптік қауіпсіздік саласындағы кәсіби объектілік авариялық-құтқару қызметі – қауіпті өндiрiстiк объектiлерi бар ұйымның құрылымдық бөлiмшесi болып табылатын авариялық-құтқару қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Өнеркәсіптік қауіпсіздік саласындағы кәсіби  авариялық-құтқару қызметтерінің қауіпті өндірістік объектілерді  иеленетін және (немесе) пайдаланатын ұйымдарға  қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері мен құралымдарының қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсетуі жасалған шарт негізінде жүргізіледі. Ерекше жағдайларда, авария туындаған кезде авариялық-құтқару жұмыстарын жүргізгеннен кейін шарт жасасуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдар өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі, жыл сайын, 1 желтоқсаннан кешіктірмей аварияларды жою жоспарын (бұдан әрі – АЖЖ) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметіне келісуге ұсынады. АЖЖ-ға өзгерістер мен қосымшалар енгізгенде, ол қайта келісуге жатады. Егер АЖЖ әрекет ету ағымындағы жағдай кезінде, қауіпті өндірістік объектіні иеленетін және (немесе) пайдаланатын ұйым басқа өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметімен келісім-шарт жасайды, ол кәсіпорын он күнтізбелік күн ағымында өнеркәсіптік қауіпсіздік саласындағы аталған кәсіби авариялық-құтқару қызметімен келісім жасауға жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1629,70 +1862,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі ұсынылған АЖЖ-ны алған күнінен бастап он күнтізбелік күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1711,51 +1944,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. АЖЖ Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1770,51 +2003,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келмеген жағдайда, өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімнен кешіктірмей қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымға АЖЖ-мен келіспеушілікті негіздейтін дәлелді құжатты жазбаша нысанда жібереді және анықталған сәйкессіздіктер жойылатын он күнтізбелік күнінен аспайтын мерзімді белгілейді. Сәйкессіздіктер жойылғаннан кейін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйым өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметіне АЖЖ келісуге қайта ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1833,590 +2066,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдармен авариялық-құтқару қызметін көрсету шарты АЖЖ келіскен кезде оны ұзарту мүмкіндігімен кем дегенде бір күнтізбелік жыл мерзімге жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Шартта АЖЖ орындау тәртібі, жедел бөлімшелерінің сандық құрамы қарастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету кезінде өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жедел бөлімшелерінің "Дабыл" белгісі бойынша аварияларды жоюға және авариялық-құтқару жұмыстарын жүргізуге шығуға тәулік бойы тұрақты әзірлігін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке құрамның өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесі басшысына мүлтіксіз бағына отырып авариялық-құтқару жұмыстарын орындауын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аварияны жою қауіпті өндірістік объектінің техникалық басшысы аталған жұмыстарды тоқтата тұру немесе тоқтату туралы шешім қабылдаған жағдайды қоспағанда, авариялық-құтқару жұмыстары толық аяқталғанына дейін оларды жүргізу міндеттілігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсетуді өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшелері жүзеге асырады, олар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсіби авариялық-құтқару бөлімшесінен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кәсіби авариялық-құтқару взводынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кәсіби авариялық-құтқару жасағынан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Кәсіби авариялық-құтқару бөлімшесі, бөлімше командирі мен жедел көлік жүргізушісін қосқанда, саны жетіден одан да аса адам болатын құтқарушылардан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кәсіби авариялық-құтқару взводы екі және одан да көп авариялық-құтқару бөлімшелерінен құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Кәсіби авариялық-құтқару жасағы екі және одан да көп взводтардан құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшелері Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" (бұдан әрі – Талаптар) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аппаратурамен, жабдықтармен, штаттық материалдар қорымен және автокөлікпен қамтамасыз етіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету кезінде өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшелері жұмыстардың мынадай негізгі түрлерін атқарады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авариялық-құтқару жұмыстары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) профилактикалық жұмыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) техникалық жұмыстар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Авариялық-құтқару жұмыстары қауіпті өндірістік объектілерде техногендік және табиғи сипаттағы төтенше жағдайлар туындаған кезде авария аймағындағы адамдарды іздеу және құтқару, оларға алғашқы және психологиялық көмек көрсету, қауіпті факторлардың әсерін оқшаулау және басу немесе ең төменгі мүмкін болатын деңгейге дейін жеткізу жөніндегі іс-қимылдарды өткізу мақсатында жүргізіледі. Авариялық-құтқару жұмыстары жеке шарт немесе қосымша келісім бойынша не орындалған жұмыстар актісіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қауіпті өндірістік объектідегі аварияны жою кезінде авариялық-құтқару жұмыстарын қауіпті өндірістік объектінің техникалық басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қауіпті өндірістік объектінің техникалық басшысы құтқарушыларға аварияны жоюға байланысты өкімдерін тек өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысы арқылы береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аварияны жою қауіпті өндірістік объектінің техникалық басшысының адамдарды құтқару мен аварияны жоюға бағытталған шешімдерін орындау өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысына, авария аймағындағы ұйымдар мен азаматтар орындауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшесінің авариялық-құтқару жұмыстарының басшысы авариялық-құтқару жұмыстарын жүргізуге қажетті толық және нақты ақпарат алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Авариялық-құтқару және шұғыл жұмыстарды жүргізуге мүмкіндік болмаған жағдайда, қауіпті өндірістік объектінің техникалық басшысы бірінші кезектегі тәртіппен төтенше жағдайлар аймағындағы адамдарды құтқару жөнінде барлық шараларды қабылдай отырып, аталған жұмыстарды толық немесе ішінара тоқтата тұру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Авариялық-құтқару жұмыстары аварияны жою жөніндегі бекітілген жедел жұмыс жоспарына сәйкес қатаң түрде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. "Дабыл" белгісі бойынша аварияға шығу тәртібі, аварияны жоюға қатысушы жедел бөлімшелер саны және авариялық-құтқару жұмыстарын атқаруға қажетті құрал-жабдықтар тізімі, қызмет көрсетілетін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның АЖЖ-на сәйкес анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авариялық-құтқару жабдықтарын қолдану авариялық объектідегі іс-қимылдарға жеке құрамның жедел дайындығының, "Дабыл" белгісі бойынша нормативтік келу уақыты, қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланыатын, қызмет көрсететін ұйымның аумағында өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің шоғырланған орнында әр объектінің арақашықтығы мен ерекшелігіне байланысты өңделеді және ұйымға қызмет көрсететін басшы мен өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің басшысымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2453,150 +2686,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Уақтылы ден қою үшін кәсіби авариялық-құтқару қызметі авария болған шақыру түскен жерге дереу шығуды ұйымдастыруы және ең қысқа мерзімде жетуі қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшесі жүргізетін профилактикалық жұмыстар, қызмет көрсетілетін қауіпті өндірістік объектілерді адамдарды құтқару және аварияларды жоюға дайындығын, өртке қарсы қорғаныстарын, қосымша шығу жолдарының болуын, АЖЖ-ның қызмет көрсетілетін қауіпті өндірістік объектілердің іс жүзіндегі жағдайына сәйкестігін анықтауға бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Профилактикалық жұмыстарды жүргізу кезінде Қазақстан Республикасының өнеркәсіптік қауіпсіздік саласындағы заңнамасы талаптарының бұзылғаны, оның ішінде тау-кен құтқару жұмыстарын жүргізу кезінде өртке қарсы қорғаныстың, АЖЖ қызмет көрсетілетін қауіпті өндірістік объектілердің іс жүзіндегі жағдайынан айырмашылық анықталған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысы қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның басшылығына анықталған кемшіліктерді үш жұмыс күнінен кешіктірілмейтін мерзімде жою қажеттігі туралы жазбаша түрде хабарлайды. Бұзушылықтар белгіленген мерзімде жойылмаған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі бөлімшесінің басшысы бұл туралы өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне хабар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Техникалық жұмыстар арнайы авариялық-құтқару жабдығын қолданумен жөндеу-қалпына келтіру жұмыстарының бір түрі болып табылады және қауіпті өндірістік объектінің қауіпсіз және тоқтаусыз жұмыс істеуін қамтамасыз етуді көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Техникалық жұмыстар аварияларды жою, оқшаулау, олардың зардаптарын жоюмен байланысты емес, өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің, арнайы қорғаныс құралдарын қолданып және (немесе) оларды қолданбай, қауіпті өндірістік объектілер аумағында, сондай-ақ оның шегінен тыс, оның ішінде көлікте жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2634,55 +2929,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>