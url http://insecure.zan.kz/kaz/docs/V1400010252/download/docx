--- v1 (2025-11-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="02a61bc" w14:textId="02a61bc">
+    <w:p w14:paraId="6eaf243" w14:textId="6eaf243">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1245,143 +1245,115 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>
+      2. Осы Қағидалар өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтіне қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...16 lines deleted...]
-      2. Осы Қағидалар өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтеріне, оның ішінде өнеркәсіптік қауіпсіздік саласындағы кәсіби объектілік авариялық-құтқару қызметтеріне қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұйымдарға қызмет көрсетуге қызмет көрсететін ұйым жүзеге асыратын өндірістік қызмет түріне аттестатталған өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
@@ -1537,458 +1509,374 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Дабыл" белгісі – өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жедел бөлімшелерін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдардағы аварияларды жоюға және авариялық-құтқару жұмыстарын жүргізуге дайындыққа тарту үшін дабылда немесе басқа да сигнал беру құралдары арқылы берілетін құлақтандырудың бірыңғай сигналы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>
+      3) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі – қауіпті өндірістік объектілерде профилактикалық жұмыстарды тұрақты түрде жүргізу арқылы тау-кен құтқару, газдан құтқару жұмыстарын, бұрқаққа қарсы жұмыстарды жүргізуге арналған авариялық-құтқару қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...44 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Өнеркәсіптік қауіпсіздік саласындағы кәсіби  авариялық-құтқару қызметтерінің қауіпті өндірістік объектілерді  иеленетін және (немесе) пайдаланатын ұйымдарға  қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері мен құралымдарының қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсетуі жасалған шарт негізінде жүргізіледі. Ерекше жағдайларда, авария туындаған кезде авариялық-құтқару жұмыстарын жүргізгеннен кейін шарт жасасуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдар өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі, жыл сайын, 1 желтоқсаннан кешіктірмей аварияларды жою жоспарын (бұдан әрі – АЖЖ) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметіне келісуге ұсынады. АЖЖ-ға өзгерістер мен қосымшалар енгізгенде, ол қайта келісуге жатады. Егер АЖЖ әрекет ету ағымындағы жағдай кезінде, қауіпті өндірістік объектіні иеленетін және (немесе) пайдаланатын ұйым басқа өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметімен келісім-шарт жасайды, ол кәсіпорын он күнтізбелік күн ағымында өнеркәсіптік қауіпсіздік саласындағы аталған кәсіби авариялық-құтқару қызметімен келісім жасауға жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) тармақша алып тастау көзделген - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 13.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі ұсынылған АЖЖ-ны алған күнінен бастап он күнтізбелік күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 13.07.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 13.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. АЖЖ Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2003,895 +1891,895 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келмеген жағдайда, өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімнен кешіктірмей қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымға АЖЖ-мен келіспеушілікті негіздейтін дәлелді құжатты жазбаша нысанда жібереді және анықталған сәйкессіздіктер жойылатын он күнтізбелік күнінен аспайтын мерзімді белгілейді. Сәйкессіздіктер жойылғаннан кейін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйым өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметіне АЖЖ келісуге қайта ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 13.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдармен авариялық-құтқару қызметін көрсету шарты АЖЖ келіскен кезде оны ұзарту мүмкіндігімен кем дегенде бір күнтізбелік жыл мерзімге жасалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p>
-[...77 lines deleted...]
-      10. Өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдармен авариялық-құтқару қызметін көрсету шарты АЖЖ келіскен кезде оны ұзарту мүмкіндігімен кем дегенде бір күнтізбелік жыл мерзімге жасалады.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Шартта АЖЖ орындау тәртібі, жедел бөлімшелерінің сандық құрамы қарастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
-[...15 lines deleted...]
-      11. Шартта АЖЖ орындау тәртібі, жедел бөлімшелерінің сандық құрамы қарастырылады.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету кезінде өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
-[...15 lines deleted...]
-      12. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету кезінде өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері:</w:t>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жедел бөлімшелерінің "Дабыл" белгісі бойынша аварияларды жоюға және авариялық-құтқару жұмыстарын жүргізуге шығуға тәулік бойы тұрақты әзірлігін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...15 lines deleted...]
-      1) өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жедел бөлімшелерінің "Дабыл" белгісі бойынша аварияларды жоюға және авариялық-құтқару жұмыстарын жүргізуге шығуға тәулік бойы тұрақты әзірлігін;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке құрамның өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесі басшысына мүлтіксіз бағына отырып авариялық-құтқару жұмыстарын орындауын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
-[...15 lines deleted...]
-      2) жеке құрамның өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесі басшысына мүлтіксіз бағына отырып авариялық-құтқару жұмыстарын орындауын;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аварияны жою қауіпті өндірістік объектінің техникалық басшысы аталған жұмыстарды тоқтата тұру немесе тоқтату туралы шешім қабылдаған жағдайды қоспағанда, авариялық-құтқару жұмыстары толық аяқталғанына дейін оларды жүргізу міндеттілігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
-[...15 lines deleted...]
-      3) аварияны жою қауіпті өндірістік объектінің техникалық басшысы аталған жұмыстарды тоқтата тұру немесе тоқтату туралы шешім қабылдаған жағдайды қоспағанда, авариялық-құтқару жұмыстары толық аяқталғанына дейін оларды жүргізу міндеттілігін қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсетуді өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшелері жүзеге асырады, олар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
-[...15 lines deleted...]
-      13. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсетуді өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшелері жүзеге асырады, олар:</w:t>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кәсіби авариялық-құтқару бөлімшесінен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
-[...15 lines deleted...]
-      1) кәсіби авариялық-құтқару бөлімшесінен;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кәсіби авариялық-құтқару взводынан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
-[...15 lines deleted...]
-      2) кәсіби авариялық-құтқару взводынан;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кәсіби авариялық-құтқару жасағынан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
-[...15 lines deleted...]
-      3) кәсіби авариялық-құтқару жасағынан тұрады.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Кәсіби авариялық-құтқару бөлімшесі, бөлімше командирі мен жедел көлік жүргізушісін қосқанда, саны жетіден одан да аса адам болатын құтқарушылардан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
-[...15 lines deleted...]
-      14. Кәсіби авариялық-құтқару бөлімшесі, бөлімше командирі мен жедел көлік жүргізушісін қосқанда, саны жетіден одан да аса адам болатын құтқарушылардан тұрады.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Кәсіби авариялық-құтқару взводы екі және одан да көп авариялық-құтқару бөлімшелерінен құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
-[...15 lines deleted...]
-      15. Кәсіби авариялық-құтқару взводы екі және одан да көп авариялық-құтқару бөлімшелерінен құрылады.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Кәсіби авариялық-құтқару жасағы екі және одан да көп взводтардан құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшелері Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" (бұдан әрі – Талаптар) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аппаратурамен, жабдықтармен, штаттық материалдар қорымен және автокөлікпен қамтамасыз етіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету кезінде өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшелері жұмыстардың мынадай негізгі түрлерін атқарады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
-[...15 lines deleted...]
-      18. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдарға қызмет көрсету кезінде өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшелері жұмыстардың мынадай негізгі түрлерін атқарады:</w:t>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авариялық-құтқару жұмыстары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
-[...15 lines deleted...]
-      1) авариялық-құтқару жұмыстары;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) профилактикалық жұмыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
-[...15 lines deleted...]
-      2) профилактикалық жұмыстар;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) техникалық жұмыстар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...15 lines deleted...]
-      3) техникалық жұмыстар.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Авариялық-құтқару жұмыстары қауіпті өндірістік объектілерде техногендік және табиғи сипаттағы төтенше жағдайлар туындаған кезде авария аймағындағы адамдарды іздеу және құтқару, оларға алғашқы және психологиялық көмек көрсету, қауіпті факторлардың әсерін оқшаулау және басу немесе ең төменгі мүмкін болатын деңгейге дейін жеткізу жөніндегі іс-қимылдарды өткізу мақсатында жүргізіледі. Авариялық-құтқару жұмыстары жеке шарт немесе қосымша келісім бойынша не орындалған жұмыстар актісіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
-[...15 lines deleted...]
-      19. Авариялық-құтқару жұмыстары қауіпті өндірістік объектілерде техногендік және табиғи сипаттағы төтенше жағдайлар туындаған кезде авария аймағындағы адамдарды іздеу және құтқару, оларға алғашқы және психологиялық көмек көрсету, қауіпті факторлардың әсерін оқшаулау және басу немесе ең төменгі мүмкін болатын деңгейге дейін жеткізу жөніндегі іс-қимылдарды өткізу мақсатында жүргізіледі. Авариялық-құтқару жұмыстары жеке шарт немесе қосымша келісім бойынша не орындалған жұмыстар актісіне сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Қауіпті өндірістік объектідегі аварияны жою кезінде авариялық-құтқару жұмыстарын қауіпті өндірістік объектінің техникалық басшысы басқарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
-[...15 lines deleted...]
-      20. Қауіпті өндірістік объектідегі аварияны жою кезінде авариялық-құтқару жұмыстарын қауіпті өндірістік объектінің техникалық басшысы басқарады.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қауіпті өндірістік объектінің техникалық басшысы құтқарушыларға аварияны жоюға байланысты өкімдерін тек өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысы арқылы береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
-[...15 lines deleted...]
-      21. Қауіпті өндірістік объектінің техникалық басшысы құтқарушыларға аварияны жоюға байланысты өкімдерін тек өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысы арқылы береді.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Аварияны жою қауіпті өндірістік объектінің техникалық басшысының адамдарды құтқару мен аварияны жоюға бағытталған шешімдерін орындау өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысына, авария аймағындағы ұйымдар мен азаматтар орындауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
-[...15 lines deleted...]
-      22. Аварияны жою қауіпті өндірістік объектінің техникалық басшысының адамдарды құтқару мен аварияны жоюға бағытталған шешімдерін орындау өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысына, авария аймағындағы ұйымдар мен азаматтар орындауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшесінің авариялық-құтқару жұмыстарының басшысы авариялық-құтқару жұмыстарын жүргізуге қажетті толық және нақты ақпарат алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
-[...15 lines deleted...]
-      23. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшесінің авариялық-құтқару жұмыстарының басшысы авариялық-құтқару жұмыстарын жүргізуге қажетті толық және нақты ақпарат алады.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Авариялық-құтқару және шұғыл жұмыстарды жүргізуге мүмкіндік болмаған жағдайда, қауіпті өндірістік объектінің техникалық басшысы бірінші кезектегі тәртіппен төтенше жағдайлар аймағындағы адамдарды құтқару жөнінде барлық шараларды қабылдай отырып, аталған жұмыстарды толық немесе ішінара тоқтата тұру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
-[...15 lines deleted...]
-      24. Авариялық-құтқару және шұғыл жұмыстарды жүргізуге мүмкіндік болмаған жағдайда, қауіпті өндірістік объектінің техникалық басшысы бірінші кезектегі тәртіппен төтенше жағдайлар аймағындағы адамдарды құтқару жөнінде барлық шараларды қабылдай отырып, аталған жұмыстарды толық немесе ішінара тоқтата тұру туралы шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Авариялық-құтқару жұмыстары аварияны жою жөніндегі бекітілген жедел жұмыс жоспарына сәйкес қатаң түрде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
-[...15 lines deleted...]
-      25. Авариялық-құтқару жұмыстары аварияны жою жөніндегі бекітілген жедел жұмыс жоспарына сәйкес қатаң түрде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. "Дабыл" белгісі бойынша аварияға шығу тәртібі, аварияны жоюға қатысушы жедел бөлімшелер саны және авариялық-құтқару жұмыстарын атқаруға қажетті құрал-жабдықтар тізімі, қызмет көрсетілетін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның АЖЖ-на сәйкес анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
-[...15 lines deleted...]
-      26. "Дабыл" белгісі бойынша аварияға шығу тәртібі, аварияны жоюға қатысушы жедел бөлімшелер саны және авариялық-құтқару жұмыстарын атқаруға қажетті құрал-жабдықтар тізімі, қызмет көрсетілетін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның АЖЖ-на сәйкес анықталады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Авариялық-құтқару жабдықтарын қолдану авариялық объектідегі іс-қимылдарға жеке құрамның жедел дайындығының, "Дабыл" белгісі бойынша нормативтік келу уақыты, қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланыатын, қызмет көрсететін ұйымның аумағында өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің шоғырланған орнында әр объектінің арақашықтығы мен ерекшелігіне байланысты өңделеді және ұйымға қызмет көрсететін басшы мен өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің басшысымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 13.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Уақтылы ден қою үшін кәсіби авариялық-құтқару қызметі авария болған шақыру түскен жерге дереу шығуды ұйымдастыруы және ең қысқа мерзімде жетуі қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің жедел бөлімшесі жүргізетін профилактикалық жұмыстар, қызмет көрсетілетін қауіпті өндірістік объектілерді адамдарды құтқару және аварияларды жоюға дайындығын, өртке қарсы қорғаныстарын, қосымша шығу жолдарының болуын, АЖЖ-ның қызмет көрсетілетін қауіпті өндірістік объектілердің іс жүзіндегі жағдайына сәйкестігін анықтауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Профилактикалық жұмыстарды жүргізу кезінде Қазақстан Республикасының өнеркәсіптік қауіпсіздік саласындағы заңнамасы талаптарының бұзылғаны, оның ішінде тау-кен құтқару жұмыстарын жүргізу кезінде өртке қарсы қорғаныстың, АЖЖ қызмет көрсетілетін қауіпті өндірістік объектілердің іс жүзіндегі жағдайынан айырмашылық анықталған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысы қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның басшылығына анықталған кемшіліктерді үш жұмыс күнінен кешіктірілмейтін мерзімде жою қажеттігі туралы жазбаша түрде хабарлайды. Бұзушылықтар белгіленген мерзімде жойылмаған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі бөлімшесінің басшысы бұл туралы өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне хабар береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 13.07.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
-[...55 lines deleted...]
-      29. Профилактикалық жұмыстарды жүргізу кезінде Қазақстан Республикасының өнеркәсіптік қауіпсіздік саласындағы заңнамасы талаптарының бұзылғаны, оның ішінде тау-кен құтқару жұмыстарын жүргізу кезінде өртке қарсы қорғаныстың, АЖЖ қызмет көрсетілетін қауіпті өндірістік объектілердің іс жүзіндегі жағдайынан айырмашылық анықталған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі жедел бөлімшесінің басшысы қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның басшылығына анықталған кемшіліктерді үш жұмыс күнінен кешіктірілмейтін мерзімде жою қажеттігі туралы жазбаша түрде хабарлайды. Бұзушылықтар белгіленген мерзімде жойылмаған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі бөлімшесінің басшысы бұл туралы өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне хабар береді.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Техникалық жұмыстар арнайы авариялық-құтқару жабдығын қолданумен жөндеу-қалпына келтіру жұмыстарының бір түрі болып табылады және қауіпті өндірістік объектінің қауіпсіз және тоқтаусыз жұмыс істеуін қамтамасыз етуді көздейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:p>
-[...77 lines deleted...]
-      30. Техникалық жұмыстар арнайы авариялық-құтқару жабдығын қолданумен жөндеу-қалпына келтіру жұмыстарының бір түрі болып табылады және қауіпті өндірістік объектінің қауіпсіз және тоқтаусыз жұмыс істеуін қамтамасыз етуді көздейді.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Техникалық жұмыстар аварияларды жою, оқшаулау, олардың зардаптарын жоюмен байланысты емес, өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметінің, арнайы қорғаныс құралдарын қолданып және (немесе) оларды қолданбай, қауіпті өндірістік объектілер аумағында, сондай-ақ оның шегінен тыс, оның ішінде көлікте жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2929,55 +2817,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>