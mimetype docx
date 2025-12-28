--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="83166c0" w14:textId="83166c0">
+    <w:p w14:paraId="40cc1a6" w14:textId="40cc1a6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,304 +103,188 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 27 қарашадағы № 114 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 6 қаңтарда № 10058 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Инвестициялар және даму министрінің 27.04.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасы Заңының 20-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1)-тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Инвестициялар және даму министрінің 27.04.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 242</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...212 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2264,784 +2148,566 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z220" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Аттестаттау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...25 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+    <w:bookmarkStart w:name="z221" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. "Сәулет, қала құрылысы және құрылыс қызметі салаларында сарапшылық жұмыстарды және инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларды аттестаттау" мемлекеттік көрсетілетін қызметті (бұдан әрі - мемлекеттік көрсетілетін қызмет) осы Қағидаларға сәйкес облыстардың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-тармақ</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Жеке тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін осы Қағидаларға 1-қосымшаға сәйкес Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесіне (бұдан әрі-Негізгі талаптар тізбесі) сәйкес құжаттармен бірге өтінішті электрондық құжат нысанында электрондық-цифрлық қолтаңбамен (бұдан әрі – ЭЦҚ) куәландырылған түрде "электрондық үкіметтің" веб-порталы www.egov.kz немесе сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz) (бұдан әрі – ақпараттық жүйе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z223" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызметті көрсету үшін қажетті құжаттар тізбесі негізгі талаптар тізбесінің 8-тармағында айқындалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжаттардың мәліметтері және Бірыңғай жинақтаушы зейнетақы қорынан аударылған міндетті зейнетақы жарналары туралы ақпарат көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсету үшін өтінішті қабылдау туралы мәртебе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда– ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) бұйрығымен.</w:t>
-[...45 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...330 lines deleted...]
-    <w:bookmarkStart w:name="z224" w:id="67"/>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сарапшы аттестатын алған кезде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл тәртібін сипаттау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z267" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z267" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) көрсетілетін қызметті беруші өтінішті осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттармен бірге олар түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="69"/>
+    <w:bookmarkStart w:name="z268" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) көрсетілетін қызметті беруші өтінішті құжаттармен бірге осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген талаптарға (бұдан әрі – Талаптар) сәйкестігін қарайды 5 (бес) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда, көрсетілетін қызметті беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ұсынылған құжаттарды тіркеген сәттен бастап екі жұмыс күні ішінде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және "жеке кабинетке" жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="70"/>
+    <w:bookmarkStart w:name="z269" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарау нәтижелері бойынша көрсетілетін қызметті берушінің бұйрығымен көрсетілетін қызметті алушыға қатысты ресімделген мынадай шешімдер бекітіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z270" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z270" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тестілеуге жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z271" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z271" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тестілеуге жіберілмеген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші құжаттарды тапсырған күннен бастап 5 (бес) жұмыс күні ішінде көрсетілетін қызметті алушының "жеке кабинетіне" тестілеуге жіберу туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3070,90 +2736,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама осы тармақта көрсетілген мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші тестілеуге жіберу туралы шешімді немесе мемлекеттік қызметті көрсетуден дәлелді бас тартуды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z272" w:id="73"/>
+    <w:bookmarkStart w:name="z272" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 7 (жеті) жұмыс күн ішінде тестілеу өткізіледі. Көрсетілетін қызмет беруші тестілеу күні өтініш берушіні тесттің нәтижесімен таныстырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z273" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z273" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көрсетілетін қызметті беруші негізгі талаптар тізбесінің 9-тармағында сәйкес 2 (екі) жұмыс күн ішінде сарапшының аттестатын немесе дәлелді бас тартуды рәсімдейді, қол қояды және "жеке кабинетке" жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3172,70 +2838,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="75"/>
+    <w:bookmarkStart w:name="z232" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тестілеу келесі талаптар мен рәсімдерді көздейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушінің таңдауы бойынша мемлекеттік немесе орыс тілдерінде автоматтандырылған компьютерлік тәсілмен тестілеуді өткізу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3570,230 +3236,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="76"/>
+    <w:bookmarkStart w:name="z274" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1.Тестілеуді өткізу кезінде техникалық жарақтандыру жөніндегі ең аз техникалық талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z275" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z275" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тестілеуді өткізу кезінде емтихан тапсырушы тұлғалар жеке басын куәландыратын құжатты ұсыну бойынша сәйкестендіруден өтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z276" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z276" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тестілеу кезінде қолмен немесе жақтау түріндегі металл детекторлар қолданылады. Тестілеуге іске қосу кезінде металл іздегіштерді қолдану тестілеуді өткізу кезінде емтихан алушылардың қауіпсіздігін қамтамасыз ету шеңберінде, сондай-ақ олардың ғимаратқа байланыс құралдарын, электрондық-есептеу техникасын, фото -, аудио - және бейнеаппаратураны, анықтамалық материалдарды, жазбаша жазбаларды және ақпаратты сақтау мен берудің өзге де құралдарын алып келуіне жол бермеу шеңберінде жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z277" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z277" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тестілеуді бастау үшін емтихан тапсырушы биометриялық сәйкестендіру арқылы жеке басын растауы тиіс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z278" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z278" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тестілеу залдары жұмыс станцияларымен (кемінде Intel Core i3 процессоры, кемінде 4 Гб жедел жады), үй-жайларды кондиционерлеу жүйелерімен, диспенсермен, күту залымен жабдықталады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z279" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z279" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әрбір жұмыс станциясында тестілеу процесінің бейнежазбасын жүргізу үшін веб-камералармен жабдықталады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z280" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z280" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тестілеу залы заманауи цифрлық бейне және аудио бақылау жүйесімен жабдықталады. Тестілеуді өткізудің ашықтығы мен объективтілігін қамтамасыз ету үшін аудитория өткізу пункттерінде жалпы бейнебақылау жүйесімен қамтамасыз етіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z281" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z281" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тестілеу залы басып шығару мүмкіндігі бар принтер орнатылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z282" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z282" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тестілеу залы басқарылатын коммутатормен және жергілікті желімен жабдықталады және ақпараттық қауіпсіздік талаптарына сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3812,384 +3478,384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="85"/>
+    <w:bookmarkStart w:name="z241" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Қағидалардың 16-тармағында көрсетілген жағдайларда сарапшы аттестатын қайта ресімдеу кезінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылдарының сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z242" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z242" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті беруші өтінішті осы Қағидалардың 12-тармағының 2) және 3) тармақшаларында көрсетілген құжаттармен бірге олар түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="87"/>
+    <w:bookmarkStart w:name="z243" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) көрсетілетін қызметті беруші өтінішті құжаттармен қарайды, ресімдейді, қол қояды және көрсетілетін қызметті алушының "жеке кабинетіне" жолдайды - 2 (екі) жұмыс күні ішінде. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке басты куәландыратын құжаттардың мәліметтері көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы ақпараттық жүйелерден ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="88"/>
+    <w:bookmarkStart w:name="z244" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Сарапшының аттестаты мынадай жағдайларда қайта ресімдеуге жатады::</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z245" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z245" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғаның тегі, аты, әкесінің аты (ол болған кезде) өзгерген;;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z246" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z246" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қағаз аттестатын қолданылу мерзімі көрсетілмей электрондық аттестатқа ауыстыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z247" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z247" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық аттестатты мерзімі жоқ электрондық аттестатқа ауыстыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z248" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z248" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z249" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z249" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аттестатталған сарапшылар туралы ақпарат уәкілетті органның ресми интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z250" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z250" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Сарапшының аттестаты "электрондық үкімет" веб-порталында жарияланады: www.egov.kz осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті берушінің бұйрығына қол қойылған күннен бастап бес жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z251" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z251" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Сәулет, қала құрылысы және құрылыс қызметі саласында инжинирингтік қызметтерді (авторлық және техникалық сауығу) жүзеге асыру құқығына аттестатты неғұрлым жоғары жауапкершілік деңгейінің бір бөлімі бойынша алған кезде жауапкершілік деңгейінің төмен бөлігіндегі сол аттестаты жарамсыз деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z252" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z252" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z253" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z253" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселелері бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4410,168 +4076,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23. Алып тасталды - ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...116 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -4621,173 +4169,173 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сәулет, қала құрылысы және </w:t>
+              <w:t>Сәулет, қала құрылысы және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылыс қызметі саласындағы </w:t>
+              <w:t>құрылыс қызметі саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сараптама жұмыстарын және </w:t>
+              <w:t>сараптама жұмыстарын және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">инжинирингтік көрсетілетін </w:t>
+              <w:t>инжинирингтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтерді жүзеге асыратын </w:t>
+              <w:t>қызметтерді жүзеге асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сарапшыларды аттестаттау </w:t>
+              <w:t>сарапшыларды аттестаттау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 19.05.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4813,141 +4361,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Сәулет, қала құрылысы және құрылыс қызметі салаларында сарапшылық жұмыстарды және инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларды аттестаттау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Сәулет, қала құрылысы және құрылыс қызметі салаларында сарапшылық жұмыстарды және инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларды аттестаттау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның тегі, аты, әкесінің аты (бар болса) өзгерген кезде, қағаз аттестатты электрондық аттестатқа ауыстырған кезде қолданылу мерзімі көрсетілмей аттестатты қайта ресімдеу;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қала құрылысы, жобалау алдындағы және жобалау-сметалық құжаттаманы сараптау бойынша сараптамалық жұмыстарды жүзеге асыратын сарапшыларды аттестаттау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қала құрылысы, жобалау алдындағы және жобалау-сметалық құжаттамаларға сараптама;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық қадағалау бойынша инжинирингтік қызметтерді жүзеге асыратын сарапшыларды аттестаттау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Техникалық қадағалау;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Авторлық қадағалау бойынша инжинирингтік қызметтерді жүзеге асыратын сарапшыларды аттестаттау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Авторлық қадағалау;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғимараттар мен құрылыстардың сенімділігі мен тұрақтылығын техникалық тексеру бойынша сараптамалық жұмыстарды жүзеге асыратын сарапшыларды аттестаттау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық тексеру.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұлғаның тегі, аты, әкесінің аты (бар болса) өзгерген кезде аттестатты қайта ресімдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5132,1366 +4740,1388 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық үкіметтің" веб-порталы: www.egov.kz.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...89 lines deleted...]
-2) жеке тұлғаның тегі, аты, әкесінің аты (ол болған кезде) өзгерген кезде, қағаз аттестатын электрондық аттестатқа қолдану мерзімі көрсетілмей ауыстырған кезде – 3 жұмыс күні.</w:t>
+Сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық түрде (толық автоматтандырылған)</w:t>
+1) аттестатты беру – 15 жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке тұлғаның тегі, аты, әкесінің аты (ол болған кезде) өзгерген кезде – 3 жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нәтижесі</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәулет, қала құрылысы және құрылыс қызметі саласында сараптамалық жұмыстар мен инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларға аттестат беру немесе қайта рәсімдеу, не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап беру болып табылады.</w:t>
-[...17 lines deleted...]
-Мемлекеттік көрсетілетін қызметтің көрсету нәтижесін ұсыну нысаны: электрондық түрде.</w:t>
+Электрондық түрде (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет тегін негізде көрсетіледі</w:t>
+Сәулет, қала құрылысы және құрылыс қызметі саласында сараптамалық жұмыстар мен инжинирингтік көрсетілетін қызметтерді жүзеге асыратын сарапшыларға аттестат беру немесе қайта рәсімдеу, не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап беру болып табылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтің көрсету нәтижесін ұсыну нысаны: электрондық түрде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Көрсетілетін қызметті берушінің жұмыс графигі </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің жұмыс кестесі – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда сағат 09.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
-[...17 lines deleted...]
-2) порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
+Мемлекеттік көрсетілетін қызмет тегін негізде көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі </w:t>
+              <w:t>
+көрсетілетін қызметті берушінің, ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) қызметті алған кезде: </w:t>
+1) көрсетілетін қызметті берушілер – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі-Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, түскі үзіліспен сағат 13.00-ден 14.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша өтініш берушінің электрондық-цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
-[...233 lines deleted...]
-аттестаттың электрондық көшірмесі.</w:t>
+2) порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздер</w:t>
+мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+1) қызметті алған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берушінің электрондық-цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің теріс қорытындысы;</w:t>
+жеке басын куәландыратын құжат – өтініш берушінің жеке басын сәйкестендіру үшін (тестілеуге жіберу кезінде ұсынылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+техникалық және авторлық қадағалау, ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық тексеру сарапшы ретінде аттестаттау үшін, жоғары кәсіптік білімі туралы дипломның электрондық көшірмесі (ғылыми дәрежесі және ғылыми атағы болған жағдайда, растайтын құжаттың электрондық көшірмесі) немесе шетел азаматтары үшін білім туралы құжаттың және оның қосымшасының заңдастырылған немесе апостильденген электрондық көшірмесі және білім туралы құжаттың және оның қосымшасының, мөрдің аудармасын қоса алғанда нотариалды куәландырылған аудармасы (егер құжат толығымен шет тілінде болса);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады;</w:t>
+қала құрылысы, жобалау алдындағы және жобалау-сметалық құжаттамаларға сараптама бойынша сарапшы ретінде аттестаттау үшін, қала құрылысы, жобалау-сметалық құжаттаманың тиісті бөлімдері бойынша жоғары кәсіптік білімі туралы дипломның электрондық көшірмесі (ғылыми дәрежесі және ғылыми атағы болған жағдайда, растайтын құжаттың электрондық көшірмесі) немесе шетел азаматтары үшін білім туралы құжаттың және оның қосымшасының заңдастырылған немесе апостильденген электрондық көшірмесі және білім туралы құжаттың және оның қосымшасының, мөрдің аудармасын қоса алғанда нотариалды куәландырылған аудармасы (егер құжат толығымен шет тілінде болса);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) өтініш беруші тестілеуден өту кезінде шекті деңгейде төмен баға алған жағдайларда.</w:t>
+Бірыңғай жинақтаушы зейнетақы қорынан аударылған міндетті зейнетақы жарналары туралы үзінді көшірме, еңбек кітапшасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек кітапшасы болмаған жағдайда келесі құжаттардың бірін ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыс берушінің оны тоқтату күні мен негіздемесі туралы белгісі бар еңбек шартының электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+еңбек шартын жасау және тоқтату негізінде еңбек қатынастарының туындауын және тоқтатылуын растайтын жұмыс берушінің актісінен үзіндінің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қызметкердің еңбек қызметі туралы мәліметтері бар мұрағаттық анықтаманың электрондық көшірмесі. Шетел азаматтары үшін еңбек қызметін растайтын құжаттың заңдастырылған немесе апостильденген электрондық көшірмесі және құжаттың, мөрдің аудармасын қоса алғанда нотариалды куәландырылған аудармасы (егер құжат толығымен шет тілінде болса).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке тұлғаның тегі, аты, әкесінің аты (ол болған кезде) өзгеруіне байланысты қайта ресімдеу кезінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша өтініш берушінің электрондық-цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтер көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Министрліктің: www.kds.mііd.gov.kz, көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің теріс қорытындысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) өтініш беруші тестілеуден өту кезінде шекті деңгейде төмен баға алған жағдайларда.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің анықтамалық қызметтерінің байланыс телефондары сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органның және көрсетілетін қызметті берушінің интернет-ресурстарында www.gov.kz орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>