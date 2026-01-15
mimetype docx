--- v0 (2025-10-01)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2888266" w14:textId="2888266">
+    <w:p w14:paraId="bd870ad" w14:textId="bd870ad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -740,1045 +740,1187 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік көрсетілетін қызметтер тізілімін жүргізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 01.04.2024 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 188/НҚ</w:t>
+        <w:t>№ 614/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z77" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkStart w:name="z104" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы мемлекеттік көрсетілетін қызметтер тізілімін жүргізу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 12-бабының </w:t>
+      1. Осы Мемлекеттік көрсетілетін қызметтер тізілімін жүргізу қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 12-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленген және жасырын мемлекеттік көрсетілетін қызметтерді анықтау және оларды мемлекеттік көрсетілетін қызметтердің тізіліміне енгізу тәртібін қосқанда, мемлекеттік көрсетілетін қызметтер тізілімін жүргізу тәртібін айқындайды. </w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген және жасырын мемлекеттік көрсетілетін қызметтерді анықтау және оларды мемлекеттік көрсетілетін қызметтердің тізіліміне енгізу тәртібін қоса алғанда, мемлекеттік көрсетілетін қызметтер тізілімін жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkStart w:name="z105" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қағидаларда мынадай анықтамалар пайдаланылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkStart w:name="z106" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) жасырын мемлкеттік қызмет – мемлекеттік қызмет өлшемшарттарына жауап беретін, бірақ мемлекеттік көрсетілетін қызметтер тізіліміне енгізілмеген мемлекеттік функция; </w:t>
+        <w:t>
+      1) жасырын мемлекеттік көрсетілетін қызмет – мемлекеттік көрсетілетін қызмет өлшемшарттарына сай келетін, бірақ мемлекеттік көрсетілетін қызметтер тізіліміне енгізілмеген мемлекеттік функция;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z107" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkStart w:name="z108" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkStart w:name="z109" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) қоғамдық маңызы бар көрсетілетін қызмет – үздіксіз негізде жүзеге асырылатын және қоғамның заңды мүдделерін қанағаттандыруға бағытталған мемлекеттік көрсетілетін қызмет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z110" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініші бойынша немесе өтінішінсіз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды немесе олардың жиынтығын іске асыру нысандарының бірі;</w:t>
+      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z111" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) мемлекеттік қызметтер көрсету саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – мемлекеттік қызметтер көрсету саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      6) мемлекеттік қызметтер көрсету саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – мемлекеттік қызметтер көрсету саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z112" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) мемлекеттік көрсетілетін қызметтер тізілімі (бұдан әрі – тізілім) – мемлекеттік көрсетілетін қызметтердің сыныпталған тізбесі.</w:t>
-[...19 lines deleted...]
-      3. Уәкілетті органның тізілімді жүргізудің және жасырын мемлекеттік көрсетілетін қызметтерді анықтаудың негізгі міндеті мемлекеттік көрсетілетін қызметтерді, жасырын мемлекеттік қызметтерді есепке алу және тізілімге енгізу, көрсетілетін мемлекеттік қызмет шеңберінде тиісті жағдайды нақтылау үшін электрондық үкімет веб-порталында мемлекеттік көрсетілетін қызметтер туралы, оның ішінде мемлекеттік қызметтің кіші түрлері туралы негізгі мәліметтерге қол жеткізуді қамтамасыз ету болып табылады.</w:t>
+      7) мемлекеттік көрсетілетін қызметтер тізілімі (бұдан әрі – тізілім) – мемлекеттік көрсетілетін қызметтердің сыныпталған тізбесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z113" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Тізілім мемлекеттік және орыс тілдерінде осы Қағидаларға </w:t>
+      3. Тізілім қазақ және орыс тілдерінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkStart w:name="z114" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Тізілімнің сыныпталуы мыналардан тұрады:</w:t>
+      4. Тізілімнің сыныптамасы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z115" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қоғамдық қатынастар салаларына байланысты мемлекеттік көрсетілетін қызметтерді топтастыру болып табылатын бөлімдер;</w:t>
+      1) қоғамдық қатынастар салаларына байланысты мемлекеттік көрсетілетін қызметтердің топтамасын білдіретін бөлімдерден;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z116" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көрсетілетін қызметті алушының өмірлік жағдайларына байланысты мемлекеттік көрсетілетін қызметтерді топтастыру болып табылатын кіші бөлімдер;</w:t>
+      2) көрсетілетін қызметті алушының өмірлік жағдайларына байланысты мемлекеттік көрсетілетін қызметтердің топтамасын білдіретін кіші бөлімдерден;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkStart w:name="z117" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) мемлекеттік көрсетілетін қызметтердің реттік нөмірлері арқылы жүзеге асырылады.</w:t>
+      3) мемлекеттік көрсетілетін қызметтердің реттік нөмірлерінен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z118" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Мемлекеттік көрсетілетін қызметке тізілім сыныптамасының барлық деңгейлерінің кодтарынан қалыптастырылатын цифрлық белгі түріндегі сегіз таңбалы жеке жіктелген код беріледі.</w:t>
+      5. Мемлекеттік көрсетілетін қызметке тізілім сыныптамасының барлық деңгейдегі кодтарынан қалыптастырылатын цифрлық белгілер түріндегі сегізмәнді жеке сыныпталған код беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkStart w:name="z119" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Мемлекеттік көрсетілетін қызметтің сыныпталған кодын уәкілетті орган береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z120" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сыныпталған код үш бөліктен тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z121" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бірінші бөлім – 3 цифрдан тұрады және қоғамдық қатынастар саласының бөлімін білдіреді;</w:t>
+      1) бірінші бөлік – 3 цифрдан тұрады және қоғамдық қатынастар саласындағы бөлімді білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z122" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екінші бөлік – 2 цифрдан тұрады және көрсетілетін қызметті алушының өмірлік жағдайына байланысты кіші бөлімді білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z123" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үшінші бөлік – 3 цифрдан тұрады және кіші бөлім ішіндегі мемлекеттік көрсетілетін қызметтің реттік нөмірін білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z124" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) екінші бөлім – 2 цифрдан тұрады және көрсетілетін қызметті алушының өмірлік жағдайына байланысты кіші бөлімді білдіреді; </w:t>
-[...59 lines deleted...]
-      8. Мемлекеттік көрсетілетін қызметтер тізілімінің сыныптамасы осы Қағидаларға </w:t>
+      7. Мемлекеттік көрсетілетін қызметтер тізілімінің сыныптамасы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылым бойынша жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkStart w:name="z125" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тізілімді жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkStart w:name="z126" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Тізілімді жүргізу тәртібі мынадай кезеңдерді қамтиды:</w:t>
+      8. Тізілімді жүргізу тәртібі мынадай кезеңдерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkStart w:name="z127" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік көрсетілетін қызметтерді анықтау тұрғысынан талдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkStart w:name="z128" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жүргізілген талдау негізінде тізілімге енгізуге немесе тізілімнен шығаруға жататын мемлекеттік көрсетілетін қызметтер тізбесін айқындау;</w:t>
+      2) жүргізілген талдау негізінде тізілімге енгізуге немесе тізілімнен алып тастауға жататын мемлекеттік көрсетілетін қызметтер тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkStart w:name="z129" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) анықталған мемлекеттік көрсетілетін қызметтерді енгізу немесе тізілімінен алып тастау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkStart w:name="z130" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тізілімнің мазмұнын өзектілендіру (жаңарту) мәніне мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z131" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) тізілімге енгізілген мемлекеттік көрсетілетін қызметтер туралы мәліметтерді "электрондық үкімет" веб-порталында өзектендіру (жаңарту).</w:t>
+      5) тізілімге енгізілген мемлекеттік көрсетілетін қызметтер туралы мәліметтерді "электрондық үкіметтің" веб-порталында өзектілендіру (жаңарту).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkStart w:name="z132" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімге өзгерістер және (немесе) толықтырулар енгізу үшін орталық мемлекеттік органдар және жергілікті атқарушы органдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkStart w:name="z133" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жыл сайын тізілімдегі мемлекеттік көрсетілетін қызметтер туралы мәліметтерге түгендеу жүргізеді;</w:t>
+      1) тоқсан сайын тізілімдегі мемлекеттік көрсетілетін қызметтер туралы мәліметтерге түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkStart w:name="z134" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы Қағидаларға </w:t>
+      2) мемлекеттік көрсетілетін қызметтер бөлігінде тоқсан сайын есепті кезеңнен кейінгі айдың бесінші күнінен кешіктірмей осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша тізілімге мемлекеттік және орыс тілдерінде өзгерістерді және (немесе) осы Қағидаларға </w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тізілімге қазақ және орыс тілдерінде өзгерістер енгізу жөніндегі ұсыныстарды және (немесе) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – 4-қосымша) сәйкес нысан бойынша тізілімге мемлекеттік және орыс тілдерінде толықтырулар енгізу жөніндегі ұсыныстарды уәкілетті органға ұсынады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қазақ және орыс тілдерінде тізілімге толықтырулар енгізу жөніндегі мәліметтерді уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z135" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) қоғамдық маңызы бар көрсетілетін қызметтер бөлігінде тоқсан сайын есепті кезеңнен кейінгі айдың бесінші күнінен кешіктірмей осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қазақ және орыс тілдерінде тізілімге өзгерістер енгізу жөніндегі ұсыныстарды және (немесе) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қазақ және орыс тілдерінде тізілімге толықтырулар енгізу жөніндегі мәліметтерді уәкілетті органға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z136" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган тоқсан сайын есепті кезеңнен кейінгі айдың отызыншы күнінен кешіктірмей тізілімге өзгерістер және (немесе) толықтырулар енгізуді жүзеге асырады не мемлекеттік органға келіп түскен ұсыныстарды қабылдамау туралы дәлелді қорытынды жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z137" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қоғамдық маңызы бар көрсетілетін қызмет осы Қағидаларда белгіленген тәртіппен бір мезгілде мынадай өлшемшарттарға сәйкес келген кезде тізілімге енгізілуге жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z138" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) үздіксіз негізде жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z139" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке болып табылмайды және қоғамның заңды мүдделерін қанағаттандыруға бағытталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z140" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қоғамның тыныс-тіршілігін қамтамасыз етуде әлеуметтік маңызы бар сипатқа ие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z141" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бүкіл қоғам үшін не адамдардың кең ауқымы үшін қолжетімді болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z142" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уәкілетті орган "электрондық үкімет" веб-порталында тоқсан сайын, есепті кезеңнен кейінгі айдың 10-күніне дейін орталық мемлекеттік органдардан және жергілікті атқарушы органдардан тізілімге өзгерістер және (немесе) толықтырулар енгізу туралы ұсыныстардың түсуіне қарай, мемлекеттік көрсетілетін қызметтер туралы егжей-тегжейлі ақпаратты және өзге де түйінді мәліметтерді (көрсетілетін қызметті алушы туралы мәліметтер, көрсетілетін қызметті берушінің атауы, өтініштерді қабылдауды және мемлекеттік қызмет көрсету нәтижелерін беруді жүзеге асыратын ұйымдарының немесе ақпараттандыру объектілерінің атаулары, мемлекеттік қызмет көрсетудің ақылы не тегін болуы, мемлекеттік қызмет көрсету нысаны, мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің атауы) орналастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z143" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тізілім мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен және мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті органмен келісу бойынша бекітіледі немесе оған өзгерістер және (немесе) толықтырулар енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z144" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Жасырын мемлекеттік қызметтерді анықтау тәртібі және оларды мемлекеттік көрсетілетін қызметтер тізіліміне енгізу</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Жасырын мемлекеттік көрсетілетін қызметтерді анықтау тәртібі және оларды мемлекеттік көрсетілетін қызметтер тізіліміне енгізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z145" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Жасырын мемлекеттік көрсетілетін қызметтің мемлекеттік функцияны іске асыру шеңберінде құжат түрінде және (немесе) іс-әрекет түрінде нақты, үлгілік нысаны болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z146" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Жасырын мемлекеттік көрсетілетін қызметтерді анықтау тәртібі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z147" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Жасырын мемлекеттік қызметтің мемлекеттік функцияны іске асыру шеңберінде құжат түрінде және (немесе) іс-әрекет түрінде нақты, үлгілік нысаны болады.</w:t>
+      1) орталық мемлекеттік органдар және жергілікті атқарушы органдар тоқсан сайын жеке және заңды тұлғалардың келіп түскен өтініштеріне жасырын мемлекеттік көрсетілетін қызметтерді анықтау мәніне талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z148" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Жасырын мемлекеттік қызметтерді анықтау тәртібі:</w:t>
+      Орталық мемлекеттік органдар және жергілікті атқарушы органдар жасырын мемлекеттік көрсетілетін қызметтерді талдау негізінде мемлекеттік көрсетілетін қызметтер тізіліміне ұсыныстар қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z149" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) орталық мемлекеттік органдар және жергілікті атқарушы органдар әр жартыжылдық сайын жеке және заңды тұлғалардың келіп түскен өтініштеріне жасырын мемлекеттік көрсетілетін қызметтерді анықтау мәніне талдау жүргізеді;</w:t>
+      2) орталық мемлекеттік органдар және жергілікті атқарушы органдар тоқсан сайын есепті кезеңнен кейінгі айдың бесінші күнінен кешіктірмей уәкілетті органға Қағидаларға 4-қосымшаға сәйкес нысан бойынша қазақ және орыс тілдеріндегі тізіліміне толықтырулар енгізу жөніндегі ұсыныстарды ұсынады, ол бойынша тоқсан сайын есепті кезеңнен кейінгі айдың отызыншы күнінен кешіктірмей жасырын мемлекеттік көрсетілетін қызметті енгізіп, уәкілетті орган мүдделі мемлекеттік органдар және жергілікті атқарушы органдармен одан әрі келісу үшін тізілім жобасын әзірлейді не мемлекеттік органға келіп түскен ұсыныстарды қабылдамау туралы дәлелді қорытынды жолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...58 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z150" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жасырын мемлекеттік көрсетілетін қызметті тізілімге енгізу бойынша келіспеушілектер болған жағдайда, жасырын мемлекеттік көрсетілетін қызметті енгізу мәселесі оны тізілімге енгізудің орындылығы немесе орынсыздығы бойынша ұсыныстар шығару үшін Мемлекеттік қызметтер көрсету мәселелері жөніндегі ведомствоаралық комиссияға шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1838,152 +1980,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметтер тізілімін жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkStart w:name="z152" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік көрсетілетін қызметтер тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1999,231 +2076,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті және (немесе) мемлекеттік көрсетілетін қызметтің кіші түрін көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлейтін орталық мемлекеттік органның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметті және (немесе) мемлекеттік көрсетілетін қызметтің кіші түрін көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлейтін орталық мемлекеттік органның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2411,50 +2548,92 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -2599,50 +2778,289 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3100,87 +3518,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметтер тізілімін жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkStart w:name="z154" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік көрсетілетін қызметтер тізілімінің сыныптамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3194,51 +3599,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлім</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бөлім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3384,258 +3799,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...97 lines deleted...]
-Құжаттау</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жеке басты куәландыратын құжаттарды/анықтамаларды және мәртебені алу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3664,305 +4012,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00102</w:t>
-[...35 lines deleted...]
-Кәсіпкерлік қызметпен байланысты емес құқықтарды қамтамасыз ететін құжаттарды алу</w:t>
+00101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басты куәландыратын құжаттарды/анықтамаларды және мәртебені алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Жеке тұлғалар мен азаматтарды тіркеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпкерлік қызметпен байланысты емес құқықтарды қамтамасыз ететін құжаттарды алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жеке тұлғаларды тіркеу/ мәртебесін, тұрғылықты жерін, тегін, атын, әкесінің атын (ол болған жағдайда) және басқа деректерін ауыстыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғалар мен азаматтарды тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3991,87 +4339,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00202</w:t>
-[...35 lines deleted...]
-Шетелде болу</w:t>
+00201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаларды тіркеу/ мәртебесін, тұрғылықты жерін, тегін, атын, әкесінің атын (ол болған жағдайда) және басқа деректерін ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4100,523 +4448,523 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00203</w:t>
-[...35 lines deleted...]
-Қазақстан Республикасына келу</w:t>
+00202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шетелде болу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Жеке және заңды тұлғаларды тіркеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасына келу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жеке және заңды тұлғаларды тіркеу саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке және заңды тұлғаларды тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Отбасы және балалар</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке және заңды тұлғаларды тіркеу саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Отбасын құру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отбасы және балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4645,87 +4993,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00402</w:t>
-[...35 lines deleted...]
-Туу, қамқоршылық және бала тәрбиелеу</w:t>
+00401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отбасын құру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4754,87 +5102,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00403</w:t>
-[...35 lines deleted...]
-Балаға білім беру және бос уақыт</w:t>
+00402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туу, қамқоршылық және бала тәрбиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4863,305 +5211,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00404</w:t>
-[...35 lines deleted...]
-Баланы бағу және қамтамасыз ету</w:t>
+00403</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаға білім беру және бос уақыт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Мүлік және зияткерлік меншік құқығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баланы бағу және қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жылжымалы мүлік</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлік және зияткерлік меншік құқығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5190,87 +5538,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00502</w:t>
-[...35 lines deleted...]
-Жылжымайтын мүлік</w:t>
+00501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылжымалы мүлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5299,87 +5647,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00503</w:t>
-[...35 lines deleted...]
-Зияткерлік меншік</w:t>
+00502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылжымайтын мүлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5408,305 +5756,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00504</w:t>
-[...35 lines deleted...]
-Мүлік және зияткерлік меншік құқығы саласындағы басқа мемлекеттік көрсетілетін қызметтер</w:t>
+00503</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зияткерлік меншік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Денсаулық, медицина және денсаулық сақтау</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00504</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлік және зияткерлік меншік құқығы саласындағы басқа мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Медициналық көмек</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық, медицина және денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5735,87 +6083,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00602</w:t>
-[...35 lines deleted...]
-Денсаулық сақтау саласындағы рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+00601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық көмек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5844,87 +6192,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00603</w:t>
-[...35 lines deleted...]
-Халықтың санитариялық-эпидемиологиялық салауаттылығы</w:t>
+00602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау саласындағы рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5953,305 +6301,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00604</w:t>
-[...35 lines deleted...]
-Денсаулық, медицина және денсаулық сақтау саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+00603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықтың санитариялық-эпидемиологиялық салауаттылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Еңбек және халықты әлеуметтік қорғау</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық, медицина және денсаулық сақтау саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Халықты жұмыспен қамту</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек және халықты әлеуметтік қорғау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6280,87 +6628,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00702</w:t>
-[...35 lines deleted...]
-Халықты жұмыспен қамту саласында рұқсат құжаттарын беру</w:t>
+00701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықты жұмыспен қамту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6389,87 +6737,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00703</w:t>
-[...35 lines deleted...]
-Әлеуметтік қамсыздандыру, оның ішінде зейнетақымен қамсыздандыру және әлеуметтік сақтандыру</w:t>
+00702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықты жұмыспен қамту саласында рұқсат құжаттарын беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6498,87 +6846,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00704</w:t>
-[...35 lines deleted...]
-Азаматтардың жекелеген санаттарын әлеуметтік қолдау</w:t>
+00703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік қамсыздандыру, оның ішінде зейнетақымен қамсыздандыру және әлеуметтік сақтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6607,87 +6955,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00705</w:t>
-[...35 lines deleted...]
-Әлеуметтік көрсетілетін қызметтер</w:t>
+00704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азаматтардың жекелеген санаттарын әлеуметтік қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6716,305 +7064,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00706</w:t>
-[...35 lines deleted...]
-Еңбек және халықты әлеуметтік қорғау саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+00705</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Білім және ғылым</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек және халықты әлеуметтік қорғау саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жоғары және жоғары оқу орнынан кейінгі білім</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім және ғылым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7043,87 +7391,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00802</w:t>
-[...35 lines deleted...]
-Білім және ғылым саласында рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+00801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары және жоғары оқу орнынан кейінгі білім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7152,305 +7500,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00803</w:t>
-[...35 lines deleted...]
-Білім және ғылым саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+00802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім және ғылым саласында рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Бизнес және кәсіпкерлік</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00803</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім және ғылым саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Бизнестің немесе жеке кәсіпкерліктің басталуы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес және кәсіпкерлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7479,87 +7827,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00902</w:t>
-[...35 lines deleted...]
-Жеке кәсіпкер немесе заңды тұлғаның қызметінің тоқтауы</w:t>
+00901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнестің немесе жеке кәсіпкерліктің басталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7588,87 +7936,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00903</w:t>
-[...35 lines deleted...]
-Белгілі бір қызмет түрлерімен айналысуға рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+00902</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кәсіпкер немесе заңды тұлғаның қызметінің тоқтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7697,87 +8045,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00904</w:t>
-[...35 lines deleted...]
-Өнімдердің жекелеген түрлерін өндіруге рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+00903</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгілі бір қызмет түрлерімен айналысуға рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7806,87 +8154,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00905</w:t>
-[...35 lines deleted...]
-Өнімдердің жекелеген түрлерін сатып алуға, өткізуге және сақтауға (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) рұқсат ету құжаттарын беру</w:t>
+00904</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнімдердің жекелеген түрлерін өндіруге рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7915,523 +8263,523 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00906</w:t>
-[...35 lines deleted...]
-Кәсіпкерлік қызметті қолдау</w:t>
+00905</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнімдердің жекелеген түрлерін сатып алуға, өткізуге және сақтауға (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) рұқсат ету құжаттарын беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Туризм</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпкерлік қызметті қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Туризм саласындағы өзгеде мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туризм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Көлік және коммуникация</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туризм саласындағы өзгеде мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Автомобиль көлігі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8460,87 +8808,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01102</w:t>
-[...35 lines deleted...]
-Әуе көлігі</w:t>
+01101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8569,87 +8917,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01103</w:t>
-[...35 lines deleted...]
-Теміржол және су көлігі</w:t>
+01102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әуе көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8678,305 +9026,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01104</w:t>
-[...35 lines deleted...]
-Көлік және коммуникациялар саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+01103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теміржол және су көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Қоршаған ортаны және жануарлар дүниесін, табиғи ресурстарды қорғау</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникациялар саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Қоршаған ортаны қорғау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоршаған ортаны және жануарлар дүниесін, табиғи ресурстарды қорғау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9005,87 +9353,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01202</w:t>
-[...35 lines deleted...]
-Су ресурстарын пайдалану</w:t>
+01201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоршаған ортаны қорғау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9114,87 +9462,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01203</w:t>
-[...35 lines deleted...]
-Орман ресурстарын пайдалану</w:t>
+01202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су ресурстарын пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9223,87 +9571,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01204</w:t>
-[...35 lines deleted...]
-Жануарлар дүниесін пайдалану</w:t>
+01203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман ресурстарын пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9332,305 +9680,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01205</w:t>
-[...35 lines deleted...]
-Жер қойнауын пайдалану</w:t>
+01204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануарлар дүниесін пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Ауыл шаруашылығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қойнауын пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Ауыл шаруашылығы саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9659,305 +10007,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01302</w:t>
-[...35 lines deleted...]
-Ауыл шаруашылығы саласында рұқсат құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+01301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Өнеркәсіп, индустрия және технология</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы саласында рұқсат құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Отын және энергетика</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп, индустрия және технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9986,87 +10334,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01402</w:t>
-[...35 lines deleted...]
-Технологиялар</w:t>
+01401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отын және энергетика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10095,87 +10443,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01403</w:t>
-[...35 lines deleted...]
-Өнеркәсіп, индустрия және технологиялар саласындағы рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+01402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технологиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10204,305 +10552,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01404</w:t>
-[...35 lines deleted...]
-Өнеркәсіп, индустрия және технологиялар саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+01403</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп, индустрия және технологиялар саласындағы рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Мұнай-газ саласы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп, индустрия және технологиялар саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Мұнай-газ саласындағы рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай-газ саласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10531,305 +10879,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01502</w:t>
-[...35 lines deleted...]
-Мұнай-газ саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+01501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай-газ саласындағы рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Салықтық әкімшілендіру, бухгалтерлік есеп және қаржылық есеп, аудиторлық қызмет</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай-газ саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Салықтық әкімшілендіру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық әкімшілендіру, бухгалтерлік есеп және қаржылық есеп, аудиторлық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10858,87 +11206,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01602</w:t>
-[...35 lines deleted...]
-Бухгалтерлік есеп және қаржылық есептілік</w:t>
+01601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық әкімшілендіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10967,305 +11315,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01603</w:t>
-[...35 lines deleted...]
-Аудиторлық қызмет</w:t>
+01602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлік есеп және қаржылық есептілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Қаржы нарығын және қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудиторлық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Банктер қызметі саласында рұқсат беру құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы нарығын және қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11294,87 +11642,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01702</w:t>
-[...35 lines deleted...]
-Зейнетақы қорларының қызметі саласында рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+01701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктер қызметі саласында рұқсат беру құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11403,87 +11751,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01703</w:t>
-[...35 lines deleted...]
-Сақтандыру қызметтері нарығы саласында рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+01702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зейнетақы қорларының қызметі саласында рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11512,523 +11860,523 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01704</w:t>
-[...35 lines deleted...]
-Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+01703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сақтандыру қызметтері нарығы саласында рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Кеден ісі</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Кеден ісі саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеден ісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Қауіпсіздік, қорғаныс және сот әділдігі</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеден ісі саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Қауіпсіздік, сот әділдігі және қорғаныс саласында рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қауіпсіздік, қорғаныс және сот әділдігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12057,741 +12405,741 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01902</w:t>
-[...35 lines deleted...]
-Қауіпсіздік, сот әділдігі және қорғаныс саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+01901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қауіпсіздік, сот әділдігі және қорғаныс саласында рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Бәсекелестікті қорғау</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01902</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қауіпсіздік, сот әділдігі және қорғаныс саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Бәсекелестікті қорғау саласында өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәсекелестікті қорғау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Дін</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәсекелестікті қорғау саласында өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Дін саласында өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Жер қатынастары, геодезия және картография</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дін саласында өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жер қатынастары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қатынастары, геодезия және картография</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12820,305 +13168,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02202</w:t>
-[...35 lines deleted...]
-Геодезия және картография</w:t>
+02201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер қатынастары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Мәдениет, ақпарат және байланыс</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геодезия және картография</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Байланысты ұйымдастыру және ұсыну саласында рұқсат беру құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, ақпарат және байланыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13147,87 +13495,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02302</w:t>
-[...35 lines deleted...]
-Ақпарат</w:t>
+02301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланысты ұйымдастыру және ұсыну саласында рұқсат беру құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13256,741 +13604,741 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02303</w:t>
-[...35 lines deleted...]
-Мәдениет</w:t>
+02302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Төтенше жағдайлар</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Төтенше жағдайлар саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төтенше жағдайлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Дене шынықтыру және спорт</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төтенше жағдайлар саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Дене шынықтыру және спорт саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дене шынықтыру және спорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Сәулет-қала құрылысы қызметі</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дене шынықтыру және спорт саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Сәулет және қала құрылысы саласында рұқсат ету құжаттарын беру (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет-қала құрылысы қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14019,1177 +14367,1177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02602</w:t>
-[...35 lines deleted...]
-Сәулет-қала құрылысы қызметі саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+02601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет және қала құрылысы саласында рұқсат ету құжаттарын (лицензиялауды, тіркеуді, сертификаттауды қоса алғанда) беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет-қала құрылысы қызметі саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Тұрғын үй-коммуналдық шаруашылық саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Сыртқы саясат және шетел істері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Сыртқы саясат және шетел істері саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыртқы саясат және шетел істері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Табиғи монополияларды реттеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыртқы саясат және шетел істері саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Табиғи монополияларды реттеу саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи монополияларды реттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Мемлекеттік қызмет</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи монополияларды реттеу саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Мемлекеттік қызмет саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Басқа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет саласындағы өзге де мемлекеттік көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Ғарыш кеңістігін пайдалану</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15218,87 +15566,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03102</w:t>
-[...35 lines deleted...]
-Апостиль қою</w:t>
+03101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғарыш кеңістігін пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15327,87 +15675,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03103</w:t>
-[...35 lines deleted...]
-Статистикалық ақпаратты ұсыну</w:t>
+03102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Апостиль қою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15436,87 +15784,1219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+03103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистикалық ақпаратты ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 03104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк кәсiпорындар және мемлекеттік меншік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаларды мемлекетік қолдау шаралары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік бағыт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет және ақпарат салаларындағы қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоршаған ортаны қорғау саласындағы қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+033</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық бағыт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік саласындағы қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп және ТКШ салаларындағы қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отын-энергетика кешенін дамыту саласындағы қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәсекелестікті қорғау және дамыту саласындағы қоғамдық маңызы бар көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15581,87 +17061,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметтер тізілімін жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>қағидаларына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkStart w:name="z156" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік көрсетілетін қызметтер тізіліміне өзгерістер енгізу жөніндегі ұсыныстар нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15676,195 +17143,245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құрылымдық элемент</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрылымдық элемент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданыстағы редакция</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолданыстағы редакция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұсынылып отырған редакция</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсынылып отырған редакция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздеме (нормативтік құқықтық актіге және (немесе) Қазақстан Республикасы Үкіметінің тапсырмасына сілтеме (болған жағдайда)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негіздеме (нормативтік құқықтық актіге және (немесе) Қазақстан Республикасы Үкіметінің тапсырмасына сілтеме (болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16007,215 +17524,50 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
-          </w:p>
-[...163 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -16609,87 +17961,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметтер тізілімін жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>қағидаларына 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkStart w:name="z158" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік көрсетілетін қызметтер тізіліміне толықтырулар енгізу жөніндегі ұсыныстар нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -16707,303 +18046,383 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушылардың санаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушылардың санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтерді көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлейтін орталық мемлекеттік органның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтерді көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлейтін орталық мемлекеттік органның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініштерді қабылдауды және ресімделген құжаттарды беруді жүзеге асыратын ұйымдар (мемлекеттік қызметтің әрбір кіші түріне)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініштерді қабылдауды және ресімделген құжаттарды беруді жүзеге асыратын ұйымдар (мемлекеттік көрсетілетін қызметтің әрбір кіші түріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақылы болуы (мемлекеттік көрсетілетінқызметтің әрбір кіші түріне)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақылы болуы (мемлекеттік көрсетілетін қызметтің әрбір кіші түріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17785,211 +19204,1039 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметті көрсету нәтижелерінің нысаны (мемлекеттік көрсетілетін қызметтің әрбір кіші түріне)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:tcBorders>
-[...27 lines deleted...]
-        </w:tc>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің ақпараттық жүйесі (қызмет көрсетуге арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметті көрсету тәртібі (құжаттар тізілімі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізілімге толықтырулар енгізу негіздемесі (нормативтік құқықтық актіге және (немесе) Қазақстан Республикасы Үкіметінің тапсырмасына сілтеме (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құқықтық негіздеме</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төлем мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18041,544 +20288,833 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтер тізілімін жүргізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына 5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z161" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve"> Қоғамдық маңызы бар көрсетілетін қызмет бойынша мемлекеттік көрсетілетін қызметтер тізіліміне өзгерістер енгізу жөніндегі ұсыныстар нысаны</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...35 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Мемлекеттік көрсетілетін қызметті көрсету нәтижелерінің нысаны (мемлекеттік көрсетілетін қызметтің әрбір кіші түріне)</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Мемлекеттік көрсетілетін қызметті көрсету тәртібі (болжанатын мерзімдер, құжаттар тізілімі және тағыда басқа)</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрылымдық элемент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Тізілімге толықтырулар енгізу негіздемесі (нормативтік құқықтық актіге және (немесе) Қазақстан Республикасы Үкіметінің тапсырмасына сілтеме (болған жағдайда)</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолданыстағы редакция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсынылып отырған редакция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негіздеме (нормативтік құқықтық актіге және (немесе) Қазақстан Республикасы Үкіметінің тапсырмасына сілтеме (болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құқықтық негіздеме</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-төлем мөлшері</w:t>
-[...40 lines deleted...]
-          <w:p/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -18703,387 +21239,691 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтер тізілімін жүргізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z163" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қоғамдық маңызы бар көрсетілетін қызмет бойынша мемлекеттік көрсетілетін қызметтер тізіліміне толықтырулар енгізуге арналған ұсыныстар нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық маңызы бар көрсетілетін қызметтің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық маңызы бар көрсетілетін қызметтің кіші түрінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті беруші</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -19104,55 +21944,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>