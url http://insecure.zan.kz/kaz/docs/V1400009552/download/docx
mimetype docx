--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2b38b44" w14:textId="2b38b44">
+    <w:p w14:paraId="e02bee0" w14:textId="e02bee0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -535,51 +535,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Төтенше жағдайлар министрінің</w:t>
+              <w:t>Төтенше жағдайлар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2014 жылғы 29 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -594,658 +607,682 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Азаматтық қорғау құралдарына қажеттілікті</w:t>
+        <w:t xml:space="preserve"> Азаматтық қорғау құралдарына қажеттілікті айқындау жөніндегі нұсқаулық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Нұсқаулық жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 522</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Азаматтық қорғау құралдарына қажеттілікті айқындау жөніндегі нұсқаулық (бұдан әрі – Нұсқаулық) "Азаматтық қорғау туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасының халқын қорғауды қамтамасыз ету үшін азаматтық қорғау құралдарын жинақтаудағы қажеттілікті айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Нұсқаулықта мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) азаматтық қорғау құралдары – халықты қорғау және азаматтық қорғау күштерін жарақтандыру үшін қолданылатын материалдық-техникалық мүлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) азаматтық қорғау саласындағы жеке қорғану құралдары (бұдан әрі - жеке қорғану құралдары) - адамды қазіргі заманғы зақымдау құралдарынан қорғауға, сондай-ақ адамдарға қоршаған ортаның қауіпті және зиянды факторларының әсерін алдын алуға немесе азайтуға, сондай-ақ зақымдаушы факторларды жоюға арналған бұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) радиостанция – бұл радиотолқындар арқылы ақпарат беруге және (немесе) оны қабылдауға арналған байланыс құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке медициналық қорғау құралдары – бұл зақымдаудың алдын алу немесе зақымдау факторлары әсерін азайту және күрделенуінің профилактикасы мақсатында төтенше жағдайларда қолдануға арналған дәрі-дәрмектер, материалдар мен арнайы құралдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қосымша патрондар – ішінде химиялық заттары бар, іске қосылған кезде оттегіні бөліп, көміртегінің қос тотығы мен су буын жұтатын тыныс алу мүшелерін жеке қорғану құралдарының жиынтық бұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) радиациялық және химиялық барлау, дозиметриялық бақылау аспаптары – радиация деңгейін және жергілікті жерді, құрылыстарды, жабдықты, көлік пен басқа да объектілерді улағыш және күшті әсер ететін улы заттармен зақымдау дәрежесін анықтауға арналған аспаптар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Азаматтық қорғау құралдарына қажеттілікті анықтау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жеке қорғану құралдарын жинақтау бейбіт және соғыс уақытында қорғалуын қамтамасыз ету үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ықтимал радиациялық, химиялық, бактериологиялық (биологиялық) ластануы (зақымдау) аймақтарының шекараларындағы аумақтарда тұратын және жұмыс істейтін халық үшін - жеке қорғану құралдары олардың жалпы санынан 100%, оның ішінде балалар үшін - 35% есебімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жеке қорғану құралдары запасының талап етілетін саны дәл өлшемді және ақаулықтары бар газқағарларды алмастыруды қамтамасыз ету үшін қажеттіліктен 5%-ға ұлғайтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Халықты қорғауды қамтамасыз ету үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сейсмикалық қауіпті өңірлер үшін он адамға бір алғашқы көмек көрсетуге арналған дәрі қобдишасы, басқа өңірлер үшін жиырма адамға бір алғашқы көмек көрсетуге арналған дәрі қобдишасы есебінен жеке медициналық қорғау құралдарының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықтың жалпы санынан 40% есебімен күшті әсер ететін улы заттардан қорғау үшін жеке қорғау құралдарына қосымша патрондардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиациялық және химиялық барлау, радиациялық және химиялық барлаудың әрбір аумақтық құралымына радиациялық және химиялық мониторингтеудің әрқайсысына бір-бірден есебімен дозиметриялық бақылау аспаптарының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бір азаматтық қорғау құралымына (жасақ, команда, буын, бекет) кемінде екі бірлік тасымалданатын радиостанциялар есебімен байланыс құралдарының қорын жинақтау жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қорғау құралдарының қажетті санын есептеу кезінде екі және одан да көп радиациялық, химиялық немесе бактериологиялық (биологиялық) зақымдау аудандары бір-бірімен қабаттасқанда, есептеуге ең жоғары зақымдалған аудан алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Жеке медициналық қорғау құралдары "Алғашқы көмек көрсетуге арналған дәрі қобдишасының құрамын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 8 қазандағы № ҚР ДСМ-118/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жинақталады (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21399 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жеке медициналық қорғау құралдарымен азаматтық қорғау медициналық құралымдарының әрбір мүшесі қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Азаматтық қорғау құрылымдарының әрбір мүшесі жеке қорғану құралдарымен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қордағы азаматтық қорғау құралдары сақтаудың шекті мерзімі өткеннен кейін немесе ұлттық стандарттарда белгіленген нормативтік көрсеткіштерге сәйкессіздіктер анықталған кезде жаңартылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күнделікті қызметте пайдаланылатын азаматтық қорғау құралдары пайдалану мерзімі өткеннен кейін немесе ұлттық стандарттарда белгіленген нормативтік көрсеткіштерге сәйкессіздіктер анықталған жағдайда жаңартылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...461 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>