--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="92d6d88" w14:textId="92d6d88">
+    <w:p w14:paraId="5900304" w14:textId="5900304">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1851,89 +1851,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы заңды тұлға шыққан елдің шетелдік қадағалау органы Бағалы қағаздар жөніндегі комиссиялардың халықаралық ұйымының Консультациялар беру, ынтымақтасу және ақпаратпен алмасу мәселелері бойынша өзара түсіністік туралы көпжақты меморандумға қол қойған және (немесе) брокерлік және (немесе) дилерлік қызметті қадағалау саласындағы уәкілетті орган мен осы шетелдік қадағалау органы арасында ынтымақтастық және ақпарат алмасу туралы халықаралық келісім бар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Standard &amp; Poor's (Стандард энд Пурс) агенттігінің халықаралық шкаласы бойынша "А-"-тен төмен емес рейтингтік бағасы немесе Moody's Investors Service (Мудис Инвесторс Сервис) немесе Fitch (Фич) агенттіктерінің осыған ұқсас деңгейдегі рейтингтік бағасы бар елде тіркелген заңды тұлға болып табылады, немесе мынадай бір немесе бірнеше халықаралық қаржы қауымдастығына мүшелігі бар: Капитал нарықтарының халықаралық қауымдастығы (ICMA), Валюта және ақша нарықтары кәсібилерінің халықаралық қауымдастығы (ACI the Financial Markets Association), Еуропа қаржы нарықтарының қауымдастығы (AFME), немесе Еуразиялық экономикалық одаққа мүше мемлекеттің аумағында тіркелген болып табылады.</w:t>
+      Standard &amp; Poor's (Стандард энд Пурс) агенттігінің халықаралық шкаласы бойынша "А"-ден төмен емес рейтингтік бағасы немесе Moody's Investors Service (Мудис Инвесторс Сервис) немесе Fitch (Фич) агенттіктерінің осыған ұқсас деңгейдегі рейтингтік бағасы бар елде тіркелген заңды тұлға болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуразиялық экономикалық одаққа мүше мемлекеттің аумағында тіркелген заңды тұлға болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 02.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 38</w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2224,238 +2242,256 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокер және (немесе) дилер брокерлік және (немесе) дилерлік қызметті инвестициялық портфельді басқару жөніндегі қызметпен қоса атқарған кезде, бірінші басшыны қоспағанда, брокердің және (немесе) дилердің лауазымды тұлғасының инвестициялық портфельді басқару жөніндегі қызмет және брокерлік және (немесе) дилерлік қызмет мәселелеріне бір мезгілде жетекшілік етуіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес брокер және (немесе) дилер қызметкерінің валюталық және қор нарықтарында мәмілелер жасау саласында, оның ішінде сенімхат бойынша қызметті жүзеге асыратын үшінші тұлғаларға агенттік қызметтерді ұсынбауынан көрінетін бейбәсекелестік туралы талап көзделеді.</w:t>
+        <w:t>
+      Брокердің және (немесе) дилердің ішкі қағидалары брокер және (немесе) дилер тарапынан брокердің және (немесе) дилердің қызметкерінің мүдделер қақтығысын болғызбау мақсатында валюта және қор нарықтарында мәмілелер жасау саласындағы қызметті жүзеге асыратын, оның ішінде сенімхат бойынша жүзеге асыратын үшінші тұлғаларға агенттік қызметтерді ұсынуына келісімін көздейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 110</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z337" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      12-1. Брокер және (немесе) дилер өз қызметкерлерінің брокердің және (немесе) дилердің лицензияланатын қызмет түрімен байланысты лауазымдық міндеттерін жүзеге асыру шеңберінде олардың клиенттермен, оның ішінде әлеуетті клиенттермен және (немесе) контрагенттермен және телефон байланысы құралдарын, электрондық поштаны, бейнеконференцбайланысты немесе нақты уақыт режимінде мәтіндік (дыбыстық) хабарламалармен алмасу жөніндегі бағдарламалық қамтамасыз етуді, брокердің және (немесе) дилердің атына тіркелген абоненттік нөмірлерін және (немесе) электрондық поштаның мекенжайын және (немесе) домендік мекенжайларын пайдалана отырып, сондай-ақ Bloomberg, Reuters ақпараттық жүйелерін (бұдан әрі – корпоративтік байланыс) пайдалана отырып қамтамасыз етеді. </w:t>
+        <w:t>
+      12-1. Брокер және (немесе) дилер өз қызметкерлерінің брокердің және (немесе) дилердің лицензияланатын қызмет түрімен байланысты лауазымдық міндеттерін жүзеге асыру шеңберінде олардың клиенттермен, оның ішінде әлеуетті клиенттермен және (немесе) контрагенттермен және телефон байланысы құралдарын, электрондық поштаны, бейнеконференцбайланысты немесе нақты уақыт режимінде мәтіндік (дыбыстық) хабарламалармен алмасу жөніндегі бағдарламалық қамтамасыз етуді, брокердің және (немесе) дилердің атына тіркелген абоненттік нөмірлерін және (немесе) электрондық поштаның мекенжайын және (немесе) домендік мекенжайларын пайдалана отырып, сондай-ақ Bloomberg, Reuters ақпараттық жүйелерін (бұдан әрі – корпоративтік байланыс құралдары) пайдалана отырып қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көзделмеген байланыс құралдарын брокер және (немесе) дилер қызметкерлерінің клиенттермен, оның ішінде әлеуетті клиенттермен және (немесе) қызметкерлердің брокердің және (немесе) дилердің лицензияланатын қызмет түріне байланысты өздерінің лауазымдық міндеттерін орындауы кезінде туындайтын және (немесе) қолдау көрсетілетін контрагенттермен пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокер және (немесе) дилер корпоративтік байланыс құралдары арқылы алынатын және берілетін ақпараттың жазылуын, сақталуын, конфиденциалдылығын және өзгермеуін қамтамасыз етеді, сондай-ақ осы ақпараттың бес жыл бойы сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттердің корпоративтік байланыс құралдары арқылы алынатын жолданымдары және (немесе) шағымдары клиенттердің шағымдарын есепке алудың ішкі журналында және олар бойынша брокер және (немесе) дилер қабылдаған шешімдерді көрсете отырып, оларды қанағаттандыру бойынша шараларда көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-1-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 21.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілетін күннен бастап алты ай өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілетін күннен бастап алты ай өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3330,136 +3366,198 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z59" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Брокер және (немесе) дилер, сондай-ақ оның қызметкерлері қаржы құралдарымен жасалған мәмілелердің параметрлері туралы, оның ішінде бағалар, көлемдер және контрагенттер туралы расталмаған, шынайы емес немесе қателікке ұрындыратын мәліметтерді бұқаралық ақпарат құралдарында жарияламайды және кез келген тәсілмен таратпайды.</w:t>
+      21. Брокер және (немесе) дилер, сондай-ақ оның қызметкерлері қаржы құралдарымен жасалған мәмілелердің өлшемдері туралы, оның ішінде бағасы, көлемі және контрагенттер туралы расталмаған, дәйексіз немесе жаңылыстыруға алып келетін мәліметтерді масс-медиада жарияламайды және кез келген тәсілмен таратпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Бұқаралық ақпарат құралдарында немесе өзге жағдаймен өз қызметі туралы хабарландыру жариялаған кезде брокер және (немесе) дилер өзінің толық атауын, сондай-ақ брокерлік және (немесе) дилерлік қызметті жүзеге асыруға берілген лицензияның берілген күні мен нөмірін көрсетеді.</w:t>
+      22. Масс-медиада немесе өзге тәсілмен өз қызметі туралы хабарландыру жариялаған кезде брокер және (немесе) дилер өзінің толық атауын, сондай-ақ брокерлік және (немесе) дилерлік қызметті жүзеге асыруға берілген лицензияның берілген күні мен нөмірін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Брокерлік қызмет көрсету туралы шарт. Клиенттік тапсырыс</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3695,131 +3793,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z332" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген тиісінше тексеру бойынша шаралар қабылдағаннан кейін жасалады.</w:t>
+        <w:t>
+      23-1. Клиентпен брокерлік шарт брокер және (немесе) дилер "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңында көзделген тиісінше тексеру бойынша шаралар қабылдағаннан кейін жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 23-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 2014.08.27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 110</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6112,754 +6190,682 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z101" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Клиенттік тапсырыста мынадай деректемелер болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z42" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы клиенттік тапсырысқа сәйкес жасалуға тиісті қаржы құралдарымен мәмілелердің түрін көрсету;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мүддесінде қаржы құралдарымен мәміле жасау болжанған клиент туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке тұлға үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке басын куәландыратын құжаттың нөмірі немесе жеке сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлға үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы клиенттік тапсырысқа сәйкес мәміле жасалуға тиіс эмитенттің атауы, қаржы құралының түрі, қаржы құралдарына берілген қаржы құралының коды немесе халықаралық сәйкестендіру нөмірі (ISIN коды) (айналыс мерзімі өткен және оларды өтеу бойынша міндеттемелерді эмитент орындамаған эмиссиялық бағалы қағаздар бойынша эмитенттің міндеттемелері бойынша талап ету құқықтарына қатысты – талап ету құқықтарының сәйкестендіргіші);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сатып алынуға немесе сатылуға тиісті қаржы құралдарының саны, қаржы құралдарын сатып алу немесе сату бағасы, сондай-ақ тиісінше мәміле жасау үшін қажетті мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) клиенттік тапсырыстың түріне нұсқау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лимиттік тапсырыс - алдын ала келісілген баға бойынша қаржы құралдарын сатып алуға (сатуға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарықтық тапсырыс - нарықтық баға бойынша қаржы құралдарын сатып алуға (сатуға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      буферлік тапсырыс - болашақта болатын баға бойынша қаржы құралдарын сатып алуға (сатуға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      брокердің және (немесе) дилердің ішкі құжаттарында көзделген клиенттік тапсырыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) егер клиент басқа мерзімді көрсетпесе, ағымдағы сауда сессиясының соңына дейінгі клиенттік тапсырыстың қолданылу мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) клиенттік тапсырыстың қабылданған күні және уақыты (сағат пен минут форматында);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы клиенттік тапсырысты қабылдаған брокер және (немесе) дилер қызметкерінің тегі, аты, әкесінің аты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) брокердің және (немесе) дилердің қаржы құралдарымен осы клиенттік тапсырысқа сәйкес жасалуы тиіс мәмілені жасау туралы ұсынымдарының болуы туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уәкілетті тұлғаның (адамдардың) қолы, оның ішінде электрондық цифрлық қолтаңбасы, мөрлері, алгоритмдері, кодтары (цифрлық, әріптік, символдарды қолдана отырып және аралас), сөз-сәйкестендіргіштер немесе сәйкестендіру кодтары, шифрлау, биометриялық деректер немесе Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де қорғау тәсілдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) брокердің және (немесе) дилердің ішкі құжаттарында белгіленген деректемелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер клиент брокер және (немесе) дилерге клиенттік тапсырысты брокердің және (немесе) дилердің электронды қызмет көрсетуі шегінде қамтамасыз етсе, осы тармақтың 8) және 9) тармақшаларында белгіленген деректемелер көрсетілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Клиенттің брокерге және (немесе) дилерге беруге тиісті клиенттік тапсырыстың нысаны мен клиенттік тапсырыс даналарының саны брокердің және (немесе) дилердің ішкі құжаттарында белгіленеді. Егер Қағидаларда өзгеше көзделмесе, клиенттік тапсырысқа клиент немесе оның өкілі қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z43" w:id="74"/>
-[...15 lines deleted...]
-      2) мүддесінде қаржы құралдарымен мәміле жасау болжанған клиент туралы мәліметтер:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Брокер және (немесе) дилер клиенттік тапсырысты алған кезде клиенттік тапсырысқа қол қойған адамның өкілеттігін тексереді, оның ішінде клиенттік тапсырыстардағы (қағаз тасымалдағышта) қолтаңбалардың қол қою үлгілері бар (оның ішінде клиенттік тапсырыстарға қол қою құқығына ие заңды тұлға өкілдерінің) нотариат куәландырған құжатта немесе жеке тұлғаның не оның өкілінің жеке басын куәландыратын құжатта көрсетілген қолтаңбаларға олардың сәйкестігін салыстырып тексеруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Брокер және (немесе) дилер клиентінің өз қолымен қойған қолтаңбасын механикалық немесе өзгеше көшіру көмегімен қолтаңбаны факсимильді және (немесе) электронды көшіру құралдары, сондай-ақ телефон байланысы немесе нақты уақыт режиміндегі мәтіндік (дауысты) хабарламалармен алмасу бағдарламалық қамтамасыз етуді пайдалану арқылы брокерге және (немесе) дилерге берілетін клиенттік тапсырыстарды брокер және (немесе) дилер баламалы байланыс түрлері арқылы берген клиенттік тапсырыстар тізіліміне енгізеді. Көрсетілген тізілім клиенттік тапсырыстарды баламалы байланыс түрлері арқылы беру құқығы берілген брокердің және (немесе) дилердің әрбір клиенттері бөлігінде толтырылады. Тізілім бір айға тең кезеңге жүргізіледі және ол брокердің және (немесе) дилердің клиенттік тапсырысты алған күнін, тапсырыс негізінде жасалуға тиісті мәміле түрін, клиенттік тапсырыс клиентке берілген арқылы байланыс түрін қамтиды. Клиент баламалы байланыс түрлері арқылы клиенттік тапсырыстар берген есепті айдан кейін брокер және (немесе) дилер клиентте немесе оның уәкілетті өкілінде көрсетілген тізілімге қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттің немесе оның өкілінің тізілімге қол қоюы клиент немесе оның өкілі баламалы байланыс түрлері арқылы берген клиенттік тапсырысты берудің дұрыстығын растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттік тапсырысты электрондық құжат нысанында немесе өзге электрондық цифрлық нысанында, оның ішінде SWІFT жүйесін, Bloomberg немесе Reuters ақпараттық талдау жүйелерін, нақты уақыт режиміндегі мәтіндік (дауысты) хабарламалармен алмасу бағдарламалық қамтамасыз етуді не өзге сауда платформаларын пайдалану арқылы жасауға және беруге жол беріледі (номиналды ұстаушы болып табылатын брокердің және (немесе) дилердің клиенті электрондық қызметті алуға өтініш жасаған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 07.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Клиенттік тапсырысты кейіннен брокер және (немесе) дилер Қағидалардың 37-тармағының үшінші бөлігінің талаптарына сәйкес клиенттік тапсырыстардың тізілімін толтыру және жүргізуімен телефон байланысы немесе бейнеконференция байланысы құралдары арқылы беруіне рұқсат етіледі. Клиенттік тапсырысты телефон байланысы немесе бейнеконференция байланысы құралдары арқылы қабылдаған кезде аудиотехника немесе арнайы техникалық құралдарды пайдалана отырып, клиентпен не клиенттің атынан клиенттік тапсырысты телефон байланысы немесе бейнеконференция байланысы құралдары арқылы беруге уәкiлеттi оның өкiлiмен сөйлесудің жазбасы (бұдан әрі - телефон немесе бейнежазба) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...662 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттік тапсырыстың телефон немесе бейнежазбасы мынадай мәліметтерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7168,90 +7174,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="90"/>
+    <w:bookmarkStart w:name="z125" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Егер брокерлік шартта жекелеген клиенттердің клиенттік тапсырыстарына қатысты өзгеше көзделмесе, клиенттік тапсырыстар оларды қабылдауына қарай хронологиялық тәртіппен орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z126" w:id="91"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z126" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Брокер және (немесе) дилер клиенттік тапсырысты орындауға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиенттік тапсырыс мазмұныны Қазақстан Республикасының бағалы қағаздар нарығы туралы заңнамасына және брокерлік шартқа қарама-қайшы болған кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7378,70 +7384,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="92"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        40-1. Қағидалардың 40-тармағында белгіленген клиенттік тапсырысты орындамаған себептерін көрсете отырып, Қазақстан Республикасының Бағалы қағаздар нарығы туралы заңнамасында, брокерлік шартта және брокердің және (немесе) дилердің ішкі құжаттарында белгіленген тәртіпте және талаптарда брокер және (немесе) дилер почтамен және (немесе) қолма-қол және (немесе) электронды почтамен немесе өзге де ықтимал байланыс түрлерімен клиентке хабарламаны жібереді (еркін нысанда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7460,230 +7466,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="93"/>
+    <w:bookmarkStart w:name="z132" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        41. Брокерлік шартта оның қолданылуын тоқтатудың негіздері, сондай-ақ брокерлік шарттың қолданылуы тоқтаған жағдайда тараптардың әрекет ету тәртібі көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z133" w:id="94"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z133" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер брокерлік шарттың қолданылуы тоқтаған сәтке брокер және (немесе) дилердің шоттарында және кассасында тиісті клиентке тиесілі қаржы құралдары мен ақша (бірінші санатты брокер-дилердің номиналды ұстауындағы қаржы құралдарын қоспағанда) қалған болса, олар осы клиентке брокерлік шарттың қолданылуы тоқтаған күннен бастап үш жұмыс күні ішінде қайтарылады. Брокерлік шартта клиенттің қаржы құралдары мен ақшасын қайтарудың бұдан да қысқа мерзімі белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z134" w:id="95"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z134" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Лицензияның қолданылуы тоқтатыла тұрған жағдайда брокер және (немесе) дилер уәкiлеттi органның хабарламасын алған күннен бастап екі жұмыс күні iшiнде бұл жөнінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z135" w:id="96"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z135" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз клиенттеріне жеке хабарлама жіберу және тиiстi хабарландыруларды клиенттерге қол жетімді орындарда (осы брокердің және (немесе) дилердің бас офисі мен филиалдарының үй-жайларында, сондай-ақ интернет-ресурсында (бар болса) орналастыру арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z136" w:id="97"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z136" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы брокердің және (немесе) дилердің номиналды ұстау шоттары ашылған номиналды ұстаушыларға хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z137" w:id="98"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z137" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Лицензиясынан айырған жағдайда, брокер және (немесе) дилер уәкілетті органның хабарламасын алған күннен бастап екі жұмыс күні ішінде бұл жөнінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z138" w:id="99"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z138" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицензиясынан айыру себебінен брокерлік қызметті көрсету жөніндегі шартты бұзғаны туралы өз клиенттеріне жеке хабарлама жіберу арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z139" w:id="100"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z139" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы брокердің және (немесе) дилердің номиналды ұстау шоттары ашылған номиналды ұстаушыларға хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z140" w:id="101"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z140" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензиясынан айырған жағдайда, брокер және (немесе) дилер уәкілетті органның хабарламасын алған күннен бастап күнтізбелік отыз күн ішінде клиенттің бұйрығы негізінде орталық депозитарийге немесе жасасқан шарт бар болса жаңа брокерге және (немесе) дилерге өткізеді және тиісті хабарландыруды клиенттерге қолжетімді орындарда (осы брокердің және (немесе) дилердің бас офисі мен филиалдарының үй-жайларында) орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7702,166 +7708,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="102"/>
+    <w:bookmarkStart w:name="z141" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Банк болып табылмайтын брокер және (немесе) дилер шетел валютасымен жасайтын мәмілелерді қоспағанда, қаржы құралдарымен мәмілелер жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="103"/>
+    <w:bookmarkStart w:name="z142" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Брокер және (немесе) дилер өз есебінен және өз мүддесі үшін (дилер ретінде), сол сияқты өз клиентінің есебінен және оның мүддесі үшін (брокер ретінде) қаржы құралдарымен мәмілелер жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z143" w:id="104"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z143" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Қазақстан Республикасының бейрезидент банкінің банкі, филиалы болып табылмайтын немесе Бағалы қағаздар рыногы туралы заңның 63-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> төртінші бөлігінің 1), 2) және 3) тармақшаларында көзделген қызметті жүзеге асыруға лицензиясы жоқ бірінші санаттағы брокер және (немесе) дилер клиенттерге тиесілі ақшаны есепке алу және сақтау үшін Қазақстан Республикасының бейрезидент банктерінің банктерінде және (немесе) филиалдарында және (немесе) орталық депозитарийде және (немесе) клирингтік ұйымдарда және (немесе) есеп айырысу ұйымдарында және (немесе) шетелдік есеп айырысу ұйымдарында банк шоттарын ашады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк шоттарын толықтыруға және (немесе) клиент-заңды тұлғалардың банк шоттарынан үшінші тұлғалардың есебінен және (немесе) олардың шоттарына ақша алуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7898,70 +7904,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="105"/>
+    <w:bookmarkStart w:name="z329" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45-1. Брокер және (немесе) дилер клирингтік ұйымының (орталық контрагенттің) алдындағы міндеттемелерін орындауды қамтамасыз ету мақсатында клирингтік ұйымының (орталық контрагенттің) шотына ақша аударуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7980,70 +7986,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="106"/>
+    <w:bookmarkStart w:name="z336" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45-2. Банк болып табылмайтын брокер және (немесе) дилер клиенттердің ақшасын есепке алуға және сақтауға арналған банк шоттарына есептеу үшін клиенттерден қолма-қол ақша қабылдамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8062,230 +8068,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="107"/>
+    <w:bookmarkStart w:name="z148" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Ұйымдастырылған бағалы қағаздар нарығында да, сол сияқты ұйымдастырылмаған бағалы қағаздар нарығында да жүзеге асырылуы мүмкін мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z341" w:id="108"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z341" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыра алатын туынды бағалы қағаздардың және туынды қаржы құралдарының базалық активтерін сатып алу тізбесін және тәртібін, сондай-ақ қайталама нарықта мемлекеттік бағалы қағаздармен және мемлекеттік емес бағалы қағаздармен, ұйымдаспаған бағалы қағаздар нарығында туынды қаржы құралдарымен мәмілелер жасау жағдайларын белгілеу туралы" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2007 жылғы 16 шілдедегі № 210 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4892 болып тіркелген) сәйкес мәмілелер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z342" w:id="109"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z342" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының мемлекеттік бағалы қағаздарын бастапқы нарықта орналастыру кезінде олармен мәмілелер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z343" w:id="110"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z343" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) шет мемлекеттердің Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16149 болып тіркелген "Облигацияларын банктер және банк холдингтері меншікке сатып алатын халықаралық қаржы ұйымдарының тізбесін және банктер мен банк холдингтері меншікке сатып алатын облигацияларға қойылатын талаптарды белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 29 қарашадағы № 234 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген рейтингі бар орталық үкіметтері шығарған, мемлекеттік бағалы қағаздар мәртебесі бар облигацияларды бастапқы нарықта орналастырған кезде олармен мәмілелер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z344" w:id="111"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z344" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Қазақстан Республикасындағы банктер және банк қызметі туралы" 1995 жылғы 31 тамыздағы Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес банктердің иемденуіне рұқсат етілген мемлекеттік емес бағалы қағаздарды бастапқы нарықта орналастырған кезде олармен мәмілелер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z345" w:id="112"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z345" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) басымдықпен сатып алу құқығын іске асыру жағдайларын қоспағанда, банк болып табылатын брокердің және (немесе) дилердің қаржы құралдарымен мәмілелері ұйымдастырылған бағалы қағаздар нарығында жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8304,51 +8310,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="113"/>
+    <w:bookmarkStart w:name="z154" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8363,52 +8369,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z155" w:id="114"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z155" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8423,326 +8429,326 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z156" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Брокерге және (немесе) дилерге 5 (бес) жұмыс күніне дейінгі есептік кезеңмен мәмілелер жасасуға рұқсат етіледі, бұл ретте бір тараптың қаржы құралын немесе ақшаны жеткізу жөніндегі мәміленің міндеттемелерін орындауы екінші тараптың мәміле жасалған күннен бастап 4 (төрт) жұмыс күні ішінде ақша немесе қаржы құралын жеткізу бойынша қарсы міндеттемелер мәмілесін орындауға байланысты болуы мүмкін. Брокерге және (немесе) дилерге 14 (он төрт) жұмыс күнінен аспайтын есепті кезеңмен шетелдік есеп айырысу ұйымдары арқылы жүзеге асырылатын мәмілелер жасасуға рұқсат етіледі. Көрсетілген мәмілелер бойынша есеп айырысулар Орталық депозитарий арқылы немесе "төлемге қарсы жеткізу" қағидаты бойынша шетелдік есеп айырысу ұйымдары арқылы жүзеге асырылады, бұл ретте тараптың қаржы құралдарын жеткізу жөніндегі мәміленің міндеттемелерін орындауы оның өзге қаржы құралдарын алу жөніндегі қарсы талаптарды орындауынсыз немесе орталық контрагент қызметтерін қолдана отырып мүмкін болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 21.09.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49-1. Брокер және (немесе) дилер 3 (үш) жұмыс күніне дейін есеп айырысу кезеңімен ұйымдастырылған бағалы қағаздар нарығында бағалы қағаздармен мәмілелерді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "төлемге қарсы жеткізу" қағидаты бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиринг ұйымының және (немесе) орталық контрагенттің көрсетілетін қызметтерін қолданумен, қор биржасының ішкі қағидаларында белгіленген қағидаттар мен әдістер бойынша жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 49-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 27.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 21.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">49-2. Алып тасталды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 21.09.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="116"/>
-[...191 lines deleted...]
-    <w:bookmarkStart w:name="z158" w:id="117"/>
+    <w:bookmarkStart w:name="z158" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8757,52 +8763,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z175" w:id="118"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z175" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8817,91 +8823,477 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="120"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z176" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Брокер және (немесе) дилер күнтізбелік 90 (тоқсан) күннен аспайтын мерзімдегі мәмілелерді қоспағанда (көрсетілген операциялардың бастапқы мерзімінің ұзартылуын ескере отырып), ұйымдастырылмаған нарықта шарттарында мәміленің мәні болып табылатын қаржы құралдарын кері сатып алу немесе кері сату міндеттемесі көзделген қаржы құралдарымен мәмілелер жасамайды, онда Standard &amp; Poor's (Стандарт энд Пурс) агенттігінің халықаралық шкаласы бойынша "ВВ-"-тен төмен емес ұзақ мерзімді кредиттік рейтингтік бағалауы немесе Moody's Investors Service (Мудис Инвесторс Сервис), Fitch (Фич) агенттіктерінің және (немесе) мынадай халықаралық қаржы ұйымдарының осыған ұқсас деңгейдегі рейтингтік бағалауы бар заңды тұлғалар контрагент болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Азия даму банкі (the Asian Development Bank); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Америкааралық даму банкі (the Inter-American Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Африка даму банкі (the African Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуразиялық даму банкі (Eurasian Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуропа қайта құру және даму банкі (the European Bank for Reconstruction and Development);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық инвестициялық банк (the European Investment Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық Даму Банкінің Кеңесі (the Council of Europe Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке Секторды дамыту жөніндегі ислам корпорациясы (the Islamic Corporation for the Development of the Private Sector);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ислам даму банкі (the Islamic Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестицияларды кепілдендіру жөніндегі көпжақты агенттік (the Multilateral Investment Guarantee Agency);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Скандинавия инвестициялық банкі (the Nordic Investment Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық валюта қоры (the International Monetary Fund);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық даму қауымдастығы (the International Development Association);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық есеп айырысу банкі (the Bank for International Settlements);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялық дауларды реттеу жөніндегі халықаралық орталық (the International Centre for Settlement of Investment Disputes);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық қайта құру және даму банкі (the International Bank for Reconstruction and Development);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық қаржы корпорациясы (the International Finance Corporation);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қара теңіз сауда және даму банкі (the Black Sea Trade and Development Bank).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 52-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. "Репо" операциялары, сондай-ақ брокердің және (немесе) дилердің меншік ақшасының есебінен не брокерлік шарт шеңберінде клиенттің бұйрығына сәйкес брокер және (немесе) дилер жүзеге асыратын мәміленің нысаны болып табылатын қаржы құралдарын кері сатып алу не сату міндеттемесін көздейтін "репо" операциялары болып табылмайтын операциялар күнтізбелік 90 (тоқсан) күннен аспайтын мерзімге (көрсетілген операциялардың бастапқы мерзімін ұзартуды ескере отырып) жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8920,70 +9312,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z328" w:id="121"/>
+    <w:bookmarkStart w:name="z328" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-1. Құны Қазақстан Республикасының азаматтық заңнамасына сәйкес қаржы құралдары немесе қаржы активтері болып табылмайтын және кімнен болмасын талап ету құқығы жоқ криптография және (немесе) компьютерлік есептеу құралдарын қолдана отырып орталықтандырылмаған ақпараттық жүйеде құрылатын және есепке алынатын шамалар құнына (құнының өзгеруіне) байланысты болатын қаржы құралдары брокер және (немесе) дилер жүзеге асыратын мәміленің нысанасы болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9002,70 +9394,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="122"/>
+    <w:bookmarkStart w:name="z178" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Брокер және (немесе) дилердің шоттарындағы клиент активтерінің ең төменгі құны жасалған маржалық мәмілелер болған кезде маржаның шектеулі деңгейін ескермей, тұрақты түрде қор биржасының сауда жүйесінде брокер және (немесе) дилер осы клиенттің тапсырмасы бойынша "тікелей" тәсілмен жасаған "репо" ашудың барлық операциялары сомасынан отыз пайыздан кем емес мөлшерді құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағында клиенттің активтері ретінде мыналар танылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9210,70 +9602,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="123"/>
+    <w:bookmarkStart w:name="z184" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Брокердің және (немесе) дилердің немесе оның тапсырмасы бойынша мәміле жасасу жоспарланған клиентінің тиісті шотында бағалы қағаздардың қажетті саны немесе ақша болмаған кезде брокер және (немесе) дилер есеп айырысулары "төлемге қарсы жеткізу" қағидаты бойынша (мәміленің бір тарабының қаржы құралын немесе ақшаны жеткізу жөніндегі міндеттемелерді орындауы мәміленің басқа тарабының ақшаны немесе қаржы құралын жеткізу жөніндегі қарсы міндеттемелерді орындауымен мүмкін болатын) жүзеге асырылатын бағалы қағаздармен мәмілені жасамайды (мәміле жасасуға өтінім бермейді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың бірінші бөлігі осы клиенттің тәуекелін сипаттайтын көрсеткіштің мәні Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8796 болып тіркелген, "Бағалы қағаздар нарығында брокерлік және дилерлік қызметті, инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 27 тамыздағы № 214 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9368,70 +9760,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="124"/>
+    <w:bookmarkStart w:name="z186" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Брокер және (немесе) дилер халықаралық (шетелдік) бағалы қағаздар нарықтарында қазақстандық және шетелдік эмитенттердің қаржы құралдарын сатып алу-сату бойынша мәмiлелердi осы қаржы құралдарымен мәмiлелер бойынша есеп айырысулар "төлемге қарсы жеткiзу" қағидаты бойынша шетелдік есеп айырысу ұйымдары арқылы жүзеге асырылуы, мәміленің бір тарабының қаржы құралдарын жеткiзу бойынша мiндеттемелерiн орындауы оның өзге қаржы құралдарын алу бойынша қарсы талаптарын орындаусыз немесе орталық контрагенттің қызметтерін пайдаланусыз мүмкін болмауы талаптарымен жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9450,70 +9842,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="125"/>
+    <w:bookmarkStart w:name="z367" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56-1. Брокер және (немесе) дилер уәкілетті органның шетел валютасымен айырбастау операцияларына лицензиясы болған кезде (қолма-қол емес шетел валютасымен айырбастау операциялары бөлігінде) мәмілелер бойынша есеп айырысулар банктер және (немесе) Қазақстан Республикасының бейрезидент-банктерінің филиалдары және (немесе) шетелдік есеп айырысу ұйымдары арқылы жүзеге асырылатын жағдайда, халықаралық (шетелдік) бағалы қағаздар нарықтарында шетел валютасын сатып алу немесе сату бойынша мәмілелер (оның ішінде валюталық своп операцияларына жататын мәмілелер, спот мәмілелер) жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9532,70 +9924,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z368" w:id="126"/>
+    <w:bookmarkStart w:name="z368" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56-2. Соның талаптарына сәйкес туынды қаржы құралдарымен мәмілелер, репо операциялары және (немесе) объектісі бағалы қағаздар, валюта және (немесе) үлгілік шарттарын кәсіптік ұйым немесе уәкілетті орган бекіткен тізбеге кіретін шетелдік кәсіптік ұйым әзірлеген өзге де қаржы құралдары болып табылатын өзге де мәмілелер жасалуы мүмкін контрагентпен қолданыстағы бас қаржы келісімі болған кезде брокерге және (немесе) дилерге осы бас қаржы келісімінде айқындалған жағдайларда төлемдер неттингін жүзеге асыру рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9722,110 +10114,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="127"/>
+    <w:bookmarkStart w:name="z196" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Брокер ретінде қаржы құралдарымен мәмілелер жасау кезінде, брокер және (немесе) дилер клиенттік тапсырманы аса жақсы орындау үшін мүмкіндігінше барлық күшін салады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z197" w:id="128"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z197" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Брокерлік шартта көзделген жағдайларда не осы клиенттің мүдделерін қорғау мақсатында брокер және (немесе) дилер қаржы құралдарымен мәмілелер жасауды басқа брокер және (немесе) дилерге тапсырады. Брокер және (немесе) дилердің қаржы құралдарымен мәміле жасауды басқа брокер және (немесе) дилерге тапсыруы Қазақстан Республикасының азаматтық заңнамасына және Қазақстан Республикасының бағалы қағаздар нарығы туралы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z198" w:id="129"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z198" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген қаржы құралдарымен мәміле туралы мәліметтер осы мәмілені жасау тапсырылған брокер және (немесе) дилердің атауы көрсетілген брокер және (немесе) дилердің ішкі есепке алу журналында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9844,90 +10236,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="130"/>
+    <w:bookmarkStart w:name="z199" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Брокерлік және дилерлік қызметті инвестициялық портфельді басқару қызметімен қоса атқарғанда, брокердің және (немесе) дилердің меншік қаражаты есебінен қаржы құралдарымен мәміле жасау жөніндегі шешімдерді инвестициялық комитет қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z374" w:id="131"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z374" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-1. Қаржы құралдарымен мәмілелер бойынша клирингтік қызметті брокерлік және (немесе) дилерлік қызметпен қоса атқарған кезде брокердің және (немесе) дилердің меншікті қаражаты есебінен қаржы құралдарымен мәмілелер жасасу туралы шешімді клирингтік ұйымның инвестициялық комитеті қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9946,90 +10338,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="132"/>
+    <w:bookmarkStart w:name="z200" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Брокер және (немесе) дилер ұйымдастырылған және ұйымдастырылмаған нарықтарда жасалған туынды қаржы құралдарымен мәмілелер тізіліміне (бұдан әрі - тізілім) қосылу үшін апта сайын есепті кезеңнен кейінгі аптаның бірінші жұмыс күні Астана қаласының уақытымен 14-00-ден кешіктірмей орталық депозитарийге Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17920 болып тіркелген "Орталық депозитарийдің қызметін жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 қарашадағы № 307 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Орталық депозитарий қызметін жүзеге асыру қағидаларының және орталық депозитарийдің ішкі құжаттарының талаптарына сәйкес ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпарат ақпаратты беру күніндегі барлық қолданыстағы ұйымдастырылған және ұйымдастырылмаған нарықта туынды қаржы құралдарымен жасалған мәмілелер бойынша, сондай-ақ есепті кезеңде жасалған және орындалған мәмілелер бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10066,166 +10458,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="133"/>
+    <w:bookmarkStart w:name="z202" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        63. Қажет болған жағдайда тізілімге өзгерістер және (немесе) толықтырулар енгізу қажет болған жағдайда Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>62-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген брокер және (немесе) дилер орталық депозитарийге жаңартылған ақпаратты және тізілімге өзгерістер және (немесе) толықтырулар енгізудің қажеттігінің себебін көрсете отырып жазбаша түсіндірме ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z310" w:id="134"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z310" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-1-тарау. Банк болып табылмайтын брокердің және (немесе) дилердің шетел валютасымен мәмілелер жасауы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 4-1-тараумен толықтырылды – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="135"/>
+    <w:bookmarkStart w:name="z311" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-1. Брокер және (немесе) дилер уәкілетті органның шетел валютасымен айырбастау операцияларына лицензиясы болған кезде (қолма-қол емес шетел валютасымен айырбастау операциялары бөлігінде) Қазақстан Республикасының валюталық реттеу және валюталық бақылау туралы заңнамасының мақсатында валюталық бақылау агентінің функциясын орындайтын уәкілетті банк болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Валюталық бақылау агентінің функциясын орындайтын уәкілетті банк ретінде танылатын брокер және (немесе) дилер қолма-қол емес нысанда шетел валютасын сатып алу немесе сату бойынша мәмілелерін (қор биржасының ішкі құжаттарына сәйкес валюталық своп операцияларына жататын мәмілелерді қоспағанда) жасайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10316,90 +10708,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="136"/>
+    <w:bookmarkStart w:name="z312" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63-2. Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2019 жылғы 15 сәуірде № 18512 болып тіркелген "Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 30 наурыздағы № 40 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Қағидаларында, брокер және (немесе) дилер клиенттік активтерінің және қатысты брокерлік шартта меншікті активтерге және (немесе) басқаруындағы активтерге қатысты (инвестициялық портфельді басқару жөніндегі қызметпен қоса атқарған кезде) брокерлік шартта көзделген тәртіпте қолма-қол емес шетел валютасын сатып алу және (немесе) сату бойынша қызмет көрсетуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Валюталық бақылау агентінің функциясын орындайтын уәкілетті банк ретінде танылатын брокер және (немесе) дилер, жүргізілген валюталық операциялар туралы есепті Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18544 болып тіркелген "Қазақстан Республикасында валюталық операцияларды мониторингтеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 10 сәуірдегі № 64 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10456,70 +10848,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="137"/>
+    <w:bookmarkStart w:name="z313" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-3. Брокер және (немесе) дилер, оған және оның клиенттеріне тиесілі қолма-қол емес шетел валютасын есепке алу және сақтау үшін брокердің және (немесе) дилердің үлестес тұлғалары болып табылмайтын банктерде және (немесе) орталық бағалы қағаздар депозитарийінде және (немесе) шетелдік есеп айырысу ұйымдарында бөлек банк шоттарын ашады. .</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы талап қор биржасында брокерге және (немесе) дилерге және оның клиенттеріне тиесілі қолма-қол емес шетел валютасын есепке алған және сақтаған жағдайда қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10556,70 +10948,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="138"/>
+    <w:bookmarkStart w:name="z314" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-4. Брокердің және (немесе) дилердің қор биржасында қолма-қол емес шетел валютасын сатып алу немесе сату мәмілелерін жасауы мынадай тәсілдермен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатып алынатын қолма-қол емес шетел валютасына толығымен алдын ала ақы төлеу немесе сатылатын қолма-қол емес шетел валютасын алдын ала жеткізу талаптарымен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10728,70 +11120,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="139"/>
+    <w:bookmarkStart w:name="z316" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-6. Клирингтік ұйымның және (немесе) орталық контрагенттің қызметін қолдана отырып қор биржасында қолма-қол емес шетел валютасымен мәмілелер жасау талаптары мен тәртібі, сондай-ақ осындай мәмілелер бойынша міндеттемелерді орындауды қамтамасыз ету талаптары мен тәртібі қор биржасының, клирингтік ұйымның және (немесе) орталық контрагенттің ішкі құжаттарында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокердің және (немесе) дилердің ішкі құжаттарында қолма-қол емес шетел валютасымен мәмілелер жасау тәртібіне (жасауға өтінім беруге) қойылатын қосымша талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10828,126 +11220,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z321" w:id="140"/>
+    <w:bookmarkStart w:name="z321" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-2-тарау. Брокердің және (немесе) дилердің банктік операцияларды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 4-2-тараумен толықтырылды – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="141"/>
+    <w:bookmarkStart w:name="z322" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-7. Брокер және (немесе) дилер банк операцияларының жекелеген түрлерін жүзеге асыруға уәкілетті органның тиісті лицензиясының негізінде мынадай банк операцияларын жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды тұлғалардың банк шоттарын ашу және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11074,70 +11466,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="142"/>
+    <w:bookmarkStart w:name="z323" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-8. Бірінші санатты брокер және (немесе) дилер білікті инвесторлар болып табылған жеке тұлға - клиенттерге уәкілетті органның тиісті лицензиясы болған кезде Қағидалардың 63-9-тармағында көзделген бағалы қағаздар мен өзге де қаржы құралдарын сатып алу мақсатына ғана төлемділік, мерзімділік пен қайтарымдылық талаптарында қарыз береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте осы тармақта көрсетілген қарыздар білікті инвестор болып табылатын әрбір жеке тұлға - клиентке қатысты он миллион теңгеден аспайтын сомаға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11192,70 +11584,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z324" w:id="143"/>
+    <w:bookmarkStart w:name="z324" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-9. Қағидалардың 63-8-тармағына сәйкес брокердің және (немесе) дилердің қарыз қаражаты есебінен сатып алуға рұқсат етілген қаржы құралдары ретінде мынадай қаржы құралдары танылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) басқа мемлекеттердің заңнамасына сәйкес эмиссияланған бағалы қағаздарды қоспағанда, Қазақстан Республикасының мемлекеттік бағалы қағаздары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11356,51 +11748,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="144"/>
+    <w:bookmarkStart w:name="z326" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63-11. Бірінші санатты брокер және (немесе) дилер Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11415,51 +11807,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3) және 4) тармақшаларында көзделген операцияларды жүзеге асырған кезде брокер және (немесе) дилер Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17005 болып тіркелген "Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын ұйымдар үшін пруденциялық нормативтердің, сондай-ақ олардың мәнінің сақталуын сипаттайтын көрсеткіштердің түрлерін белгілеу, Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын ұйымдар сақтауға тиісті пруденциялық нормативтердің мәндерін есеп айырысу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 сәуірдегі № 80 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жарғылық және меншікті капиталдың ең төменгі мөлшерін сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11478,146 +11870,182 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z327" w:id="145"/>
+    <w:bookmarkStart w:name="z327" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-12. Брокерлік брокердің және (немесе) дилердің 63-7-тармағында көзделген банк операцияларының жекелеген түрлерін жүзеге асыру талаптарын бір уақытта қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z203" w:id="146"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z203" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Есепке алуды ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="147"/>
+    <w:bookmarkStart w:name="z204" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Бiрiншi санатты брокерге және (немесе) дилерге тиесiлi қаржы құралдары мен ақша оның клиенттерiнiң қаржы құралдары мен ақшасынан бөлек есепке алынады. Осы мақсатта бiрiншi санатты брокер және (немесе) дилер өзіне және өзінің клиенттеріне тиесiлi қаржы құралдары мен ақшаны бөлек есептеуге және сақтауға арналған жеке шоттарды (қосалқы шоттарды) және банк шоттарын онымен үлестес емес банктерде және (немесе) бағалы қағаздардың орталық депозитарийінде және (немесе) кастодиандарда (тек шетел эмитенттерiнiң бағалы қағаздары бойынша) және (немесе) клирингтік ұйымдарда және (немесе) есеп айырысу ұйымдарында және (немесе) шетелдік есеп айырысу ұйымдарында ашады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші санаттағы клиент брокері және (немесе) дилерінің қаржы құралдары мен ақшасын сақтау шетелдік есеп айырысу ұйымдарында аталған клиенттің алдын ала келісімі жазбаша (қағаз және (немесе) электрондық) нысанда және (немесе) интернет-ресурста және (немесе) бірінші санаттағы брокердің және (немесе) дилердің сауда платформасында (бағдарламалық қамтылымда) орналастырылған және (немесе) осы клиентке электрондық поштамен немесе байланыстың өзге де ықтимал түрлерімен жіберілген шетелдік есеп айырысу ұйымдарындағы қаржы құралдарымен ақшаны сақтау туралы хабарлама болған кезде ғана жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші санаттағы брокердің және (немесе) дилердің клиенттің хабарламаны алу және онымен танысу фактісін тіркеуі міндетті шарт болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бағалы қағаздар нарығы туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11637,107 +12065,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 202</w:t>
+        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="148"/>
+    <w:bookmarkStart w:name="z205" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Бiрiншi санатты брокер және (немесе) дилер клиенттерден келіп түсетін қаржы құралдары мен ақшаны брокердің және (немесе) дилердің клиенттеріне тиесiлi қаржы құралдары мен ақшаға есеп жүргізуге және сақтауға арналған шоттарға онымен үлестес емес банктерде және (немесе) бағалы қағаздардың орталық депозитарийінде және (немесе) кастодиандарда (тек шетел эмитенттерiнiң бағалы қағаздары бойынша) және (немесе) клирингтік ұйымдарда және (немесе) есеп айырысу ұйымдарында және (немесе) шетелдік есеп айырысу ұйымдарында қаржы құралдары мен ақша келіп түскен сәттен бастап үш жұмыс күні ішінде аударуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бағалы қағаздар нарығы туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11794,70 +12222,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="149"/>
+    <w:bookmarkStart w:name="z330" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65-1. Уәкілетті органның аударым операцияларын жүзеге асыруға лицензиясы жоқ брокер және (немесе) дилер оның ақшасын үшінші тұлғалардың пайдасына аудару (есептен шығару) бойынша клиенттің тапсырмасын, егер осы тапсырма осы брокер және (немесе) дилер арқылы қаржы құралдарымен жасалған мәмілелер бойынша клиенттің міндеттемелерін орындалмауына байланысты болса орындамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11944,760 +12372,760 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.10.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z207" w:id="150"/>
+    <w:bookmarkStart w:name="z207" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>67. Брокер және (немесе) дилер осы брокердің және (немесе) дилердің ішкі құжаттарында белгіленген тәртіппен мынадай есепке алу журналдарын жүргізу арқылы сенімді және өзекті (есепке алу деректерін өзгерту үшін негіздер туындаған күні) есепке алуды жүргізеді:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z376" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиенттік тапсырыстар және олардың орындалуы (орындалмауы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z377" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаржы құралдарымен жасалған мәмілелер және олардың орындалуы (орындалмауы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z378" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке шоттардағы қаржы құралдары және олардың санындағы өзгерістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z379" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке шоттардағы ақша және олардың санындағы өзгерістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z380" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаржы құралдары бойынша түскен және бөлінген кірістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z381" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) клиенттердің наразылықтары және оларды қанағаттандыру шаралары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z382" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) клиенттік тапсырыстардың орындалуы туралы клиенттерге берілетін есептер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z383" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жасалған брокерлік шарттар және номиналдық ұстау шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z384" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) брокердің және (немесе) дилердің меншікті активтерінің есебінен жасалған мәмілелерге қатысты қабылданған инвестициялық шешімдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z385" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) басқа брокерге және (немесе) дилерге тапсырылған қаржы құралдарымен мәмілелер жасауға берілген бұйрықтар және (немесе) тапсырмалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z386" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) валюталық шарттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z387" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) брокер және (немесе) дилер осы брокердің және (немесе) дилердің басқа клиенттерінің мүдделері үшін пайдаланған клиенттің ақшасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z388" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) брокер және (немесе) дилер осы брокердің және (немесе) дилердің басқа клиенттерінің мүдделері үшін пайдаланған клиенттің бағалы қағаздары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z389" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) бағалы қағаздарды берген брокердің және (немесе) дилердің клиентіне кепілге берілген бағалы қағаздар немесе ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z390" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) брокердің және (немесе) дилердің инсайдерлерінің жасаған мәмілелері.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z376" w:id="151"/>
-[...15 lines deleted...]
-      1) клиенттік тапсырыстар және олардың орындалуы (орындалмауы);</w:t>
+    <w:bookmarkStart w:name="z391" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 11) тармақшасында көрсетілген журналды жүргізуді брокер және (немесе) дилер уәкілетті органның шетел валютасымен айырбастау операцияларына лицензиясы болған кезде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z377" w:id="152"/>
-[...15 lines deleted...]
-      2) қаржы құралдарымен жасалған мәмілелер және олардың орындалуы (орындалмауы);</w:t>
+    <w:bookmarkStart w:name="z392" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Брокер және (немесе) дилер болып табылатын клирингтік ұйым осы тармақтың 2), 3), 4), 5), 9) және 10) тармақшаларында атап көрсетілген журналдарды жүргізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z378" w:id="153"/>
-[...15 lines deleted...]
-      3) жеке шоттардағы қаржы құралдары және олардың санындағы өзгерістер;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақта атап көрсетілген журналдарды электрондық құжат нысанында жүргізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z379" w:id="154"/>
-[...15 lines deleted...]
-      4) жеке шоттардағы ақша және олардың санындағы өзгерістер;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 67-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Клиент бағалы қағаздармен мәмілелер жасасу, оның ішінде байланыстың баламалы түрлерімен жеке шот ашу және жүргізу мақсатында, сондай-ақ осы есеп деректерін өзгерту үшін ұсынған құжаттарды, брокер және (немесе) дилер осы жеке шот жабылған күннен бастап 5 (бес) жыл ішінде Бағалы қағаздар нарығы туралы заңның 36-бабының 9-тармағына сәйкес сақтауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z380" w:id="155"/>
-[...15 lines deleted...]
-      5) қаржы құралдары бойынша түскен және бөлінген кірістер;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z220" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Брокер және (немесе) дилер халықаралық (шетелдік) нарықтарда мәмілелер жасай отырып, жасалған мәміленің орындалуы туралы құжаттардың сақталуын қамтамасыз етеді. Егер мәміле жасасу туралы құжаттар брокердің ішкі есепке алу жүйесінде электрондық түрде сақталған жағдайда, құжаттарды қағаз тасымалдағышта сақтау талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z381" w:id="156"/>
-[...15 lines deleted...]
-      6) клиенттердің наразылықтары және оларды қанағаттандыру шаралары;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер тарихи нарықтық баға белгілеулер бойынша ақпарат Bloomberg (Блумберг) немесе Reuters (Рейтер) ақпараттық-талдау жүйелерінде қолжетімді болса, мәміле жасау күні және уақытында сатып алынатын және (немесе) өткізілетін бағалы қағаздар бойынша нарықтық баға белгілеулердің өлшемдерін сақтау талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 69-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.09.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Маржиналдық мәмілелерді жүзеге асыру ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z382" w:id="157"/>
-[...500 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="172"/>
+    <w:bookmarkStart w:name="z223" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Егер бұл брокерлік шартта және (немесе) брокердің және (немесе) дилердің ішкі құжатында көзделген болса, бірінші санатты брокер және (немесе) дилер клиенттердің тапсырмалары негізінде бағалы қағаздарды немесе қолма-қол емес шетел валютасын сатып алу-сату мәмілелерін жасайды, брокер және (немесе) дилер олар бойынша есеп айырысуларды брокердің және (немесе) дилердің қайтарымдылық және төлемділік талаптарымен клиентке берген ақшаны немесе бағалы қағаздарды (бұдан әрі - маржалық мәмілелер) пайдалана отырып жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте брокерлік шарт көрсетілген ақшаны, шетел валютасын немесе бағалы қағаздарды қайтару бойынша міндеттемелерді орындау талаптары мен тәртібін, тараптардың жауапкершілігін, сондай-ақ маржалық мәмілелерді жасау талаптарын қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12878,70 +13306,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="173"/>
+    <w:bookmarkStart w:name="z230" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Маржиналдық мәмілелерді жасауға арналған клиенттік тапсырысты брокер және (немесе) дилер мынадай талаптарда орындауға қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) маржаның шектеулі деңгейін сақтау (клиенттің маржиналдық мәмілені қамтамасыз ету есебіне енгізілетін пайызбен берілген маржаның ең төменгі мөлшері);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12996,70 +13424,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="174"/>
+    <w:bookmarkStart w:name="z234" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Брокер және (немесе) дилер маржиналдық мәмілелерді жасаған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақшаны немесе шетел валютасын аудару және (немесе) брокерге және (немесе) дилерге тиесілі бағалы қағаздарды жеткізу арқылы клиенттің тапсырмаларын орындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13186,70 +13614,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="175"/>
+    <w:bookmarkStart w:name="z239" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Клиенттің маржалық мәміле бойынша міндеттемелерін қамтамасыз етуі ретінде мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ықтимал залалдарға резервтерді шегеріп, Standard &amp; Poor's агенттігінің халықаралық шкаласы бойынша "ВВ-"-тен төмен емес рейтингтік бағасы немесе Moody's Іnvestors Servіce немесе Fіtch агенттіктерінің осыған ұқсас деңгейдегі рейтингі немесе Standard &amp; Poor's ұлттық шкаласы бойынша "kzВВ-"-тен төмен емес рейтингтік бағасы немесе Moody's Іnvestors Servіce немесе Fіtch агенттіктерінің ұлттық шкаласы бойынша ұлттық шқаласы бойынша осыған ұқсас деңгейдегі рейтингі бар Қазақстан Республикасының резидент заңды тұлғаларының акциялары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13450,70 +13878,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="176"/>
+    <w:bookmarkStart w:name="z331" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75-1. Егер Қазақстан Республикасы бейрезиденттерінің бағалы қағаздары маржалық мәміле жасау мәні болып табылатын болса, бұл бағалы қағаздар мынадай есептік көрсеткіштердің (индекстердің) біреуінің құрамына кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       AІX (Astana Іnternatіonal Exchange) (Астана Интернэшнл Эксчейндж);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13860,70 +14288,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="177"/>
+    <w:bookmarkStart w:name="z245" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Туындайтын тәуекелдерді басқару мақсатында брокер және (немесе) дилер клиенттің барлық маржалық мәмілелері үшін маржа деңгейін есептейді. Маржа деңгейі мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14100,70 +14528,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="178"/>
+    <w:bookmarkStart w:name="z252" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Брокер және (немесе) дилер ұйымдастырылған, ұйымдастырылмаған және халықаралық (шетелдік) бағалы қағаздар нарықтары үшін оның клиенттеріне қатысты маржаның шектеулі деңгейін есептеу тәртібі мен мәнін, маржалық мәмілелерді жасау кезінде туындайтын тәуекелдерді басқару тәртібін қоса алғанда, осындай мәмілелер жасау тәртібін қамтитын ішкі құжат, маржалық мәмілелерді жүзеге асыруға бағдарламалық-техникалық жабдыққа талаптар, сондай-ақ Қағидаларда белгіленген маржалық мәмілелерді жасауға талаптар болмаған жағдайда маржалық мәмілелерді жасамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14182,51 +14610,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="179"/>
+    <w:bookmarkStart w:name="z253" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14241,52 +14669,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z255" w:id="180"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z255" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14301,71 +14729,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Алып тасталды - ҚР Ұлттық Банкі Басқармасының 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z256" w:id="181"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z256" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Брокер және (немесе) дилер клиентке маржа деңгейінің ең төменгі деңгейге дейін төмендегенін хабарлайды, бұл ретте маржиналдық мәмілені жасау үшін қамтамасыз ету ретінде клиент енгізген ақша немесе шетел валютасы немесе бағалы қағаздар көлемі маржиналдық мәміленің мәні болып табылатын қаржы құралы бағасының өзгеруі нәтижесінде аталған маржиналдық мәміле бойынша клиент алған шығындар көлеміне балама.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокер және (немесе) дилер брокерлік шартта ең жоғары маржа деңгейін қамтамасыз етуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14438,70 +14866,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="182"/>
+    <w:bookmarkStart w:name="z257" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Брокер және (немесе) дилер клиентке тиесілі қамтамасыз етуді құрайтын бағалы қағаздарды сатуды немесе клиенттің қамтамасыз етуді құрайтын ақшасы есебінен бағалы қағаздарды сатып алуды Қағидалардың 70-тармағында белгіленген талаптарға сәйкес келетін маржалық мәмілелерді жасауға арналған клиенттік тапсырыс негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14520,170 +14948,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="183"/>
+    <w:bookmarkStart w:name="z258" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        82. Клиенттің берешегі болған кезеңде брокер және (немесе) дилер клиентке клиенттік тапсырыстарды және оған тиесілі қамтамасыз етуді құрайтын бағалы қағаздарды сатуға және клиенттің осы іс-қимылдары оның брокер және (немесе) дилер алдындағы барлық берешегін өтеуге бағытталған жағдайларды қоспағанда, қамтамасыз ету болып табылатын клиенттің ақшасын пайдалануға арналған бұйрықтарды орындаудан бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z259" w:id="184"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z259" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Брокер және (немесе) дилер әрбір клиентке қатысты жасайтын маржиналдық мәмілелердің бөлек есебін жүргізеді, оған қоса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z260" w:id="185"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z260" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       брокердің және (немесе) дилердің маржиналдық мәмілелерді жасау салдарынан туындайтын әрбір клиенттің міндеттемелер көлемін есепке алуды (әрбір клиенттің бөлігінде маржиналдық мәмілелер бойынша есепке алу журналы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z261" w:id="186"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z261" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       брокер және (немесе) дилер берген ақшаны және/немесе бағалы қағаздарды қайтару туралы клиентке жіберілген талаптарды есепке алуды (клиенттерге жіберілген маржиналдық талаптарды есепке алу журналы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z262" w:id="187"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z262" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиент брокер және (немесе) дилер алдындағы өз міндеттемелерін орындауды қамтамасыз ету ретінде берген бағалы қағаздарды сату жөніндегі мәмілелерді есепке алуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z263" w:id="188"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z263" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Маржиналдық мәмілелерді есепке алу журналында мыналар болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиенттің тегі, аты, бар болса әкесінің аты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14766,70 +15194,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиенттің брокер және (немесе) дилер алдындағы берешегінің сомасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клиенттің брокер және (немесе) дилер алдындағы міндеттемелерін қамтамасыз етудің мөлшері және құрамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="189"/>
+    <w:bookmarkStart w:name="z264" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Клиенттерге жіберілген маржиналдық талаптарды есепке алу журналында мыналар болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаның - клиенттің атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14876,698 +15304,698 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       талаптың жіберілген күні және уақыты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       талапты жіберу сәтіндегі жағдай бойынша маржаның деңгейі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z265" w:id="190"/>
+    <w:bookmarkStart w:name="z265" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Брокерлердің және (немесе) дилерлердің андеррайтингтік қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="191"/>
+    <w:bookmarkStart w:name="z62" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Бірінші санатты брокер және (немесе) дилер андеррайтер (дербес немесе эмиссиялық консорциум құрамында) бола алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер эмиссиялық консорциум көмегімен жүзеге асырылатын эмиссиялық бағалы қағаздарды орналастыру Қазақстан Республикасының бағалы қағаздар нарығында, сондай-ақ шет мемлекеттердің бағалы қағаздар нарығында да жүргізетін болса осындай мемлекеттердің бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыруға уәкілетті шетел ұйымдары эмиссиялық консорциум қатысушылары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Брокерлер және (немесе) дилерлер - эмиссиялық консорциум қатысушылары арасында жасалатын бірлескен қызмет туралы шартта (бұдан әрі – андеррайтерлер арасындағы шарт) мынадай нормаларды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z268" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) эмиссиялық консорциум қатысушыларының функциялары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z269" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) эмиссиялық консорциум қатысушылары арасындағы құқықты, міндеттер мен жауапкершілікті бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z270" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бірлескен қызмет туралы шарттың қолданылу мерзімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 87-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасындағы қарым-қатынастар жазбаша нысанда жасалған шартпен реттеледі, ол эмиссиялық консорциуммен жасалған жағдайда оған соңғының қатысушылары атынан эмиссиялық консорциумның басқарушысы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z272" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасындағы шарт андеррайтерлер арасында шарт жасалғанға дейін де, сондай-ақ одан кейін де жасалады. Бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасындағы шартта ол кімнің басқарушысы болатын эмиссиялық консорциумды құруға андеррайтердің құқығы көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z273" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасындағы шартта эмиссиялық бағалы қағаздар шығарылымын орналастырудың мынадай тәсiлдерінiң бiрi белгiленедi:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z274" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "қатаң міндеттемелер" тәсiлi, бұл кезде андеррайтер (эмиссиялық консорциум) эмитенттен кейіннен басқа инвесторларға сату мақсатында орналастырылатын бағалы қағаздарды сатып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Андеррайтердің (эмиссиялық консорциумның) қызметтерін "қатаң міндеттемелер" тәсiлiмен бiрiншi санатты брокер және (немесе) дилер жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген қызметтердің түрін көрсету тәртiбiн реттейтін брокердің және (немесе) дилердің iшкi құжаттарында осы функцияларды мiндеттi түрде бекіту қосымша талап болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z275" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "ең жақсы күш салу" тәсiлi, бұл кезде андеррайтер (эмиссиялық консорциум) эмиссиялық бағалы қағаздарды инвесторларға ұсыну жолымен оларды орналастыру бойынша өзі үшін барынша күш салуға мiндеттенедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z276" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасындағы жасалған шарт талаптарына сәйкес эмиссиялық бағалы қағаздарды орналастырудың басқа тәсiлi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z277" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. "Қатаң міндеттемелер" тәсілін қолданғанда андеррайтер (эмиссиялық консорциум) эмитенттен орналастырылатын бағалы қағаздарды сатып алады, олар андеррайтердің (эмиссиялық консорцумның) бағалы қағаздарын есепке алуға арналған және бағалы қағаздарды номиналды ұстау есебі жүйесінде ашылған жеке шотына есепке жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z278" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Ең жақсы күш салу" тәсілін қолданғанда андеррайтер (эмиссиялық консорциум) жарияланған бағалы қағаздарды есепке алу үшін бағалы қағаздарды номиналды ұстау есебі жүйесінде ашылған эмитенттің жеке шотынан бағалы қағаздарды орналастыруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z279" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Андеррайтер (эмиссиялық консорциум) эмитенттен орналастырылатын бағалы қағаздардың бөлігін сатып алатын шарттың талаптарына сәйкес бағалы қағаздарды орналастырудың өзге тәсілі қолданылғанда, осы бағалы қағаздар андеррайтердің (эмиссиялық консорциумның) бағалы қағаздарын есепке алуға арналған және бағалы қағаздарды номиналды ұстау есебі жүйесінде ашылған жеке шотына есепке жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z280" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Андеррайтер (эмиссиялық консорциум) эмиссиялық бағалы қағаздарды орналастыру бойынша барлық мүмкіндігін салуға міндеттенетін шарттың талаптарына сәйкес бағалы қағаздарды орналастырудың өзге тәсілі қолданылғанда, осы бағалы қағаздарды орналастыру жарияланған бағалы қағаздарды есепке алуға арналған, номиналды ұстау есебі жүйесінде ашылған эмитенттің жеке шотынан жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z281" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалы қағаздарды өзге тәсілмен орналастыру осы тармақтың талаптары ескеріле отырып, бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасында жасалған шарттың талаптарымен белгіленген тәртіпте жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:p>
-[...33 lines deleted...]
-      87. Брокерлер және (немесе) дилерлер - эмиссиялық консорциум қатысушылары арасында жасалатын бірлескен қызмет туралы шартта (бұдан әрі – андеррайтерлер арасындағы шарт) мынадай нормаларды қамтиды:</w:t>
+    <w:bookmarkStart w:name="z282" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Бағалы қағаздарды орналастыру кезінде бағалы қағаздар эмитентіне "қатаң міндеттемелер" тәсілін пайдалану көзделетін шарттарды қоспағанда, бірнеше андеррайтермен (эмиссиялық консорциумдармен) шарттар жасасуға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z268" w:id="193"/>
-[...15 lines deleted...]
-      1) эмиссиялық консорциум қатысушыларының функциялары;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Егер бұл бағалы қағаздар эмитенті мен андеррайтер (эмиссиялық консорциум) арасындағы шарттың және андеррайтерлер арасындағы шарттың талаптарына қайшы келмейтін болса, андеррайтер (эмиссиялық консорциумның басқарушысы) эмиссиялық консорциумның мүшелері болып табылмайтын (егер бағалы қағаздар шығарылымын орналастыруды эмиссиялық консорциум жүзеге асырса) орналастырылатын шығарылымның бағалы қағаздарын сатуға басқа брокерлерді және (немесе) дилерлерді (осындай мемлекеттердің бағалы қағаздар нарығында брокерлік және дилерлік қызметті жүзеге асыруға уәкілетті шетел ұйымдары) тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z269" w:id="194"/>
-[...15 lines deleted...]
-      2) эмиссиялық консорциум қатысушылары арасындағы құқықты, міндеттер мен жауапкершілікті бөлу;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. Ішкі бақылау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z270" w:id="195"/>
-[...394 lines deleted...]
-    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z285" w:id="210"/>
+    <w:bookmarkStart w:name="z285" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Брокер және (немесе) дилер ішкі құжаттарға сәйкес ішкі бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z286" w:id="211"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z286" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі бақылауды жүзеге асыру нормалары осы брокердің және (немесе) дилердің ішкі құжаттарында белгіленеді. Ішкі бақылауды жүзеге асыруға ішкі бақылаудың объектісі болып табылатын, іс-әрекеттерді тікелей орындайтын брокердің және (немесе) дилердің қызметкерлері жіберілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z287" w:id="212"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z287" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Брокер және (немесе) дилер айына кемінде бір рет жеке және банк шоттардағы қаржы құралдарының саны мен ақша қаражаттары туралы өз есебінің деректерін осы брокер және (немесе) дилер үшін ашылған шоттардағы қаржы құралдары мен ақша сомасы туралы орталық депозитарийдің, клирингтік ұйымдардың және (немесе) есеп айырысу ұйымдарының, кастодиандар мен банктердің деректерімен салыстырып тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржы құралдары мен ақшаның санында сәйкессіздіктер болмаса, шетелдік есеп айырысу ұйымы ұсынған үзінді-көшірме салыстырып тексеру актісі ретінде танылады. Егер брокер және (немесе) дилер клиенті (контрагент) үзінді-көшірмені алған күннен бастап он жұмыс күні ішінде берілген деректерден қате шыққаны жөнінде мәлімдемесе, үзінді-көшірме дұрыс болып есептеледі және салыстырып тексеру актісі ретінде танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15622,70 +16050,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z290" w:id="213"/>
+    <w:bookmarkStart w:name="z290" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Брокер және (немесе) дилер клиенттің алғашқы талап етуі бойынша талап етуді (сұрау салуды) алған күннен бастап екі жұмыс күні ішінде клиентке танысу үшін өзінің ақшаны, қаржы құралдарын және осы клиенттің өзге де активтерін есепке алу жүйесінің деректерін кастодианның және (немесе) орталық депозитарийдің деректеріне сәйкес келуін салыстырып тексеру актісінен үзінді көшірмені ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15777,774 +16205,774 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 9 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z292" w:id="214"/>
+    <w:bookmarkStart w:name="z292" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық Банкі Басқармасының</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>күші жойылған қаулыларының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z293" w:id="215"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z293" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту туралы" 2005 жылғы 27 тамыздағы № 317 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3870 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z294" w:id="216"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z294" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту және Қазақстан Республикасының Бағалы қағаздар жөніндегі ұлттық комиссиясының "Жеке тұлғаларға бағалы қағаздар рыногында жұмыстарды орындауға рұқсат беру мәселелері бойынша Қазақстан Республикасы Бағалы қағаздар жөніндегі ұлттық комиссиясының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 1999 жылғы 20 сәуірдегі № 30 қаулысына өзгеріс енгізу туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгеріс енгізу туралы" 2006 жылғы 25 ақпандағы № 65 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4173 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z295" w:id="217"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z295" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту және Қазақстан Республикасының Бағалы қағаздар жөніндегі ұлттық комиссиясының "Жеке тұлғаларға бағалы қағаздар рыногында жұмыстарды орындауға рұқсат беру мәселелері бойынша Қазақстан Республикасы Бағалы қағаздар жөніндегі ұлттық комиссиясының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 1999 жылғы 20 сәуірдегі № 30 қаулысына өзгеріс енгізу туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2006 жылғы 17 маусымдағы № 131 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4296 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z296" w:id="218"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z296" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту" және Қазақстан Республикасының Бағалы қағаздар жөніндегі ұлттық комиссиясының "Жеке тұлғаларға бағалы қағаздар рыногында жұмыстарды орындауға рұқсат беру мәселелері бойынша Қазақстан Республикасы Бағалы қағаздар жөніндегі ұлттық комиссиясының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 1999 жылғы 20 сәуірдегі № 30 қаулысына өзгеріс енгізу туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2007 жылғы 30 сәуірдегі № 111 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4689 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z297" w:id="219"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z297" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігінің кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" 2007 жылғы 24 желтоқсандағы № 272 қаулысының (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5137 тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z298" w:id="220"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z298" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту және Қазақстан Республикасының Бағалы қағаздар жөніндегі ұлттық комиссиясының "Жеке тұлғаларға бағалы қағаздар рыногында жұмыстарды орындауға рұқсат беру мәселелері бойынша Қазақстан Республикасы Бағалы қағаздар жөніндегі ұлттық комиссиясының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 1999 жылғы 20 сәуірдегі № 30 қаулысына өзгеріс енгізу туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгерістер мен толықтыру енгізу туралы" 2008 жылғы 22 тамыздағы № 130 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5319 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z299" w:id="221"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z299" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына толықтырулар енгізу туралы" 2008 жылғы 29 қазандағы № 168 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5392 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z300" w:id="222"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z300" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгеріс енгізу туралы" 2009 жылғы 27 наурыздағы № 58 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5655 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z301" w:id="223"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z301" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2009 жылғы 5 тамыздағы № 190 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5790 тіркелген, "Заң газеті" газетінде 2009 жылғы 9 қазанда № 154 (1577) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z302" w:id="224"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z302" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының кейбiр нормативтiк құқықтық актiлерiне сәйкестендiру нөмiрлерi бойынша өзгерiстер мен толықтырулар енгiзу туралы" 2010 жылғы 29 наурыздағы № 50 қаулысына қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6219 тіркелген, Қазақстан Республикасы орталық атқарушы және өзге де орталық мемлекеттік органдарының актілер жинағында 2010 жылғы 26 тамызда № 14, "Егемен Қазақстан" газетінде 2010 жылғы 3 қарашада № 456 (26299) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z303" w:id="225"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z303" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгеріс енгізу туралы" 2010 жылғы 25 маусымдағы № 94 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6375 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z304" w:id="226"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z304" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Қазақстан Республикасы Ұлттық Банк Басқармасының "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" 2012 жылғы 30 қаңтардағы № 20 қаулысына (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7439 тіркелген, "Егемен Қазақстан" газетінде 2012 жылғы 24 мамырда № 261-266 (27340) жарияланған) қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z305" w:id="227"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z305" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Қазақстан Республикасы Ұлттық Банкі Басқармасының "Қазақстан Республикасының Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2012 жылғы 24 ақпандағы № 71 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7509 тіркелген, "Егемен Қазақстан" газетінде 2012 жылғы 24 мамырда № 261-266 (27340) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z306" w:id="228"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z306" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Қазақстан Республикасы Ұлттық Банкі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасының бағалы қағаздар рыногында брокерлік және дилерлік қызметті жүзеге асыру ережесін бекіту туралы" 2005 жылғы 27 тамыздағы № 317 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2012 жылғы 24 тамыздағы № 279 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7991 тіркелген, "Егемен Қазақстан" газетінде 2012 жылғы 12, 27 желтоқсанда № 834-839, 852-856 (27910, 27927) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z307" w:id="229"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z307" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Кейбір нормативтік құқықтық актілерге екінші деңгейдегі банктердің бағалы қағаздар нарығындағы қызметінің мәселелері бойынша өзгерістер мен толықтыру енгізу туралы" 2013 жылғы 25 ақпандағы № 69 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8412 тіркелген, "Егемен Қазақстан" газетінде 2013 жылғы 1 маусымда № 139 (28078) жарияланған) бекітілген Екінші деңгейдегі банктердің бағалы қағаздар нарығындағы қызметінің мәселелері бойынша өзгерістер мен толықтыру енгізілетін Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z308" w:id="230"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z308" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Қазақстан Республикасы Ұлттық Банкі Басқармасының "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 2013 жылғы 26 сәуірдегі № 110 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8505 тіркелген, "Заң газеті" газетінде 2013 жылғы 6 тамызда № 115 (2316) жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>