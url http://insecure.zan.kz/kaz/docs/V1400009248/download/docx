--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1245924" w14:textId="1245924">
+    <w:p w14:paraId="e3c2340" w14:textId="e3c2340">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3250,51 +3250,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Шарт жасасқан кезде клиент инвестициялық портфельді басқарушыға мынадай құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) клиент-жеке тұлғаның жеке басын куәландыратын құжаттың көшірмесі не цифрлық құжаттар сервисінен (идентификаттау үшін) электрондық құжат;</w:t>
+      1) жеке басын куәландыратын құжаттың көшірмесі немесе цифрлық құжаттар сервисінен жеке куәлігінің деректері (сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заңды тұлға - клиенттер (Қазақстан Республикасының резиденттері) үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3478,50 +3478,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 06.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z138" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3547,51 +3567,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-1-тармақпен толықтырылды - ҚР Ұлттық Банкi Басқармасының 16.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5266,169 +5286,393 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1. Инвестициялық портфельді басқарушы зейнетақы активтерін сенімгерлік басқаруды мынадай өлшемшарттардың бірі бойынша жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z186" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инвестициялық портфель салымшылардың зейнеткерлікке шығу мерзіміне қарамастан, зейнетақы салымдарынан тұрады және 12 (он екі) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәніне ие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z187" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық портфель зейнеткерлікке шығу мерзімі үш жылдан асатын салымшылардың зейнетақы салымдарынан тұрады және 36 (отыз алты) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәніне ие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z188" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) инвестициялық портфель зейнеткерлікке шығу мерзімі он үш жылдан асатын салымшылардың зейнетақы салымдарынан тұрады және 60 (алпыс) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәніне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зейнетақы активтері кірістілігінің ең аз мәні Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2023 жылғы 7 маусымдағы № 43 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32830 болып тіркелген) Инвестициялық портфельді басқарушы алған зейнетақы активтерінің номиналдық кірістілігі мен зейнетақы активтері кірістілігінің ең аз мәні арасындағы теріс айырманы есептеу қағидаларына, сондай-ақ Инвестициялық портфельді басқарушының теріс айырманы меншікті капиталы есебінен өтеу қағидалары мен мерзімдеріне сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 25-1-тармақпен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25-2. Инвестициялық портфельді басқарушы өлшемдері Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2023 жылғы 7 маусымдағы № 43 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32830 болып тіркелген) Инвестициялық портфельді басқарушы алған зейнетақы активтерінің номиналдық кірістілігі мен зейнетақы активтері кірістілігінің ең аз мәні арасындағы теріс айырманы есептеу қағидаларына, сондай-ақ Инвестициялық портфельді басқарушының теріс айырманы меншікті капиталы есебінен өтеу қағидалары мен мерзімдеріне сәйкес айқындалатын композиттік индекстер негізінде меншікті инвестициялау стратегиясын айқындайтын инвестициялық портфель үшін инвестициялық декларация әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 25-2-тармақпен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="86"/>
+    <w:bookmarkStart w:name="z84" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Екінші деңгейдегі банктердің, сақтандыру ұйымдарының және өзге де қаржы ұйымдарының меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыру кезінде инвестициялық портфельді басқарушы осы Қағидаларда белгіленген талаптарға қосымша екінші деңгейдегі банктердің, сақтандыру ұйымдарының және өзге де қаржы ұйымдарының қызметін реттейтін Қазақстан Республикасының заңнамасын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағының бірінші бөлігінде көрсетілген клиенттердің активтерімен жасалатын мәмілелерге қатысты ерекше талаптар мен шектеулер белгіленген жағдайда, осындай клиенттің инвестициялық портфелін басқару көрсетілген шектеулер ескеріле отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5465,90 +5709,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="87"/>
+    <w:bookmarkStart w:name="z85" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Клиенттің инвестициялық декларациясында Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 27 тамыздағы № 214 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8796 болып тіркелген) бекітілген Бағалы қағаздар нарығында брокерлік және дилерлік қызметті, инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларының (бұдан әрі - Тәуекелдерді басқару жүйесін қалыптастыру қағидалары) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мәліметтер болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық қорлардың инвестициялық декларациясына қойылатын талаптар Инвестициялық қорлар туралы заңның 39-бабында белгіленген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5641,148 +5885,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="88"/>
+    <w:bookmarkStart w:name="z86" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Егер клиентпен жасалған шартта осы көзделген болса, инвестициялық декларацияда инвестициялық басқаруға тапсырылған активтердің инвестицияланатын мерзіміне және клиенттің шотында қалуы мүмкін ақшаның барынша көп қалдығының мөлшеріне қойылатын талаптар болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z87" w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z87" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Инвестициялық портфельді басқарушының қаржы ұйымдары болып табылатын клиенттерінің инвестициялық декларациялары осы қаржы ұйымдарының қызметін реттейтін Қазақстан Республикасының заңнамасы ескеріліп жасалады және оны қаржы ұйымының директорлар кеңесі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z88" w:id="90"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z88" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Инвестициялық портфельді басқару жөнiндегi қызметті жүзеге асыру барысында клиенттің активтеріне және (немесе) инвестициялық портфельді басқарушының меншiктi активтеріне қатысты инвестициялық шешiмдердi инвестициялық портфельді басқарушының инвестициялық комитеті қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің активтеріне және (немесе) инвестициялық портфельді басқарушының меншiктi активтеріне қатысты инвестициялық шешiмдердi қабылдау тәртібі, ұсынымның және инвестициялық шешімнің жасалу тәртібіне және мазмұнына қойылатын талаптар Тәуекелдерді басқару жүйесін қалыптастыру қағидаларында белгіленген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="91"/>
+    <w:bookmarkStart w:name="z89" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Егер инвестициялық портфельді басқарушының іс-әрекеттеріне байланысты емес жағдайлардың нәтижесінде клиенттің инвестициялық портфелінің құрылымы Қазақстан Республикасының қаржылық заңнамасында, Қағидаларда және (немесе) клиенттің инвестициялық декларациясында белгіленген талаптарға сәйкес келуін тоқтатқан жағдайда, инвестициялық портфельді басқарушы осындай сәйкес келмеуді ушықтыратын қызметті дереу тоқтатады және бір күн ішінде осы сәйкес келмеуді жою жөніндегі іс-шаралар жоспарын қоса бере отырып, осы сәйкессіздік фактісі және себептері туралы уәкілетті органға және клиентке хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық портфельді басқарушы клиенттің инвестициялық портфелінің құрылымын Қағидалардың осы тармағының бірінші бөлігінде көрсетілген, уәкілетті органмен келісілген іс-шаралар жоспарында белгіленген мерзімдерде, не осы іс-шаралар жоспарын қарау нәтижелері бойынша уәкілетті орган белгілеген мерзімдерде Қазақстан Республикасының қаржылық заңнамасының, Қағидалардың және (немесе) клиенттің инвестициялық декларациясының талаптарына сәйкес келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5819,90 +6063,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="92"/>
+    <w:bookmarkStart w:name="z90" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Инвестициялық портфельді басқарушы инвестициялық шешiмдi бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыруға қолданылып жүрген лицензиясы болған кезде дербес орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z91" w:id="93"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z91" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Инвестициялық портфельді басқарушы мыналар бойынша мәмілелер жасасу жөнінде шешім қабылдамайды және мәмілелерді жүзеге асырмайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиенттің инвестициялық басқаруға берілген активтері есебінен инвестициялық портфельді басқарушының меншігіндегі қаржы құралдарын және өзге де мүлікті сатып алу бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6175,70 +6419,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="94"/>
+    <w:bookmarkStart w:name="z144" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-1. Құны Қазақстан Республикасының азаматтық заңнамасына сәйкес қаржы құралдары немесе қаржы активтері болып табылмайтын және кімнен болмасын талап ету құқығы жоқ криптография және (немесе) компьютерлік есептеу құралдарын қолдана отырып орталықтандырылмаған ақпараттық жүйеде құрылатын және есепке алынатын шамалар құнына (құнының өзгеруіне) байланысты болатын қаржы құралдары инвестициялық портфельді басқарушы жүзеге асыратын мәміленің нысанасы болып табылмайды және олардың басқаруына қабылданбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6257,70 +6501,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="95"/>
+    <w:bookmarkStart w:name="z156" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-2. Қайталама нарықта бағалы қағаздармен, сондай-ақ туынды қаржы құралдарымен зейнетақы активтері есебінен мәмілелер, мынадай жағдайларды қоспағанда, қор биржасында ғана жасалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эмитенттің инвестициялық портфельдегі облигацияларды акцияларға конвертациялауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7019,449 +7263,381 @@
       Қағидалардың осы тармағының бірінші бөлігінде белгіленген нормалар активтерінің құрылымы MSCI ACWI Index (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индекс) немесе Bloomberg Global-Aggregate Index (Блумберг Глобал-Агригейт Индекс) индекстерінің құрылымын қайталайтын немесе пайлары бойынша баға белгілеу осы индекстерге байланысты Exchange Traded Funds (Эксчейндж Трэйдэд Фандс) пайларына қатысты қолданылмайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зейнетақы активтері есебінен инвестициялардың осы зейнетақы активтерін есепке алуды және сақтауды жүзеге асыратын кастодианның банк шоттарындағы шетел валютасындағы қалдықтарды қоса алғанда, шетел валютасында номиналданған қаржы құралдарына жиынтық мөлшері инвестициялық портфельді басқарушының сенімгерлік басқаруындағы зейнетақы активтері құнынан 60 (алпыс) пайыздан кем болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатарынан 12 (он екі) ай ішінде инвестициялық портфельдің тәуекел көрсеткіші (стандартты ауытқу) композиттік индекстің тәуекел көрсеткішінен 1,2-ден астам (бір бүтін оннан екі) рет аспайды (стандартты ауытқу) және ай сайын есепті айдан кейінгі айдың бірінші күніндегі жағдай бойынша есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы активтері есебінен эмитенттің бір шығарылымының борыштық бағалы қағаздарына инвестициялардың жиынтық мөлшері эмитенттің осы шығарылымының орналастырылған борыштық бағалы қағаздарының жалпы санынан 50 (елу) пайыздан кем болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының ұйымы шығарған акцияларға, оның ішінде депозитарлық қолхаттардың базалық активі болып табылатын акцияларға зейнетақы активтері есебінен инвестициялардың жиынтық мөлшері осы эмитенттің дауыс беретін акцияларының жалпы санынан 10 (он) пайыздан кем болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ұлттық Банкінің және инвестициялық портфельді басқарушылардың сенімгерлік басқаруындағы бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтері есебінен инвестициялардың жиынтық мөлшері бірыңғай жинақтаушы зейнетақы қоры өзінің интернет-ресурсында жариялаған зейнетақы активтері есебінен бірыңғай жинақтаушы зейнетақы қорының инвестициялық портфелінің құрылымы туралы мәліметтерге сәйкес осы эмитенттің дауыс беретін акцияларының жалпы санынан 10 (он) пайыздан асқан жағдайда, инвестициялық портфельді басқарушы Қазақстан Республикасының ұйымы шығарған, оның ішінде депозитарлық қолхаттардың базалық активі болып табылатын зейнетақы активтері есебінен акцияларды сатып алу жөнінде шешімдер қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 33-6-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 15.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> қаулысымен (мәтін алып тасталды).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-7. Егер туынды қаржы құралдарының базалық активі зейнетақы активтерінің құрамына кіретін жағдайда, зейнетақы активтері есебінен туынды қаржы құралдарымен мәмілелер хеджирлеу мақсатында ғана жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 33-7-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 15.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Зейнетақы активтері есебінен эмитенттің бір шығарылымының борыштық бағалы қағаздарына инвестициялардың жиынтық мөлшері эмитенттің осы шығарылымының орналастырылған борыштық бағалы қағаздарының жалпы санынан 50 (елу) пайыздан кем болады.</w:t>
-[...35 lines deleted...]
-      Қазақстан Республикасы Ұлттық Банкінің және инвестициялық портфельді басқарушылардың сенімгерлік басқаруындағы бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтері есебінен инвестициялардың жиынтық мөлшері бірыңғай жинақтаушы зейнетақы қоры өзінің интернет-ресурсында жариялаған зейнетақы активтері есебінен бірыңғай жинақтаушы зейнетақы қорының инвестициялық портфелінің құрылымы туралы мәліметтерге сәйкес осы эмитенттің дауыс беретін акцияларының жалпы санынан 10 (он) пайыздан асқан жағдайда, инвестициялық портфельді басқарушы Қазақстан Республикасының ұйымы шығарған, оның ішінде депозитарлық қолхаттардың базалық активі болып табылатын зейнетақы активтері есебінен акцияларды сатып алу жөнінде шешімдер қабылдамайды.</w:t>
+      33-8. Зейнетақы активтерін Қазақстан Республикасының екінші деңгейдегі банкіндегі депозиттерге (салымдарға) орналастыру мерзімі 36 (отыз алты) айдан, шетелдік банктерде – 12 (он екі) айдан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағидалар 33-6-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 15.02.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 33-8-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 15.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Инвестициялық портфельді басқарушы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7476,71 +7652,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптармен қатар, Инвестициялық қорлар туралы Заңда көзделген ерекшеліктерді ескере отырып, Инвестициялық қорлар туралы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген инвестициялық қордың активтерін басқару жөніндегі қызметті жүзеге асыруға байланысты тыйым салуларды сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z105" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Инвестициялық пай қорының пайларын орналастыру және сатып алу жөнiндегi бұйрықтарға инвестициялық қордың активтерін есепке алуды қамтамасыз ететін кастодиан бөлiмшесiнiң басшысы қол қояды және кастодиан орталық депозитарийге (номиналды ұстаушыға) өзінің инвестициялық портфельді басқарушының бұйрығын жазбаша растауын жіберу арқылы растайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер бұл кастодиандық қызмет көрсету және бағалы қағаздарды ұстаушылардың тiзiлiмі жүйесін жүргізу жөніндегі шарттардың талаптарында көзделсе, инвестициялық пай қорының пайларын орналастыру және сатып алу барысында мәмiленi инвестициялық пай қорының пайларын ұстаушылар тiзiлiмiнде тіркеген сәттен бастап үш жұмыс күнінен кешіктірмейтін мерзімде кастодианның пайларды есептен шығару (есепке алу) бойынша мәмілелер жасауға келісімiн растайтын, қағаз тасымалдауыштағы құжаттардың түпнұсқаларын мiндеттi түрде беру шартымен факсимильді байланыс құралдарын пайдалануға жол берiледi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7615,70 +7791,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="98"/>
+    <w:bookmarkStart w:name="z161" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-1. Инвестициялық портфельді басқарушы биржалық ивестициялық пай қорларының (Exchange Traded Fund) (ETF) (Эксчейндж Трэйдэд Фандс) пайларына күн сайын сұраныстар мен ұсыныстар қалыптастыру мақсаттары үшін әрбір биржалық ивестициялық пай қоры бойынша (Exchange Traded Fund) (ETF) (Эксчейндж Трэйдэд Фандс) маркет-мейкердің болуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7697,90 +7873,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Инвестициялық портфельді басқарушы туынды қаржы құралдарымен ұйымдастырылмаған нарықта брокердің қызметін пайдаланбастан дербес жасалған мәмілелерді жүргізуді орталық депозитарий жүзеге асыратын тізілімге (бұдан әрі – тізілім) енгізу үшін есепті аптадан кейінгі аптаның бірінші жұмыс күнінің Астана қаласының уақыты бойынша сағат 14-00-ден кешіктірмей орталық депозитарийге Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17920 болып тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 қарашадағы № 307 қаулысымен бекітілген Орталық депозитарий қызметін жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына және орталық депозитарийдің ішкі құжаттарына сәйкес ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпарат ақпаратты беру күніндегі барлық қолданыстағы ұйымдастырылған және ұйымдастырылмаған нарықта туынды қаржы құралдарымен жасалған мәмілелер бойынша, сондай-ақ есепті кезеңде жасалған және орындалған мәмілелер бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7817,110 +7993,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        37. Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тізілімге өзгерістер және (немесе) толықтырулар енгізу қажет болған жағдайда, Инвестициялық портфельді басқарушы орталық депозитарийге жаңартылған ақпаратты және тізілімге өзгерістер және (немесе) толықтырулар енгізу қажеттігінің себептерін көрсете отырып, жазбаша түсіндірмені ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z143" w:id="101"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z143" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-1. Инвестициялық пай қорының пайларын бастапқы орналастыруды аяқтағаннан кейін 3 (үш) жұмыс күні ішінде осы инвестициялық пай қорының активтерін басқаруды жүзеге асыратын инвестициялық портфельді басқарушы мына мәліметтерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инвестициялық пай қорының атауын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8029,51 +8205,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="102"/>
+    <w:bookmarkStart w:name="z149" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37-2. Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8088,51 +8264,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігі және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сақтанушының инвестицияларға қатысу талабы көзделетін сақтандыру шарттары бойынша инвестициялау мақсаттары үшін сақтанушылардан алынған сақтандыру сыйлықақыларының (сақтандыру жарналарының) бір бөлігі және оларды инвестициялаудан алынған кіріс (зиян) есебінен қалыптастырылған активтерді басқару жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8189,70 +8365,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="103"/>
+    <w:bookmarkStart w:name="z150" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-3. Қағидалардың осы тарауының талаптары сақтандыру ұйымы болып табылатын инвестициялық портфельді басқарушының меншікті активтеріне қатысты қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8271,126 +8447,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:bookmarkStart w:name="z108" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Есепке алуды ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:bookmarkStart w:name="z109" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Ерікті жинақтаушы зейнетақы қорларының, сақтандыру ұйымдарының меншікті активтері есебінен, инвестициялау мақсаттары үшін сақтанушылардан алынған сақтандыру сыйлықақылары (сақтандыру жарналары) және сақтанушының инвестицияларға қатысу талабын көздейтін сақтандыру шарттары бойынша оларды инвестициялаудан алынған кірістер (зияндар) бөлігінің есебінен қалыптастырылған инвестициялық портфельді құрайтын активтерді есепке алуды және сақтауды, эндаумент қорлардың активтерін есепке алуды және сақтауды, сондай-ақ инвестициялық қорлардың активтерін және арнайы қаржы компаниясының активтерін есепке алуды және сақтауды кастодиан мен инвестициялық портфельді басқарушы арасында жасалған кастодиандық шарт негізінде кастодиан жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағының бірінші бөлігінде көрсетілген инвестициялық портфельді басқарушының клиенттерін қоспағанда, клиенттердің бағалы қағаздарын есепке алуды инвестициялық портфельді басқарушы мен нақтылы ұстаушы арасында жасалған нақтылы ұстау туралы шарттың негізінде бағалы қағаздарды нақтылы ұстау бойынша қызметтер көрсететін шетелдік есеп айырысу ұйымы немесе бағалы қағаздар нарығының кәсіби қатысушысы (бұдан әрі - нақтылы ұстаушы) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8649,90 +8825,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="106"/>
+    <w:bookmarkStart w:name="z110" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Инвестициялық портфельді басқарушының ішкі есепке алу жүйесінде клиенттің активтері инвестициялық портфельді басқарушының меншiктi активтерінен оларды инвестициялық портфельді басқарушының баланстан тыс шоттарына есепке алу арқылы оқшауланады және олар инвестициялық портфельді басқарушының мiндеттемелерi бойынша өндiрiп алынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z111" w:id="107"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z111" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Баланстан тыс шот Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасына сәйкес инвестициялық портфельді басқарушының әрбір клиентіне инвестициялық портфельді басқарушының ішкі есепке алу жүйесінде ашылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8751,110 +8927,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:bookmarkStart w:name="z112" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Инвестициялық портфельді басқарушының ішкі есепке алу жүйесін жүргізу, клиентке ішкі есепке алу жүйесінде шот ашу және ішкі есепке алу жүйесін актуалды жағдайда ұстап тұру тәртібі инвестициялық портфельді басқарушының iшкi құжаттарында белгiленедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z157" w:id="109"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z157" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40-1. Инвестициялық портфельді басқарушы зейнетақы активтеріне инвестициялайтын зейнетақы активтерін есепке алу және қаржы құралдарын бағалау тәртібі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32997 болып тіркелген, Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2023 жылғы 26 маусымдағы № 58 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Зейнетақы активтерін есепке алу мен бағалауды жүзеге асыру қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8893,90 +9069,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Қазақстан Республикасы Ұлттық Банкінің алтын-валюта активтерін және Қазақстан Республикасы Ұлттық қорының инвестициялық басқаруға берілген активтерін есепке алу мен сақтауды қоспағанда, инвестициялық портфельді басқарушының клиенттеріне тиесілі ақшаны есепке алу және сақтау инвестициялық портфельді басқарушы өзімен үлестес емес, бағалы қағаздар нарығында кастодиандық қызметті жүзеге асыруға лицензиясы бар банктерде ашқан банк шоттарында немесе Бағалы қағаздар рыногы туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жағдайларда шетелдік қадағалау органы берген осыған ұқсас лицензиясы бар шетелдік есеп айырысу ұйымдарында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8995,70 +9171,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="111"/>
+    <w:bookmarkStart w:name="z158" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-1. Зейнетақы активтерін сенімгерлік басқару туралы шарт бойынша инвестициялық портфельді басқарушыға берілген зейнетақы активтері есебінен қалыптастырылған инвестициялық портфельді құрайтын активтерді есепке алуды және сақтауды кастодиан, инвестициялық портфельді басқарушы және бірыңғай жинақтаушы зейнетақы қоры арасында жасалған кастодиандық шарт (бұдан әрі - үшжақты кастодиандық шарт) негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Инвестициялық портфельді басқарушы өзінің ішкі есепке алу жүйесінің деректерін олардың зейнетақы активтерін есепке алуды және сақтауды жүзеге асыратын кастодианның және бірыңғай жинақтаушы зейнетақы қорының деректеріне сәйкестігін үшжақты кастодиандық шартта белгіленген тәртіппен, мерзімдерде және кезеңділікпен салыстырып тексеруді жүргізеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9113,70 +9289,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Ерікті жинақтаушы зейнетақы қорларының, сақтандыру ұйымдарының меншікті активтері есебінен, сақтанушының инвестицияларға қатысу талабы көзделетін сақтандыру шарттары бойынша инвестициялау мақсаттары үшін сақтанушылардан алынған сақтандыру сыйлықақыларының (сақтандыру жарналарының) бір бөлігі және оларды инвестициялаудан алынған кіріс (зиян) есебінен қалыптастырылған инвестициялық портфельді құрайтын активтерді, сондай-ақ инвестициялық қорлардың активтері, эндаумент-қорлардың активтері мен арнайы қаржы компаниясының активтерін қоспағанда, клиенттердің шетелдік қаржы құралдарын есепке алуды және сақтауды шетелдік есеп айырысу ұйымы жүзеге асыра алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9195,90 +9371,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkStart w:name="z115" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Инвестициялық портфельді басқарушы айына кемінде бір рет өзiнiң ішкі есепке алу жүйесiнiң деректерін олардың клиенттердің активтерін есепке алуды және сақтауды жүзеге асыратын кастодиандардың деректеріне және (немесе) инвестициялық портфельді басқарушының клиенттерінің бағалы қағаздарын есепке алуды жүзеге асыратын номиналды ұстаушының деректеріне сәйкес келуін салыстырып тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z116" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген деректер бойынша салыстырып тексеру нәтижелері мынадай мәліметтер қамтылатын салыстырып тексеру актісімен ресімделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салыстырып тексеру актісінің жасалу күні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9387,70 +9563,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:bookmarkStart w:name="z117" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Инвестициялық портфельді басқарушының ішкі есепке алу жүйесінің деректерін шетелдік есеп айырысу ұйымының деректерімен салыстырып тексеру SWIFT (СВИФТ) - хабарламалар алмасу арқылы ақпарат берудің және төлемдер жасаудың халықаралық банкаралық жүйесі арқылы не шетелдік есеп айырысу ұйымымен жасалған шартта көзделген басқа да байланыс құралдары арқылы жүзеге асырылады және клиенттерге тиесілі және шетелдік есеп айырысу ұйымының шоттарындағы қаржы құралдарының қалдықтарын инвестициялық портфельді басқарушының ішкі есепке алу жүйесінің деректерімен салыстырып тексеруді жүргізу күніне салыстырып тексеру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Олардың негізінде салыстырып тексеру жүргізілген құжаттар, оның ішінде SWIFT (СВИФТ) - хабарламалар салыстырып тексеру жүргізілген күннен бастап бес жыл бойы сақталуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9487,51 +9663,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="116"/>
+    <w:bookmarkStart w:name="z118" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Егер Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9546,71 +9722,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>44-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылатын салыстырып тексерудің нәтижелері бойынша айырмашылықтар болған жағдайда, салыстырып тексеруді жүзеге асырған тараптар оларды жою бойынша шараларды қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z119" w:id="117"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z119" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Инвестициялық портфельді басқарушы мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жасалған шарттар және оларға енгізілген барлық өзгерістер мен толықтырулар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9827,90 +10003,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:bookmarkStart w:name="z120" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Ұсынымдар олардың негiзiнде берілген құжаттармен (материалдармен) бірге, инвестициялық шешімдер және инвестициялық портфельді басқару жөнiндегi қызметке қатысты құжаттар хронологиялық тәртіпте жеке тiркеу файлдарында сақталуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z151" w:id="119"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z151" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47-1. Сақтанушының инвестицияларға қатысу талабы көзделетін сақтандыру шарттары бойынша инвестициялау мақсаттары үшін сақтанушылардан алынған сақтандыру сыйлықақыларының (сақтандыру жарналарының) бір бөлігі және оларды инвестициялаудан алынған кіріс (зиян) есебінен қалыптастырылған активтерді есепке алу ерекшеліктері Сақтанушының инвестицияларға қатысу қағидаларында белгіленген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9929,146 +10105,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="120"/>
+    <w:bookmarkStart w:name="z121" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Арнайы қаржы компаниясының жаңа инвестициялық портфельді басқарушыға өткізілетін активтерін салыстырып тексеру рәсiмiн жүргізу тәртiбi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="121"/>
+    <w:bookmarkStart w:name="z122" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Арнайы қаржы компаниясының жаңа инвестициялық портфельді басқарушыға өткізілетін активтерін салыстырып тексеруді кастодианның, инвестициялық портфельді басқарушының және арнайы қаржы компаниясының уәкiлеттi өкiлдерi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z123" w:id="122"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z123" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Жаңа инвестициялық портфельді басқарушыға өткізілетін активтерді салыстырып тексеру үшiн:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өткізілетін активтердің тiзбесi;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10097,70 +10273,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) салыстырып тексеру актiсi жасалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өткізілетін активтерге салыстырып тексеру кезінде басқаруда болған активтер кiредi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="123"/>
+    <w:bookmarkStart w:name="z124" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Жаңа басқарушы агентке өткізілетін активтерді салыстырып тексеру кезінде инвестициялық басқарудың барлық кезеңіндегі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялық портфельді басқарушының бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын (жүзеге асырған) ұйымдарға арнайы қаржы компаниясының активтері есебінен қаржы құралдарымен мәмілелер жасасуға берген тапсырмаларының көшiрмелерi;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10261,70 +10437,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) арнайы қаржы компаниясының өткізілетін активтерін салыстырып тексеру күнінде мерзiмi өтіп кеткен арнайы қаржы компаниясының активтері есебінен екiншi деңгейдегі банктермен жасалған банктік салым шарттарының көшiрмелерi;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) инвестициялық портфельді басқарушы арнайы қаржы компаниясының активтері есебінен қалыптастырған инвестициялық портфельді басқаруға қатысты өзге де құжаттар өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="124"/>
+    <w:bookmarkStart w:name="z125" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Салыстырып тексеру қорытындылары бойынша салыстырып тексеру актiсi жасалады, оның ішінде мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бағалы қағаздардың ұлттық сәйкестендіру нөмiрлерiн көрсете отырып, олардың саны (данамен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10461,70 +10637,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) инвестициялық қызметке қатысты өткізілетін құжаттардың түпнұсқалары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) инвестициялық қызметке қатысты өзге де мәліметтер туралы (жөніндегі) ақпарат қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="125"/>
+    <w:bookmarkStart w:name="z126" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Салыстырып тексеру актісі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялық портфельді басқару жөніндегі шартты бұзу күні арнайы қаржы компаниясына, инвестициялық портфельдің жаңа басқарушысына, инвестициялық портфельді басқарушыға, кастодианға, уәкілетті органға бір данадан бес данада жасалады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10597,51 +10773,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="126"/>
+    <w:bookmarkStart w:name="z127" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10656,71 +10832,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>52-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес ресімделген салыстырып тексеру актiсiнiң данасы оған қол қойылған күннен бастап үш жұмыс күні iшiнде уәкiлеттi органға ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z152" w:id="127"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z152" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-1. Қағидалардың осы тарауы сақтандыру ұйымдарына қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10739,126 +10915,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="128"/>
+    <w:bookmarkStart w:name="z128" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Инвестициялық портфельді басқарушының инвестициялық портфельді басқару жөнiндегi қызметті жүзеге асыруға берілген лицензияның қолданылуын тоқтата тұрған немесе одан айырған жағдайдағы іс-әрекетінің тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="129"/>
+    <w:bookmarkStart w:name="z129" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Инвестициялық портфельді басқарушы лицензияның қолданылуын тоқтата тұрған немесе одан айырған жағдайда уәкiлеттi органның тиісті хабарламасын алған күннен бастап екі жұмыс күні iшiнде бұл туралы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке хабарлама жіберу және клиенттер үшін қолжетімді орындарда (бас офистің және филиалдардың үй-жайларында, сондай-ақ осы инвестициялық портфельді басқарушының Интернет желісіндегі интернет-ресурсында (корпоративтік интернет-ресурсы болса) тиісті хабарландыруларды орналастыру арқылы өзінің клиенттеріне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10883,140 +11059,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 54-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 28.10.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.02.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="130"/>
+    <w:bookmarkStart w:name="z130" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        55. Инвестициялық портфельді басқарушы лицензиядан айырылған жағдайда уәкiлеттi органның хабарламасын алған кезден бастап күнтізбелік отыз күн iшiнде клиенттің бұйрығы негізінде активтерді клиентке қайтарады немесе жасалған шарт болған кезде активтерді жаңа инвестициялық портфельді басқарушыға өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z153" w:id="131"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z153" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-1. Қағидалардың осы тарауы сақтандыру ұйымдарына қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11035,70 +11211,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="132"/>
+    <w:bookmarkStart w:name="z159" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Зейнетақы активтерін сенімгерлік басқаруды жүзеге асыратын инвестициялық портфельді басқарушы лицензияның қолданысы тоқтатыла тұрған не одан айырылған жағдайда уәкілетті органның тиісті хабарламасын алған күні осы ақпаратты жеке хабарлама жіберу және осы инвестициялық портфельді басқарушының корпоративтік интернет-ресурсында тиісті хабарландырулар орналастыру арқылы бірыңғай жинақтаушы зейнетақы қорына және зейнетақы активтерін есепке алуды және сақтауды жүзеге асыратын кастодианға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11117,70 +11293,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="133"/>
+    <w:bookmarkStart w:name="z160" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Лицензия тоқтатыла тұрған не одан айырылған жағдайда зейнетақы активтерін сенімгерлік басқаруды жүзеге асыратын инвестициялық портфельді басқарушы уәкілетті органның тиісті хабарламасын алған күннен бастап 10 (он) жұмыс күні ішінде зейнетақы активтерін қабылдау-өткізу актісінің негізінде зейнетақы активтерін Қазақстан Республикасының Ұлттық Банкіндегі бірыңғай жинақтаушы зейнетақы қорының кастодиандық шотына қайтарады, онда мынадай мәліметтер қамтылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялық портфельді басқарушының, кастодианның, бірыңғай жинақтаушы зейнетақы қорының, Қазақстан Республикасы Ұлттық Банкінің толық атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11433,202 +11609,202 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="134"/>
+    <w:bookmarkStart w:name="z182" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Зейнетақы активтерін сенімгерлік басқару шарты инвестициялық портфельді басқарушының бастамасы бойынша бұзылған жағдайда инвестициялық портфельді басқарушының іс-қимыл тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 7-тараумен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="135"/>
+    <w:bookmarkStart w:name="z183" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Зейнетақы активтерін сенімгерлік басқару шартын өз бастамасы бойынша бұзған жағдайда инвестициялық портфельді басқарушы уәкілетті органды, бірыңғай жинақтаушы зейнетақы қорын және зейнетақы активтерін есепке алу және сақтауды жүзеге асыратын кастодианды шартты бұзудың жоспарланған күніне дейін күнтізбелік бір жылдан кешіктірмей хабардар етеді және бір мезгілде корпоративтік интернет-ресурста тиісті хабарландыру орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұндай хабарлама болған кезде бірыңғай жинақтаушы зейнетақы қоры салымшылардың зейнетақы активтерін осы инвестициялық қорды басқарушының басқаруына аудару туралы жаңа өтініштерін қабылдамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="136"/>
+    <w:bookmarkStart w:name="z184" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Зейнетақы активтерін сенімгерлік басқару шартын өз бастамасы бойынша бұзған жағдайда инвестициялық портфельді басқарушы сенімгерлік басқарудағы зейнетақы активтерін ақша түрінде Қазақстан Республикасының Ұлттық Банкіне сенімгерлік басқаруға толық көлемде қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық портфельді басқарушы инвестициялық портфельді басқарушы алған зейнетақы активтерінің номиналдық кірістілігі мен инвестициялық портфельді басқарушы зейнетақы активтерін басқаруды жүзеге асырған толық күнтізбелік жылдан кейінгі жылдың 1 қаңтарына қалыптасқан зейнетақы активтері кірістілігінің ең аз мәні арасындағы теріс айырманы (бар болса) толық көлемде өтейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="137"/>
+    <w:bookmarkStart w:name="z185" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Зейнетақы активтерін сенімгерлік басқару шарты инвестициялық портфельді басқарушының бастамасы бойынша бұзылған жағдайда теріс айырманы (бар болса) өтеу күнінен кейін 5 (бес) жұмыс күні ішінде инвестициялық портфельді басқарушы зейнетақы активтерін зейнетақы активтерін қабылдау-өткізу актісінің негізінде Қазақстан Республикасының Ұлттық Банкіндегі бірыңғай жинақтаушы зейнетақы қорының кастодиандық шотына қайтарады, ол мынадай мәліметтерді қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялық портфельді басқарушының толық атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11882,322 +12058,322 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 10 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="138"/>
+    <w:bookmarkStart w:name="z132" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған нормативтік құқықтық актілердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z133" w:id="139"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z133" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау жөніндегі агенттігі Басқармасының "Инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыру ережесін бекіту туралы" 2010 жылғы 30 сәуірдегі № 59 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6290 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z134" w:id="140"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z134" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" 2012 жылғы 30 қаңтардағы № 20 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7439 тіркелген, "Егемен Қазақстан" газетінде 2012 жылғы 24 мамырда № 261-266 (27340) жарияланған) қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z135" w:id="141"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z135" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Кейбір нормативтік құқықтық актілерге екінші деңгейдегі банктердің бағалы қағаздар нарығындағы қызметінің мәселелері бойынша өзгерістер мен толықтыру енгізу туралы" 2013 жылғы 25 ақпандағы № 69 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8412 тіркелген, "Егемен Қазақстан" газетінде 2013 жылғы 1 маусымда № 139 (28078) жарияланған) тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z136" w:id="142"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z136" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 2013 жылғы 26 сәуірдегі № 110 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8505 тіркелген, "Заң газеті" газетінде 2013 жылғы 6 тамызда № 115 (2316) жарияланған) тізбенің 27-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z137" w:id="143"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z137" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы құралдарымен операцияларды тіркеу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" 2013 жылғы 27 тамыздағы № 215 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8799 тіркелген, "Заң газеті" газетінде 2013 жылғы 14 қарашада № 171 (2372) жарияланған) тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>