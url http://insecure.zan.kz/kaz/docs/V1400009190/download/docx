--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="489719d" w14:textId="489719d">
+    <w:p w14:paraId="c79127d" w14:textId="c79127d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,3260 +86,3310 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Концессия объектісінің, концессиялық жобаның құнын және концессионер қызметін мемлекеттік қолдаудың жиынтық құнын айқындау әдістемесін бекіту туралы" Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрінің 2009 жылғы 23 ақпандағы № 24 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      «Концессиялар туралы» 2006 жылғы 7 шілдедегі Қазақстан Республикасы Заңы 9-бабының </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрінің 2014 жылғы 4 ақпандағы № 36 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2014 жылы 05 наурызда № 9190 тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2026 жылғы 12 қаңтардағы № 3 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Концессиялар туралы" 2006 жылғы 7 шілдедегі Қазақстан Республикасы Заңы 9-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Концессия объектісінің, концессиялық жобаның құнын және концессионер қызметін мемлекеттік қолдаудың жиынтық құнын айқындау әдістемесін бекіту туралы" Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрінің 2009 жылғы 23 ақпандағы № 24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай өзгерістер енгізілсін (Қазақстан Республикасының Орталық атқарушы және өзге де орталық мемлекеттiк органдарының актiлер жинағында жарияланған, 2009 жыл, № 7, нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5604 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыбы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Концессия объектісінің құнын, концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын айқындау әдістемесін бекіту туралы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Қоса беріліп отырған Концессия объектісінің құнын, концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын айқындау әдістемесі бекітілсін"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Концессия объектісінің құнын, концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын айқындау әдістемесі осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің Инвестициялық саясат департаменті (Қ.М. Тұмабаев):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін және оның "Әділет" ақпараттық-құқықтық жүйесінде және ресми бұқаралық ақпарат құралдарында ресми жариялануын қамтамасыз етсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігінің ресми интернет-ресурсында жариялануын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Экономика және бюджеттік жоспарлау вице-министрі М.Ә. Құсайыновқа жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық оның мемлекеттік тіркелген күнінен бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е. Досаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> мынадай өзгерістер енгізілсін (Қазақстан Республикасының Орталық атқарушы және өзге де орталық мемлекеттiк органдарының актiлер жинағында жарияланған, 2009 жыл, № 7, нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5604 болып тіркелген).</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экономика және бюджеттік жоспарлау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2014 жылғы 04 ақпандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 36 бұйрығына қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экономика және бюджеттік жоспарлау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2014 жылғы 23 ақпандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 24 бұйрығымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Концессия объектісінің құнын және концессионерлер қызметін</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>айқындау әдістемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Концессия объектісінің құнын және концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын айқындау әдістемесі (бұдан әрі - Әдістеме) "Концессиялар туралы" 2006 жылғы 7 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) 9-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бұл әдістеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) концессия объектісінің құнын және концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын есептеуге қойылатын бірыңғай талаптардың сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) концессия объектісінің құнын және концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын есептеу іске асырылатын барлық концессиялық жобаларға таралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әдістеме концессия объектісінің құнын және концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын айқындауға қатысатын лауазымды, заңды және жеке тұлғалар үшін жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әдістемеде мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      концессионер қызметін мемлекеттік қолдау - Заңның 14-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген концессионер қызметін мемлекеттік қолдаудың түрлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      шығындарды өтеу көздері - Заңның 7-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген концессионердің инвестициялық шығындарын өтеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құны - бұл концессионерлер қызметін мемлекеттік қолдаудың барлық түрлері мен шығындарды өтеу көздерінің жиынтық құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Концессия объектісінің құнын айқындау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Объект құны 16 Қаржылық есептіліктің халықаралық стандарттарында (бұдан әрі - ҚЕХС) қолданылатын активтердің/негізгі құралдардың бастапқы құны ұғымына сәйкес болып табылады. ҚЕХС сәйкес негізгі құралдардың бастапқы құны активті міндетіне сәйкес қолдану үшін жұмыс қалпына келтіруге қажетті барлық шығындардан құралады. Нақты алғанда өзі дайындайтын негізгі құралдар үшін ол қарыздық қаражатты тарту бойынша шығыстарды қоса алғандағы компания жұмсаған шығындар ретінде айқындалады (ҚЕХС 23).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Концессия объектісінің құны мемлекеттік қолдау көлемін және шығындарды өтеу көздерін анықтау мақсатында айқындалады. Объект құнын есептеу концессия объектісін құруды (салуды) немесе қайта жаңғыртуды болжайтын жобалар үшін іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Объектіні концессияға беру мүмкіндігі туралы ұсынысты қалыптастыру кезеңінде объектінің құны Қазақстан Республикасының бағалау қызметі туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бағалау әдісімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Концессиялық жобаның техникалық-экономикалық негіздемесін (бұдан әрі - ТЭН) әзірлеу және концессия шартын жасасу кезеңінде концессия объектісінің құны концессия объектісін құру (салу) мақсатында концессионер жұмсаған барлық шығыстардың жиыны ретінде айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...29 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...999 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1803400" cy="850900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1803400" cy="850900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6477000" cy="596900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6477000" cy="596900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СО - объект құны;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № - жылдармен сипатталған кезеңнің ұзақтығы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Р </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - концессия объектісін құру (салу) t мерзімдегі концессионердің концессия объектісін құруға жұмсаған барлық шығындарының сомалық көлемі;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ncд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- мыналарға жұмсалған t мерзім бойынша шығыстар:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті саланың сметалық нормалары мен бағамдарының жинағына, тиісті саладағы жобалау жұмыстарының бағаларының жинақтарына, Жобалау және салу бойынша ережелер жинағына сәйкес айқындалатын жобалау-сметалық құжаттама әзірлеу;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті салада қолданылатын нормаларға сәйкес қажетті сараптауларды жүргізу (мемлекеттік сараптау, техникалық қадағалау, авторлық қадағалау және басқалар);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       концессия объектісін пайдалануға бергенге дейін лицензияларды, патенттерді, рұқсатнамаларды және де қолданыстағы заңнамаға сәйкес көзделген басқа да құжаттарды алу;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t тру</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - t мерзімдегі тиісті стандарттар, нормалар және ережелерге сәйкес концессия объектісін құруда (салуда) қолданылатын шикізат пен материалдар, жұмыстар мен қызметтер бойынша шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z46" w:id="9"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t ауn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- t мерзімдегі жұмыстар мен қызметкерлердің кәсіптерінің бірыңғай тарифтік-біліктілік анықтамасына (БТБА) және Қазақстан Республикасының Еңбек </w:t>
+        <w:t xml:space="preserve">- t мерзімдегі жұмыстар мен қызметкерлердің кәсіптерінің бірыңғай тарифтік-біліктілік анықтамасына (БТБА) және Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес концессия объектісін құру кезеңінде нормативтік мәндер шегіндегі техникалық және әкімшілік шығыстарды қоса алғандағы концессия объектісін құру (салу) кезеңіндегі компанияны басқару шығындары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z47" w:id="10"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t фn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- t мерзімдегі мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...31 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз капиталының нарығында белгіленген нарықтық сыйақы мөлшерлемесі бойынша есептелетін қысқа және ұзақ мерзімге тартылатын қарыздар бойынша сыйақылар төлеу. Инвестицияларды Қазақстан Республикасының қарыз капиталы нарығында тартқан жағдайда қарыздар бойынша сыйақыларды төлеу бойынша шығындар Қазақстан Республикасының Ұлттық Банкінің "Берілген несиелер бойынша (орта өлшенген) сыйақы мөлшерлемелері" статистикасының негізінде айқындалады (http://www.nationalbank.kz), шетел капиталы тартылған жағдайда - сыйақыларды төлеу бойынша шығыстар LIBOR мөлшерлемесін және 3% пайда мөлшерінде айқындалатын болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       концессия объектісін құру (салу) кезіндегі инфрақұрылымдық облигациялар бойынша есептелетін сыйақыларды төлеу, олар Қазақстан Республикасының Экономика және бюджеттік жоспарлау министрлігінің ресми интернет ресурсында (www.minplan.gov.kz) орналастырылған, тиісті мақұлданған Әлеуметтік-экономикалық дамуының және бюджеттік параметрлері болжамына сәйкес есептеулер кезіндегі қаржы-экономикалық үлгіде (бұдан әрі - ҚЭҮ) болжанатын инфляция (тұтынушылық бағалар) деңгейі ретінде айқындалады + облигациялар айналымы мерзімі бойында әрекет ететін белгіленген пайда;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Экономика және бюджеттік жоспарлау министрлігінің сайтында (www.minplan.gov.kz) орналастырылған, тиісті мақұлданған Әлеуметтік-экономикалық дамуының және бюджеттік параметрлері болжамына сәйкес шетел валютасындағы несиелер бойынша бағамдық айырмашылықтар бойынша шығындар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z35" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t страх</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - t мерзімдегі сақтандыру қызметтерінің нарығын тексеру нәтижелері бойынша сақтандыру қызметінің нарықтық бағаларына сәйкес инфрақұрылымдық облигациялар бойынша мемлекет кепілгерлігі бойынша сақтандыруды қоса алғандағы концессия объектісін құрумен (салумен) байланысты сақтандырудың барлық түрлері бойынша шығыстар;</w:t>
       </w:r>
-      <w:r>
-[...57 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z36" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>t</w:t>
+        <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өзгелер</w:t>
+        <w:t>аморт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . - салық заңнамасында көзделген нормалар шегінде жаңа объектіні құруда (салуда) тікелей қолданылатын негізгі құралдар мен материалдық емес активтерге есептелетін амортизация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z38" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      P </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>t өзгелер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - келесі шығындарды қамтитын t кезеңіндегі басқа да шығындар:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z39" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      KazPrime индикаторын қалыптастыру туралы KASE Келісіміне қатысушы банктер қызметтерінің орташа тарифтері ретінде айқындалатын қарыздарды тарту. Тарифтер ашық ақпарат болып табылады және тиісті қаржылық ұйымдардың сайттарында орналастырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарықты тексеру нәтижелері бойынша тиісті қызметтердің нарықтық бағаларына сәйкес инфрақұрылымдық облигацияларды шығаруды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік кепілдік беру қызметтерінің нарығын тексеру нәтижелері бойынша банктік кепілдік беру қызметтерінің нарықтық бағаларына сәйкес банктік кепілдік беру бойынша ақылы банк қызметтері мен комиссиялары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті мемлекеттік органдар алатын міндетті алымдар мен төлемдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудиторлық компаниялардың бағалық ұсыныстарына сәйкес аудиторлық тексерулер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көлемі концессия объектісін құру (салу) бойынша жоғарыда көрсетілген барлық шығыстар сомасының 1 % аспайтын көлемдегі концессия объектісін құрумен (салумен) байланысты өзге де шығыстар бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Концессия объектісін мемлекет меншігіне беру кезеңінде концессия объектісінің құны "Қазақстан Республикасындағы бағалау қызметі туралы" Қазақстан Республикасының 2000 жылғы 30 қарашадағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Бағалау қызметі туралы заң ) сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Қолданыстағы концессия объектісін қайта жаңғырту кезінде концессия объектісінің құны Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>120</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>122-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалған құнға тең болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Концессионерлер қызметін мемлекеттік қолдау мен шығындарды</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өтеу көздерінің жиынтық құнын есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құны = (тең) инфрақұрылымдық облигациялар бойынша мемлекет кепілгерлігінің құны +(қосу):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      концессиялық жобаны қаржыландыру үшін тартылатын қарыздар бойынша мемлекет кепілдіктерінің құны +(қосу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекетке тиесілі зияткерлік меншік объектiлерiне ерекше құқықтардың құны +(қосу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына сәйкес ұсынылатын заттай гранттардың құны +(қосу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      концессиялық жобаларды қоса қаржыландыру сомалары +(қосу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      концессия шартының қолданылу кезеңінде концессия шартында белгіленген мерзімдерде және ол айқындаған көлемде концессионердің инвестициялық шығындары өтемақысының сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің жиынтық құнын есептеу қаржылық-экономикалық үлгіні (бұдан әрі - ҚЭҮ) қолдана отырып жүргізіледі. Мемлекеттік қолдаудың оңтайлы деңгейін айқындау мақсатында ҚЭҮ екі нұсқасы: атап айтқанда, базалық ҚЭҮ және кеңейтілген ҚЭҮ әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Базалық ҚЭҮ әзірлеген кезде жоба концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздері болмаған кезде жүзеге асырылады деген болжам қолданылады. Базалық ҚЭҮ шеңберінде қаржылық қолдау шараларын ескерусіз жобаның таза келтірілген құны есептеледі (бұдан әрі - базалық NPV).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Базалық NPV есептеген кезде мынадай талаптар мен болжамдар сақталуы тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоба қарыз алудың нарықтық құны (пайыздық мөлшерлемесі) бойынша тек қана коммерциялық көздерден қаржыландырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаржылық қолдау шаралары ұсынылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) теріс базалық NPV болуына жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кассалық айырмашылықтардың болуына (ақша қаражатының теріс шамасы) жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Кеңейтілген ҚЭҮ концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздері ұсынылған жағдайда базалық ҚЭҮ негізінде әзірленеді. Кеңейтілген ҚЭҮ базалық ҚЭҮ-ге концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерін қосу арқылы әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Концессиялық жобаны іске асырудың оңтайлы схемасын айқындау мақсатында кеңейтілген ҚЭҮ әзірлеген кезде әзірлеуші Заңның талаптарын сақтай отырып, мемлекеттік концессиялық міндеттемелердің белгіленген лимиттерін, пайдалар мен шығындардың ара-қатынасын, институционалдық схеманы және концессиялық жобаның басқа ерекшеліктерін ескере отырып, концессионерлер қызметін мемлекеттік қолдау мен шығындарды өтеу көздерінің әр түрлерін қолдану мүмкіндігін қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. "Инвестициялар туралы" Қазақстан Республикасының 2003 жылғы  8 қаңтардағы № 373 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынылатын заттай гранттардың құны Бағалау қызметі туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалған құн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Заттай гранттар концессионердің концессиялық жобаны іске асыру мүмкіндігін қамтамасыз ету үшін, лимитті ескере отырып ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Мемлекетке тиесілі зияткерлік меншік объектiлерiне ерекше құқықтардың құны Қазақстан Республикасының зияткерлік меншік мәселелері бойынша заңнамасына және "Қазақстан Республикасындағы бағалау қызметі туралы" Қазақстан Республикасының 2000 жылғы 30 қарашадағы № 109 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалған құн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Концессионерге мемлекетке тиесілі зияткерлік меншік объектiлерiне ерекше құқықтарды беру концессионердің концессиялық жобаны іске асыру мүмкіндігін қамтамасыз ету үшін, лимитті ескере отырып, жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Концессия шарттарының шеңберінде инфрақұрылымдық облигациялар бойынша мемлекет кепілгерлігінің құны кепілгерлікті орындау құны болып табылады және кепілгерлікпен қамтамасыз етілген облигациялық қарыз бойынша негізгі борыштың және ол бойынша есептеудің 1 кезеңі мен 6 айға есептелген концессия кезеңіне болжанатын неғұрлым жоғары пайыздық мөлшерлеме бойынша сыйақы сомасы ретінде есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...919 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3225800" cy="495300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3225800" cy="495300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда G - инфрақұрылымдық облигациялар бойынша мемлекет кепілгерлігі шеңберінде мемлекеттік қолдау құны,</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D - негізгі борыш сомасы,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      r - ҚЭҮ болжанатын инфляцияның ең жоғары деңгейі + облигациялар айналымының бүкіл мерзімі ішінде қолданылатын тіркелген маржа ретінде айқындалатын пайыздық мөлшерлеме,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      p - күнтізбелік жылдағы купондық сыйақыны есептеу кезеңдерінің саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Мемлекеттік емес қарыздар бойынша мемлекет кепілдігінің құны мемлекеттік кепілдікпен қамтамасыз етілген қарыз бойынша негізгі борыш сомасы және ол бойынша есептеудің 1 кезеңіне және 1 айға немесе шарт талаптарына сәйкес кезеңге есептелген концессия кезеңіне болжанатын неғұрлым жоғары пайыздық мөлшерлеме бойынша сыйақы ретінде есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...97 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2832100" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2832100" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="15"/>
-[...15 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнда Г - мемлекеттік кепілдіктер құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       D - мемлекет кепілдік беретін қарыз бойынша негізгі борыш сомасы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       r - қарыз алу туралы шарт талаптарына немесе конкурстық өтінімге сәйкес мемлекет кепілдік беретін қарыз бойынша концессия кезеңіне болжанатын неғұрлым жоғары сыйақының жылдық мөлшерлемесі. Концессиялық ұсынысты және конкурстық құжаттаманы әзірлеу кезеңінде LIBOR+(қосу) 1 % мөлшерлемесі ретінде айқындалады;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       p - күнтізбелік жылдағы мемлекет кепілдік беретін қарыз бойынша сыйақыны есептеу кезеңдерінің саны.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Концессионердің инвестициялық шығындары өтемақысының сомасы концессия объектісін пайдалану кезеңі ішінде төлемдердің жиынтық шамасына тең.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z100" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Концессиялық жобаны қоса қаржыландыру сомасы концессия объектісін салу (реконструкциялау) кезеңі ішінде мемлекеттік бюджеттен жұмсалатын шығыстардың жиынтық шамасына тең.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3659,35 +3711,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId8"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>