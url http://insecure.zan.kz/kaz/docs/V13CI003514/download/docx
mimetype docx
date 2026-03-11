--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3ad044c" w14:textId="3ad044c">
+    <w:p w14:paraId="cedc419" w14:textId="cedc419">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Мұғалжар ауданында сайлау учаскелерін құру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Мұғалжар ауданының әкімінің 2013 жылғы 1 ақпандағы № 2 шешімі. Ақтөбе облысы Әділет департаментінде 2013 жылғы 5 ақпанда № 3514 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 1995 жылғы 28 қыркүйектегі "Қазақстан Республикасындағы сайлау туралы" Конституциялық Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -571,68 +564,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғ.АСҚАРОВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -692,98 +667,98 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 жылғы 1 ақпандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 2 шешіміне қосымша </w:t>
+              <w:t>№ 2 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мұғалжар ауданының сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Мұғалжар ауданы әкімінің 16.10.2023 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Мұғалжар ауданы әкімінің 16.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 10</w:t>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1099,51 +1074,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Достық" шағын ауданы, көп қабатты тұрғын үйлер: № 13, 19 "Б", 20, 21, 22, 23, 24, 25, 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жеке тұрғын үйлер: № 1, 1 "А", 2, 2 "А", 3, 3 "А", 4, 4 "А, 5, 5 "А", 6, 6 "А", 7, 8, 9, 10, 10 "А", 10 "Б", 10 "А"/2, 11, 11 "А", 11 "Б", 12 "А", 13, 13 "А", 13 "Б", 13 "В", 14, 15, 16, 17, 18, 19, 19 "А", 19 "Г", 20, 21, 22 "Б", 23 "А", 25 "Б", 26 "А", 26 "Д", 27, 27 "А", 27 "Б", 28, 29, 30, 31, 32, 33 "А", 34, 35, 36, 37, 38, 39, 40 "А", 41, 41 "А", 41 "Б", 42, 43, 44, 45, 46, 47, 48, 49, 49 "А", 51, 51 "А", 53, 55, 56, 57, 58, 59, 60, 60 "А";</w:t>
+      жеке тұрғын үйлер: № 1 "А", 2 "А", 3 "А", 4, 5, 5 "А", 6, 6 "А", 7, 8, 9, 10, 10 "А", 10 "Б", 11, 12 "А", 13, 13 "В", 14, 19 "А", 20, 21, 26 "Д", 27, 27 "А", 28, 29, 30, 31, 32, 33 "А", 34, 35, 36, 37, 38, 39, 40 "А", 41, 41 "А", 41 "Б", 42, 43, 44, 45, 46, 47, 48, 49, 49 "А", 51, 51 "А", 53, 55, 56, 57, 58, 59, 60, 60 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеген Айбергенов көшесі: № 2 "А", 3 "А", 6, 7 "А", 8, 9, 11, 13, 15, 16, 16/1, 16/2, 16 "А", 16 "Б", 17, 17 "Б", 18, 19, 20, 20 "А", 20 "Б", 21, 21 "А", 23, 23 "А", 24, 24 "А", 25, 25 "Б", 26, 27, 27 "А", 28, 28 "А", 29, 30, 31, 31 "А", 31 "Б", 32, 32 "А", 33, 33 "А", 35, 36, 37, 38, 41, 45, 47, 47 "А", 48, 49, 51, 53, 54, 55, 56, 57, 57 "А", 58, 58 "А", 59, 60, 60 "А", 60 "Б", 61, 61 "А", 64, 64 "А", 66, 67, 67 "А", 68, 68 "А", 68 "Б", 69, 70, 70 "А", 71, 71/1, 71/2, 71 "А", 71 "Б", 72, 72/1, 72 "А", 73, 74, 77, 78, 79, 80, 81, 82, 83, 84, 86, 88, 90, 91 "А", 92, 93, 94, 94 "А", 94 "Б", 95, 95 "А", 95 "Б", 96, 96 "А", 97, 98, 98 "А", 100, 102, 104, 106, 108, 110, 112, 113, 113 "А", 114, 114 "А", 121, 123, 124;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1153,51 +1128,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Самал" шағын ауданы, көп қабатты тұрғын үйлер: № 26 "А", 49;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жеке тұрғын үйлер: № 1, 1 "А", 2, 2 "А", 3 "А", 5, 7/1, 8, 9, 12, 16, 18, 19, 20, 20/2, 21, 22 "А", 25, 26, 27, 29, 29 "А", 29 "Б", 33, 34, 35, 37, 40, 41, 46, 48, 48 "Б", 49 "А", 55, 56, 57, 59, 60, 63, 68, 128.</w:t>
+      жеке тұрғын үйлер: № 1, 1 "А", 2, 2 "А", 3 "А", 5, 7/1, 8, 9, 12, 16, 18, 19, 20, 20/2, 21, 22 "А", 25, 26, 27, 29, 29 "А", 29 "Б", 33, 34, 35, 37, 40, 41, 46, 48, 48 "Б", 49 "А", 55, 56, 57, 59, 60, 63, 68, 128;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлихан Бөкейхан: 1, 2, 3, 4, 5, 6, 7, 8, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арыстан Мұқамбетқазин: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 310 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1939,51 +1950,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есет батыр көшесі, жеке тұрғын үйлер: № 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54 "А", 55, 55 "А", 55 "А"/2, 56, 57, 59, 61, 62, 64, 65, 67, 69, 71, 71 "А", 72, 73, 74, 75, 76, 77, 78, 79, 80, 80 "Б", 81, 82, 83, 84, 85, 86, 87, 87 "А", 87 "Б", 87 "Г", 88, 89, 90, 92;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      көп қабатты тұрғын үйлер: № 12, 16, 18, 20;</w:t>
+      көп қабатты тұрғын үйлер: № 12, 13, 16, 18, 20;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұлтанмахмут Торайғыров көшесі: № 45, 46, 47, 47/3, 48, 49, 50, 51, 52, 52 "В", 53, 53 "А", 54, 54/1, 55, 55 "А", 56, 57, 58, 59, 59 "А", 60, 61, 62, 62 "А", 63, 64, 64 "А", 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 83, 84, 85, 85 "А", 86, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2153,51 +2164,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 313 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кандыағаш қаласы, Есет батыр көшесі, № 139, "Қазақстан Темір Жолы" Ұлттық компаниясы" Акционерлік қоғамының "Біріктірілген Ақтөбе электрмен жабдықтау дистанциясы" филиалы Қандыағаш электрмен жабдықтау мекемесінің әкімшілік ғимараты</w:t>
+      Қандыағаш қаласы, Юрий Гагарин көшесі, 8 "Е", "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "№1 Қандыағаш қалалық жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жамбыл Жабаев көшесі, жеке тұрғын үйлер: № 82, 84, 86, 88, 90, 90 "А", 91, 91 "А", 94, 96, 98, 100, 101, 102, 103, 104, 105, 105 "А", 106, 108, 109, 110, 110 "А", 111, 112, 112 "А", 112 "Б", 114, 114 "А", 115, 116, 116 "А", 118, 118 "А", 120, 121, 122, 122 "А", 122 "Б", 124, 125, 125 "А", 126, 126 "Б", 127, 128, 131, 132, 132 "А", 133, 134, 135, 137, 137 "А", 138, 140, 142;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2260,52 +2271,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ахмет Жұбанов көшесі: № 101, 103, 105, 107, 107 "А", 109, 109 "А", 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122 "А", 125, 126, 127, 128, 129, 130, 131, 132, 133 "Б"/1, 135, 136, 137, 138, 138 "А", 139, 140, 141, 142, 144, 145;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Амангелды Иманов көшесі: № 115, 119, 121 "А", 123, 123 "А", 127, 129, 131, 133, 136, 137, 138, 144, 146, 148; </w:t>
+        <w:t>
+      Амангелды Иманов көшесі: № 115, 119, 121 "А", 123, 123 "А", 127, 129, 131, 133, 136, 137, 138, 144, 146, 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нұрпейіс Байғанин көшесі: № 94, 96, 98, 100, 102, 103, 105, 106, 107, 108, 109, 109 "А", 110, 111, 112, 114, 115, 116, 117, 119, 120, 120 "А", 120/1, 120/2, 122, 123, 123 "А", 124, 125, 127, 129, 129 "А", 133, 135, 137, 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2743,51 +2754,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қандыағаш қаласы, "Достық" шағын ауданы, 21 "Б", "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Қандыағаш қаласының № 3 мектеп - гимназиясы" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Болашақ шағын ауданы: № 1, 1/1, 2, 3, 3 "А", 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 19/2, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 53, 54, 57, 59, 60, 61, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 104, 105, 106, 107, 107 "А", 111, 155, 156, 160, 161, 168, 169, 169 "А", 171, 174, 175, 176, 177, 178, 179, 179 "А", 180, 182, 183, 184, 185, 186, 188, 190, 192, 193, 194, 197, 198, 198 "А";</w:t>
+      Болашақ шағын ауданы: № 1, 1/1, 2, 3, 3 "А", 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 19/2, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 53, 54, 57, 59, 60, 61, 63, 64, 65, 66, 67, 68, 69, 70, 71, 111, 155, 156, 160, 161, 168, 169, 169 "А", 171, 174, 175, 176, 177, 178, 179, 179 "А", 180, 182, 183, 184, 185, 186, 188, 190, 192, 193, 194, 197, 198, 198 "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балуан Шолақ көшесі: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Абай көшесі: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2814,106 +2843,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Астана көшесі: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      Ұлытау көшесі: № 1, 1 "А", 2, 3, 3 "А", 4, 5, 5 "А", 6, 7, 7 "А", 8, 9, 9 "А", 10, 11, 11 "А", 12, 13, 13 "А", 14, 15, 15 "А", 16, 17, 17 "А", 18, 19, 19 "А", 20, 21, 21 "А", 22, 23, 23 "А", 24, 25, 25 "А";</w:t>
+        <w:t>
+      Алматы көшесі: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 24 "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайым Балмұқанов көшесі: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлытау көшесі: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақорда көшесі: № 1, 2, 2 "А", 3, 4, 4 "А", 5, 6, 6 "А", 7, 8, 8 "А", 9, 10, 10 "А", 11, 12, 12 "А", 13, 14, 14 "А", 15, 16, 16 "А", 17, 18, 18 "А", 19, 20, 20 "А", 21, 22, 22 "А", 24, 24 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әлия Молдағұлова көшесі: № 1, 1 "А", 2, 3, 3 "А", 4, 5, 5 "А", 6, 7, 7 "А", 8, 9, 9 "А", 10, 11, 11 "А", 12, 13, 13 "А", 14, 15, 15 "А", 16, 17, 17 "А", 18, 19, 19 "А", 20, 21, 21 "А", 22, 23, 23 "А", 24, 25, 25 "А", 26, 27, 27 "А", 28, 29, 29 "А", 30, 31, 31 "А", 32, 33, 33 "А", 34, 35, 35 "А", 36, 37, 37 "А", 38, 39, 39 "А", 40, 41, 41 "А", 42, 43, 43 "А", 44, 45, 45 "А", 46, 47, 47 "А", 48, 49, 49 "А", 50, 51, 51 "А", 52, 53, 53 "А", 54, 55, 55 "А", 56, 57, 57 "А", 58, 59, 59 "А", 60, 61, 61 "А", 62, 63, 63 "А", 64, 65, 65 "А", 66, 67, 67 "А", 67 "Б", 67 "В", 68;</w:t>
+      Әлия Молдағұлова көшесі: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13 "А", 14, 15, 16, 17, 18, 19, 19 "А", 20, 21, 21 "А", 22, 23, 24, 25, 26, 27, 27 "А", 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәншүк Мәметова көшесі: № 1, 2, 2 "А", 3, 4, 4 "А", 5, 6, 6 "А", 7, 8, 8 "А", 9, 10, 10 "А", 11, 12, 12 "А", 13, 14, 14 "А", 15, 16, 16 "А", 17, 18, 18 "А", 19, 20, 20 "А", 21, 22, 22 "А", 23, 24, 24 "А", 25, 26, 26 "А", 27, 28, 28 "А", 29, 30, 30 "А", 31, 32, 32 "А", 33, 34, 34 "А", 35, 36, 36 "А", 37, 38, 38 "А", 39, 40, 40 "А", 41, 42, 42 "А", 43, 44, 44 "А", 45, 46, 46 "А", 47, 48, 48 "А", 49, 50, 50 "А", 51, 52, 52 "А", 53, 54, 54 "А", 55, 56, 56 "А", 57, 58, 58 "А", 59, 60, 60 "А", 61, 62, 62 "А", 63, 64, 64 "А", 65, 66, 66 "А", 66 "Б", 67;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2922,52 +2969,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ер Едіге көшесі: № 3, 4, 5, 7, 8, 9, 10, 12, 13, 14, 15, 16, 18, 20, 21, 22, 23, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82, 84, 86, 88, 90;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Жанақоныс шағын ауданы: 1, 29, 53, 64, 78, 81, 89, 90, 103, 107, 113, 115, 120, 171, 190, 191, 198, 199, 202, 203, 204, 205, 207, 218, 241, 252, 254, 296, 297, 321, 349, 368, 382, 390, 396, 398, 433, 434, 444, 454. </w:t>
+        <w:t>
+      Жанақоныс шағын ауданы: 53, 64, 113, 115, 120, 171, 190, 191, 207, 218, 241, 252, 254, 296, 297, 321, 349, 368, 382, 390, 396, 398, 433, 434, 444, 454;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтеш Жалмағамбетов көшесі: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрғали Тастанбаев көшесі: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 315 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3226,52 +3309,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метеостанция көшесі: № 1, 2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қырғыз стансасы; </w:t>
+        <w:t>
+      Қырғыз стансасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 56 разъезд.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3512,52 +3595,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сапа Жездібаев көшесі: № 2, 3, 4, 5, 5 "А", 6, 7, 8, 9, 9 "А", 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 23, 25, 26, 27, 27 "А", 28, 29, 30, 32, 34, 36;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Достық тұйығы: № 1, 2, 3, 5, 8, 8 "А", 9, 11, 13, 20, 30; </w:t>
+        <w:t>
+      Достық тұйығы: № 1, 2, 3, 5, 8, 8 "А", 9, 11, 13, 20, 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлия Молдағұлова көшесі: № 1, 1 "А", 1 "В", 2, 3, 3 "А", 4, 5, 5 "А", 6, 7, 7 "А", 8, 9, 11, 11 "А", 13, 13 "А", 15, 17, 19, 19 "А", 21, 21 "А", 22 "А", 22 "Б", 22 "В", 23, 23 "А", 25, 27, 29, 31 "А", 33;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3817,51 +3900,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жиенғали Төлепбергенов көшесі: № 80, 82, 84, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 106, 106 "А", 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 134, 136, 138, 140, 140 "А", 142, 142 "А", 144, 146, 148, 150, 150 "Б", 152, 154, 156, 156 "А", 158, 160, 162;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әйтеке Би көшесі: № 15, 23, 25, 27, 29, 31, 33, 35, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45 "А", 46, 47, 48, 49, 50, 53, 54, 55, 56, 57, 58, 59, 60, 61, 63, 65, 67, 68, 69, 71, 72, 72 "А", 73, 74, 75, 76, 77, 77 "А", 79, 80, 81, 82, 83, 84, 85, 86, 87, 89, 90, 92, 93, 94, 95, 96, 98, 99, 100, 101, 102, 104, 106, 108, 110, 112, 116, 120, 121, 122, 124, 126, 127, 128, 132, 134, 136, 138, 140, 140 "А", 142, 144, 148, 150, 152, 154, 154 "А", 156, 158, 160, 162, 164;</w:t>
+      Әйтеке Би көшесі: № 15, 23, 25, 25 "А", 27, 29, 31, 33, 35, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45 "А", 46, 47, 48, 49, 50, 53, 54, 55, 56, 57, 58, 59, 60, 61, 63, 65, 67, 68, 69, 71, 72, 72 "А", 73, 74, 75, 76, 77, 77 "А", 79, 80, 81, 82, 83, 84, 85, 86, 87, 89, 90, 92, 93, 94, 95, 96, 98, 99, 100, 101, 102, 104, 106, 108, 110, 112, 116, 120, 121, 122, 124, 126, 127, 128, 132, 134, 136, 138, 140, 140 "А", 142, 144, 148, 150, 152, 154, 154 "А", 156, 158, 160, 162, 164;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәншүк Маметова көшесі: № 3, 3 "А", 5, 6, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 23, 25, 26, 27, 29, 30, 30 "А", 31, 32, 33, 34, 35, 36, 36 "А", 38, 43, 54, 55;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4157,69 +4240,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазыбек Би көшесі: № 1, 1 "Б", 3, 3 "А" 5, 7, 9, 11, 13, 17, 25, 27, 37, 37 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Төле Би көшесі: № 1, 2, 3, 4, 4 "А", 5, 6, 7, 8, 9, 9 "А", 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 "Б", 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 53, 55, 57;</w:t>
-[...17 lines deleted...]
-      Шоқан Уәлиханов көшесі: № 1, 1 "А", 1 "Б", 2, 2/1, 2 "А", 2 "В", 3, 3 "А", 4, 4 "Б", 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41 "А", 42, 42 "A", 43, 44, 44 "А", 44 "Б", 45, 47, 48, 48 "А", 49, 51, 53, 55, 56, 57, 59, 64 "А", 65, 67, 70/1, 70/2;</w:t>
+      Төле Би көшесі: № 1, 2, 3, 4, 4 "А", 5, 6, 7, 8, 9, 9 "А", 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 "Б", 41, 42, 43, 44, 45, 46, 47,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48, 49, 50, 51, 53, 55, 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі: № 1, 1 "А", 1 "Б", 2, 2/1, 2 "А", 2 "В", 3, 3 "А", 4, 4 "Б", 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41 "А", 42, 42 "A", 43, 44, 44 "А", 44 "Б", 45, 47, 48, 48 "А", 49, 51, 53, 55, 56, 57, 59, 64 "А", 65, 67, 70/1, 70/2 ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғазиз Жанесов көшесі: № 14, 17, 19, 21, 24, 25, 27, 29, 29 "А", 31, 33, 37, 37 "A", 39, 39 "А", 41, 41 "А", 43, 45, 47, 49, 51, 53, 55, 56, 57, 59, 61, 61 "А", 67, 67 "А", 69, 71, 73, 75, 77, 79, 81, 81 "А".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4333,87 +4434,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 320 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ембі қаласы, Шоқан Уәлиханов көшесі, № 4 "А", "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "№ 3 Ембі қалалық жалпы білім беретін орта мектебі" коммуналдық мемлкеттік мекемесі ғимараты</w:t>
-[...35 lines deleted...]
-      Сатыбалды Жалбасов көшесі: № 1, 1 "А", 1 "Б", 2, 3, 3 "А", 4, 6, 7 "А", 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 26, 34, 36, 42, 44;</w:t>
+      Ембі қаласы, Сатыбалды Жалбасов көшесі, № 56, "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "№ 3 Ембі қалалық жалпы білім беретін орта мектебі" коммуналдық мемлкеттік мекемесі ғимараты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нәби Бекенбаев көшесі: № 1, 2, 3, 3 "А", 4, 5, 6, 7, 8, 9, 10, 10 "А", 11, 12, 13, 14, 15, 16, 17, 17 "А", 17 "Б", 17 "В", 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 30 "А", 33, 34, 36, 38, 39, 48, 65, 66, 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатыбалды Жалбасов көшесі: № 1, 1 "А", 1 "Б", 2, 3, 3 "А", 4, 6, 7 "А", 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 26, 34, 36, 42, 44, 50;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ахмет Байтұрсынов көшесі: № 1, 2, 3, 4, 5, 6, 7, 7 "А", 20, 31;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4441,51 +4542,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бейімбет Майлин көшесі: № 1, 2, 3, 4, 5, 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Желтоқсан көшесі: № 1, 2, 2 "А", 4, 4 "А", 4 "Б", 5 "A", 6, 6 "А", 7 "А", 8, 8 "А", 8 "Б", 9, 10, 10 "А", 10 "Б", 10 "Д", 11, 12, 13, 14, 14 "А", 14 "Б", 16, 16 "А", 18, 18 "А", 18 "В", 20, 20 "А", 22, 22 "А", 24, 24 "А", 26, 26 "А", 26 "Б", 28, 28 "А", 28 "Б", 28 "В", 29, 29 "Б", 30, 30 "А", 30 "Б", 30 "В", 32, 32 "А", 32 "Б", 34, 34 "А", 34 "Б", 35, 36, 36 "А", 36 "Б", 36 "В", 37, 38, 38 "А", 38 "Б", 38 "В", 38 "Д", 40, 40 "A", 40 "Б", 40 "В", 40 "Г", 41, 42, 44, 46, 47, 48, 52, 52 "А", 54, 56 "A", 62.</w:t>
+      Желтоқсан көшесі: № 1, 2, 2 "А", 4, 4 "А", 4 "Б", 5 "A", 6, 6 "А", 7 "А", 8, 8 "А", 8 "Б", 9, 10, 10 "А", 10 "Б", 10 "Д", 11, 12, 13, 14, 14 "А", 14 "Б", 16, 16 "А", 18, 18 "А", 18 "В", 20, 20 "А", 22, 22 "А", 24, 24 "А", 26, 26 "А", 26 "Б", 28, 28 "А", 28 "Б", 28 "В", 29, 29 "Б", 30, 30 "А", 30 "Б", 30 "В", 32, 32 "А", 32 "Б", 34, 34 "А", 34 "Б", 35, 36, 36 "А", 36 "Б", 36 "В", 36 "Е", 37, 38, 38 "А", 38 "Б", 38 "В", 38 "Д", 40, 40 "A", 40 "Б", 40 "В", 40 "Г", 41, 42, 44, 46, 47, 48, 52, 52 "А", 54, 56 "A", 62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 321 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4509,51 +4610,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жем қаласының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 322 сайлау учаскесі </w:t>
+        <w:t xml:space="preserve"> № 322 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақкемер ауылы, Есет батыр Көкіұлы көшесі, № 35, "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Ақкемер жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4631,51 +4732,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 324 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көтібар батыр ауылы, Достық көшесі, № 21, "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Көтібар батыр атындағы негізгі орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
+      Көтібар батыр ауылы, Достық көшесі, № 35 "А", "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Көтібар батыр атындағы негізгі орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көтібар батыр, Көктөбе ауылдарының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5324,52 +5425,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сағашилі ауылы, Абай Құнанбаев көшесі, № 1, "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Сағашилі жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-       Сағашилі, Тепсең - Қарабұлақ ауылдарының шекарасында. </w:t>
+        <w:t>
+      Сағашилі, Тепсең - Қарабұлақ ауылдарының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 342 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5411,51 +5512,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 344 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Темір көпір стансасы, Наурыз көшесі, № 27/2, "Қазақстан Темір Жолы" Ұлттық компаниясы" Акционерлік қоғамының теміржол вокзалы ғимараты</w:t>
+      Темір көпір стансасы, Наурыз көшесі, № 11 "А", "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Темір стансасындағы № 59 бастауыш мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Темір көпір стансасы шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5463,51 +5564,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 345 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұлақты ауылы, Төлеу Алдабергенов көшесі, № 13, "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Бұлақты негізгі орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
+      Бұлақты ауылы, Константин Полтинников көшесі, № 46, "Мұғалжар аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Жем қалалық мәдениет Үйі" мемлекеттік коммуналдық қазыналық кәсіпорыны жанындағы Бұлақты ауылдық клубы ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұлақты, Миялыкөл ауылдарының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5827,51 +5928,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 355 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Талдысай ауылы, Атлаш Жұмағалиев көшесі, № 6, Мұғалжар аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мұғалжар аудандық мәдениет Үйі" мемлекеттік коммуналдық қазыналық кәсіпорыны жанындағы Талдысай селолық мәдениет үйі ғимараты</w:t>
+      Талдысай ауылы, Абай Құнанбаев көшесі, № 34 "А", "Ақтөбе облысының білім басқармасы Мұғалжар ауданының білім бөлімі" мемлекеттік мекемесінің "Талдысай жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесі ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талдысай ауылының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5879,51 +5980,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 356 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еңбек ауылы, Мәншүк Мәметова көшесі, № 6, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Мұғалжар аудандық ауруханасы" мемлекеттік коммуналдық кәсіпорынының Еңбек ауылдық медициналық пункті ғимараты</w:t>
+      Еңбек ауылы, Мәншүк Мәметова көшесі, № 5, "Мұғалжар аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мұғалжар аудандық мәдениет Үйі" мемлекеттік коммуналдық қазыналық кәсіпорыны жанындағы Еңбек ауылдық клубы ғимараты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңбек ауылының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -6375,31 +6476,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>