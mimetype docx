--- v0 (2025-10-14)
+++ v1 (2026-03-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa20cd8" w14:textId="fa20cd8">
+    <w:p w14:paraId="d2f75d2" w14:textId="d2f75d2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,120 +151,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Автомобиль көлігі туралы" Қазақстан Республикасының Заңы 13-бабының </w:t>
+      "Автомобиль көлігі туралы" Қазақстан Республикасының Заңы 13-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес </w:t>
+        <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 25.08.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 602</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1032,109 +1053,149 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Автомобиль көлігімен (инватакси) мүгедектігі бар адамдарды тасымалдау жөнінде қызметтер көрсету қағидалары (бұдан әрі – Қағидалар) "Автомобиль көлігі туралы" Қазақстан Республикасының Заңы 13-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Қазақстан Республикасының Әлеуметтік кодексіне (бұдан әрі – Кодекс) және Қазақстан Республикасының Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 26 наурыздағы № 349 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11550 болып тіркелген) бекітілген Автомобиль көлігімен жолаушылар мен багажды тасымалдау </w:t>
+        <w:t xml:space="preserve">, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Кодекс), "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына және Қазақстан Республикасының Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 26 наурыздағы № 349 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11550 болып тіркелген) бекітілген Автомобиль көлігімен жолаушылар мен багажды тасымалдау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Тасымалдау қағидалары) сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 284</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1303,110 +1364,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мүгедектігі бар адам – тыныс-тіршілігінің шектелуіне және оны әлеуметтік қорғау қажеттілігіне алып келетін, ауруларға, мертігулерге (жаралануға, жарақаттарға, контузияларға), олардың зардаптарына, бұзылуларына байланысты организм функциялары тұрақты бұзылып, денсаулығы нашарлаған адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z167" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) әлеуметтік көрсетілетін қызметтер порталы (бұдан әрі – Портал) – Қазақстан Республикасының Әлеуметтік </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес кепілдік берілген сома шегінде жергілікті атқарушы органдар олардың құнын өтеу шартымен мүгедектігі бар адамдар үшін өнім берушілер ұсынатын тауарлар мен көрсетілетін қызметтерге қол жеткізудің бірыңғай нүктесін білдіретін ақпараттандыру объектісі.</w:t>
+      7) әлеуметтік көрсетілетін қызметтер порталы (бұдан әрі – Портал) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекске</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мүгедектігі бар адамдар үшін өнім берушілер ұсынатын тауарлар мен көрсетілетін қызметтердің, мүгедектігі бар адамдарды инватаксимен тасымалдау жөніндегі көрсетілетін қызметтердің құнын жергілікті атқарушы органдардың кепілдік берілген сома шегінде өтеуі шарттарымен оларға қол жеткізудің бірыңғай нүктесін білдіретін ақпараттандыру объектісі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5958,448 +6039,466 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z183" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      53. Мүгедектігі бар адамдарды инватаксимен тасымалдау бойынша қызметтер көрсету елді мекен шегінде осы Қағидалардың 23-тармағына сәйкес дәрігерлік-консультациялық комиссияның қолданыстағы қорытындысы негізінде мынадай санаттар бойынша есеппен жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z212" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші топтағы мүгедек адамдар және екінші топтағы мүгедек адамдар болып табылатын жұмыс істейтіндерге айына кемінде жиырма бес сағат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z213" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мектепке дейінгі ұйымдардың тәрбиеленушілеріне, білім беру ұйымдарында білім алушыларына айына кемінде жиырма бес сағат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші топтағы мүгедектігі бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кресло-арбамен қозғалатын екінші топтағы мүгедектігі бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18 жасқа дейінгі мүгедектігі бар балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тізбеге сәйкес бағыттар бойынша мүгедектігі бар өзге адамдарға айына кемінде алты сағат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүгедектігі бар адамдарды инватаксиге тасымалдау жөніндегі қызметтерге көзделген сағат санын және бір сапар уақыты бойынша ұзақтығын ұлғайтуға осы Қағидалардың 28-тармағына сәйкес жергілікті бюджеттің мүмкіндіктерін ескере отырып, жергілікті атқарушы органдардың шешімі бойынша жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүгедектігі бар адамдар санатқа сәйкес пайдаланбаған сағаттар ағымдағы айда келесі айға ауыстырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүгедектігі бар адамды басқа санатқа ауыстыру ақпараттық жүйелерден мәліметтер түскеннен немесе өтініш беруден кейін келесі айдың басынан бастап жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүгедек адамдарды инватаксимен тасымалдау бойынша қызметтер көрсету мынадай мән жайлар туындаған күннен бастап тоқтатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедектік тобының өзгеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрақты мекен-жайының тіркелуін өзгертуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедектігі бар адамның Қазақстан Республикасынан тыс жерге тұрақты мекен-жайға кетуі немесе қайтыс болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 53-тармақпен толықтырылды - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 284</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Мүгедектігі бар адамдарды инватаксимен мемлекеттік сатып алу арқылы тасымалдау бойынша қызметтер көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      53. Мүгедектігі бар адамдарды инватаксимен тасымалдау бойынша қызметтер көрсету елді мекен шегінде осы Қағидалардың </w:t>
-[...318 lines deleted...]
-        <w:t>№ 284</w:t>
+      Ескерту. 2-параграфтың тақырыбы жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-      <w:r>
-[...43 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 2-параграфпен толықтырылды - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z188" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Мүгедектігі бар адамдарды инватаксимен тасымалдау бойынша қызметтер көрсету Портал мәселелері жөніндегі комиссияның қорытындысы негізінде Порталда қызметтер көрсетуші болмаған кезде Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
@@ -8397,227 +8496,479 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: жергілікті атқарушы органдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Инватакси қызметтерін әлеуметтік көрсетілетін қызметтер порталы арқылы көрсетудің маршрут парағы</w:t>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Инватакси қызметтерін әлеуметтік көрсетілетін қызметтер порталы арқылы көрсетудің маршруты туралы ақпарат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 3-қосымшамен толықтырылды - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20 ___ жылғы __________ (ай) бойынша</w:t>
-[...71 lines deleted...]
-      _____________________________</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): И3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділік: ай сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: 20 ____ жылғы __ ай</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: өнім берушілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: ай сайын, есепті кезеңнен кейінгі әрбір айдың 10-күніне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЖСН/БСН </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электрондық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инватакси қызметтерін әлеуметтік көрсетілетін қызметтер порталы арқылы көрсетудің маршруты туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -8637,142 +8988,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инватакси сапарының маршруты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инватакси</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сапарының маршруты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүгедектігі бар адамға инватаксимен қызмет көрсету уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мүгедектігі бар адамға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инватаксимен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет көрсету уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -10243,69 +10647,221 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өнім берушінің ЭЦҚ _________________</w:t>
-[...17 lines deleted...]
-      Мүгедектігі бар адамның ЭЦҚ ____________________</w:t>
+      Өнім берушінің ЭЦҚ ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мүгедектігі бар адамның ЭЦҚ ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Атауы ______________________ Мекенжайы _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы___________________________________ ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрдің орны (жеке кәсіпкерлер болып табылатын тұлғалардан қоспағанда) _____________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10341,50 +10897,373 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>"Инватакси қызметтерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әлеуметтік көрсетілетін </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтер порталы арқылы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетудің маршруты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы ақпарат"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысанға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z217" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Инватакси қызметтерін әлеуметтік көрсетілетін қызметтер порталы арқылы көрсетудің маршруты туралы ақпарат" (индекс – И3 айлық кезеңділік)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 1-бағанында инватаксимен тасымалдау күні (күні, айы, жылы) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 2-бағанында бастапқы жөнелту пункті көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 3-бағанында соңғы межелі пункті көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 4-бағанында бағалау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 5-бағанында инватаксидің келу уақыты, сағат/минут көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 6-бағанында мүгедектігі бар адамды отырғызу уақыты, сағат / минут көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 7-бағанында мүгедектігі бар адамды түсіру уақыты, сағат/минут көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 8-бағанында сапардың жалпы уақыты, сағат/минут көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Автомобиль көлігімен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(инватакси) мүгедектігі бар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -10411,173 +11290,481 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: жергілікті атқарушы органдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Инватакси қызметтерін Қазақстан Республикасының мемлекеттік  сатып алу туралы заңнамасына сәйкес көрсетудің маршрут парағы</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Инватакси қызметтерін Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес көрсетудің маршруты туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 4-қосымшамен толықтырылды - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 284</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Инватакси қызметін көрсететін ұйымның атауы ___________________________</w:t>
-[...17 lines deleted...]
-      Инватаксиді тасымалдау күні (күні, айы, жылы) __________________________</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): И4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділік: ай сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: 20 ____ жылғы __ ай</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: инватакси қызметтерін көрсететін ұйымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: ай сайын, есепті кезеңнен кейінгі әрбір айдың 10-күніне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЖСН/БСН </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5511800" cy="520700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5511800" cy="520700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электрондық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инватакси қызметтерін Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес көрсетудің маршруты туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -10597,162 +11784,242 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/н</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүгедектігі бар адам</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мүгедектігі бар адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инватакси сапарының маршруты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инватакси</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сапарының маршруты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүгедектігі бар адамға инватаксимен қызмет көрсету уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мүгедектігі бар адамға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инватаксимен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет көрсету уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -12223,123 +13490,625 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жүргізуші ___________________________________</w:t>
-[...71 lines deleted...]
-      Диспетчердің қолы _____________________</w:t>
+      Жүргізуші ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жүргізушінің қолы ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Диспетчер ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Диспетчердің қолы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Атауы ______________________ Мекенжайы _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орындаушы___________________________________ _______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Басшы немесе оның міндетін атқарушы адам </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегі, аты және әкесінің аты (бар болған жағдайда) қолы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрдің орны (жеке кәсіпкерлер болып табылатын тұлғалардан қоспағанда) _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Инватакси қызметтерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік сатып алу туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заңнамасына сәйкес көрсетудің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маршруты туралы ақпарат"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысанға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z221" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Инватакси қызметтерін Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес көрсетудің маршруты туралы ақпарат" (индекс – И4 айлық кезеңділік)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 1-бағанында тегі, аты, әкесінің аты (болған жағдайда оның болуы) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 2-бағанында телефон номері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 3-бағанында қолы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 4-бағанында бастапқы жөнелту пункті көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 5-бағанында соңғы межелі пункті көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 6-бағанында инватаксидің келу уақыты, сағат/минут көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 7-бағанында мүгедектігі бар адамды отырғызу уақыты, сағат / минут көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанның 8-бағанында мүгедектігі бар адамды түсіру уақыты, сағат/минут көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12379,55 +14148,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12749,35 +14518,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>