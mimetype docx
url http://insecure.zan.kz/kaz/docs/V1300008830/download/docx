--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebe834f" w14:textId="ebe834f">
+    <w:p w14:paraId="071dc2f" w14:textId="071dc2f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Көлік және коммуникация министрінің 2013 жылғы 18 қыркүйектегі № 725 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 18 қазанда № 8830 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Теміржол көлігі туралы" 2001 жылғы 8 желтоқсандағы Қазақстан Республикасы Заңының 14-бабы 2-тармағының </w:t>
+      "Теміржол көлігі туралы" Қазақстан Республикасы Заңының 14-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Көлік министрінің м.а. 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Теміржол вокзалдарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -646,5683 +688,6273 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Теміржол вокзалдарының класына сәйкес тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбеге өзгеріс енгізілді – ҚР Индустрия және инфрақұрылымдық даму министрінің 05.11.2019 </w:t>
+      Ескерту. Тізбе жаңа редакцияда – ҚР Көлік министрінің м.а. 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 825</w:t>
+        <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.12.2022 </w:t>
-[...21 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z327" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Кластан тыс" класына келесі теміржол вокзалдары кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Нұрлы жол" теміржол вокзалы кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Астана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қарағанды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) Алматы 1; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Алматы 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Ақтөбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Шымкент</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "1" класына келесі теміржол вокзалдары кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Орал;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қызылорда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Атырау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Маңғыстау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Бейнеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Көкшетау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қостанай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Павлодар жаңа ғимарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Тараз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Шу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Бурабай курорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Жезқазған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Түркістан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Шалқар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "2" класына келесі теміржол вокзалдары кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Арқалық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Аягөз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Өскемен-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Арал теңізі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Құлсары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қандыағаш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Балқаш-2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Ақтоғай.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "3" класына келесі теміржол вокзалдары кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Есіл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Екібастұз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Макинка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Ақкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Ерейментау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Железорудное;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Тобыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Ақадыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Түрксіб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Үштөбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Түлкібас;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Отар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Сарыағаш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Сарышыған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Жем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Төретам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Шиелі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Жаңақорған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Сексеул;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Атбасар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Қазақстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Достық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Жаңғызтөбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Бескөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Ганюшкино;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Жалаңашкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Арыс 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "1" типті жолаушыларға қызмет көрсету пункті бар өндірістік ғимараттар" класына мынадай теміржол вокзалдары жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қарағанды-Сұрыптау жұп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қарағанды-Сұрыптау тақ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Аманқарағай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Еркіншілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Жарық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Жаңаесіл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Саяқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Мойынты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z89" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Сарыбел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Шар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Шығанақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Манкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Шұбарқұдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z94" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Шыңғырлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Шетпе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Хромтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Алға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Мақат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Сағыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Жаңаарқа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z101" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Боранды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z102" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Бершүгір;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z103" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Доссор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z104" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Бозшакөл</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z105" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Кұсмұрын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Жосалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "2" типті жолаушыларға қызмет көрсету пункті бар өндірістік ғимараттар" сыныбына мынадай теміржол вокзалдары жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z108" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Пресногорьковская;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z109" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қызылту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z110" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Саумалкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z111" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Тайынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z112" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Сулы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z113" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Талшық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z114" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Нілді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z115" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Мырза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z116" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Нұра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Босаға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қарабас;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z119" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Құлайғыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z120" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Жеңіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қаражал;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z122" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Дария;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z123" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Шоқай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z124" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Киік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z125" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Доңғал;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z126" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Көкпекті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z127" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Анар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z128" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Шалғышы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Сарыкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Ақсу-2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z131" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Үшбиік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z132" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Жарма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z133" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Матай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z134" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Сарыөзек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z135" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Жалағаш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z136" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) Қапшағай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z137" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Тимур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Мұғалжар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Тасқала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Дегелен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Қотыртас;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) Төменарық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Тоғыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) Көпмола;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Мұқыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z146" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Әйтеке би.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z147" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) Жалтыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z148" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) Аршалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z149" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Жаңаөзен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z150" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Қарауылкелді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) Державинская;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z152" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) Шортанды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) Қайдауыл</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) Жақсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) Елтай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) Ирченко;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Сарыоба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) Жаңа Қарағанды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) Арыс 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Боранқұл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) Смирново;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z162" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) Янко;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) Перекатная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Саумалкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) Ащыөзек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) Ақжайдақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z167" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) Апановка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z168" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) Жітіқара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z169" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) Қазанбасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z170" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) Ковыльная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z171" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Теміртау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z172" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) Алтай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z173" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) Таңсық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z174" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) Жетіген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) Лепсі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Көктума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) Тамды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) Исатай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) Аққыстау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) Лисаковск;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) Алтынкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) Ақши;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z183" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) Болашақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z184" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "3" типті жолаушыларға қызмет көрсету пункті бар өндірістік ғимараттар" сыныбына мынадай теміржол вокзалдары жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z185" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ақсуат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z186" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Азат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z187" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қайранкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z188" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қиялы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z189" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Ащыкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z190" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қарағай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z191" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Уголки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z192" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Чкалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z193" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Золоторунная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z194" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Октябрь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z195" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Белоградов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z196" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Бауман;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z197" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Ботақара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z198" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Ащысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z199" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Бүркітті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z200" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Қарағайлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z201" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Ақтасты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z202" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Атасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z203" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Орта - Дересін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z204" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Мыңадыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z205" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Теректі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z206" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Өленті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z207" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Торғай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z208" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Селеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z209" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Еңбекшілдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z210" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Айсары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z211" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Қалқаман;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z212" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Шідерті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z213" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) Тасқұдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z214" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Қарасор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z215" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Майқайын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z216" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Спутник;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z217" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Красноармейка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z218" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Елімай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z219" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) Жолқұдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z220" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Қойбағар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z221" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) Қоскөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z222" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Сұрған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z223" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Тасты -талды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z224" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) Баранкөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z225" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) Кенді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z226" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Приишимская;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z227" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Арыстансор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z228" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) Озерная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z229" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) Селекционная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z230" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) Ермаковка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z231" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) Черемшанка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z232" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) Предгорная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z233" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) Күмістау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z234" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Ауыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z235" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) Усть Таловка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z236" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) Ертіс зауыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z237" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Белағаш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z238" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) Тұрғысын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z239" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) Коршуново;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z240" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) Таусамалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z241" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Көкжиек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z242" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) Текелі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z243" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) Көксу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z244" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) Малайсары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z245" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) Разъезд 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z246" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) Айнабұлақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z247" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) Тентек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z248" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Жетісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z249" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) Қарабұлак;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z250" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) Қопа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z251" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) Разъезд 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z252" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) Қызыбек Бек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z253" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Саз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z254" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) Қызылтаң;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z255" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) Жиренайғыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z256" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) Талдықорған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z257" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) Жайпақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z258" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) Боралдай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z259" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) Шамалған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z260" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) Бірлік-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z261" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) Жайық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z262" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) Дерқұл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z263" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) Белес;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z264" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) Пойма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z265" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) Амангелді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z266" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) Қорқыт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z267" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) Дерментөбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z268" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84) Мартұқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z270" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) Темір;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z271" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) Қалмаққырған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z272" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) Кенжалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z273" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) Құрайлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z274" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) Жетібай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z275" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) Боздақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z276" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) Бақсай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z277" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) Нарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z278" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) Таскескен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z279" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Ескене;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z280" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) Жамансор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z281" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) Жантерек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z282" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) Кенбай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z283" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) Қызылжар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z284" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) Фурманов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z285" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) Денисовка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z286" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) Перелески;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z287" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) Алажиде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z288" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) Қосқұдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z289" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) Рзд.315;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z290" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) Махамбет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z291" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) Оазис;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z292" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) Акжігіт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z293" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) Қызыл әскер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z294" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) Құрқамыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z295" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) Семиглавый Мар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z296" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) Қырғыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z297" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) Қауылжыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z298" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) Дәуіт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z299" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) Төңкеріс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z300" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) Адыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z301" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) Жамантұз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z302" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) Жаркөл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z303" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) Кайрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z304" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) Шарбақты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z305" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) Маралды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z306" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) Шоққарағай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z307" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) Тоғызақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z308" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) Қаратау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z309" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) Жаңатас;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z310" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) Шемонаиха;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z311" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) Бадам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z312" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) Переметная;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z313" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) Алғабас;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z314" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) Сапақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z315" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) Бекбауыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z316" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) Жұрын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z317" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) Жарлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z318" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) Қаратоғай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z319" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) Бестамақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z320" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) Ізімбет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z321" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) Үстірт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z322" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) Қорқол;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z323" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) Тереңөзек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z324" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) Риддер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z325" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) Қарақия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z326" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) Ақкемер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5571 lines deleted...]
-      134) Қызыләскер.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -6330,55 +6962,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>