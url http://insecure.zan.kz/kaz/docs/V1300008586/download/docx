--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53e77b1" w14:textId="53e77b1">
+    <w:p w14:paraId="6782905" w14:textId="6782905">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,44492 +85,35015 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Республикалық немесе жергiлiктi бюджеттiң есебiнен ұсталатын, сатудан түсетiн ақша өздерiнiң иелiгiнде қалатын мемлекеттiк мекемелердiң тауарлары (жұмыстары, көрсетiлетiн қызметтерi) тiзбесiнiң сыныптауышын бекiту туралы" Қазақстан Республикасы Қаржы министрінің 2009 жылғы 25 мамырдағы № 215 бұйрығына өзгерiс енгiзу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2013 жылғы 02 шілдедегі № 304 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 29 шілдеде № 8586 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2013 жылғы 02 шілдедегі № 304 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 29 шілдеде № 8586 тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 22 мамырдағы № 245 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы министрінің 22.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      1. «Республикалық немесе жергiлiктi бюджеттiң есебiнен ұсталатын, сатудан түсетiн ақша өздерiнiң иелiгiнде қалатын мемлекеттiк мекемелердiң тауарлары (жұмыстары, көрсетiлетiн қызметтерi) тiзбесiнiң сыныптауышын бекiту туралы» Қазақстан Республикасы Қаржы министрінің 2009 жылғы 25 мамырдағы № 215 </w:t>
+        <w:t xml:space="preserve">
+      1. "Республикалық немесе жергiлiктi бюджеттiң есебiнен ұсталатын, сатудан түсетiн ақша өздерiнiң иелiгiнде қалатын мемлекеттiк мекемелердiң тауарлары (жұмыстары, көрсетiлетiн қызметтерi) тiзбесiнiң сыныптауышын бекiту туралы" Қазақстан Республикасы Қаржы министрінің 2009 жылғы 25 мамырдағы № 215 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 5702 болып тіркелген) мынадай өзгерiс енгізілсін:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      көрсетілген бұйрықпен бекітілген Республикалық немесе жергiлiктi бюджеттiң есебiнен ұсталатын, сатудан түсетiн ақша өздерiнiң иелiгiнде қалатын мемлекеттiк мекемелердiң тауарлары (жұмыстары, көрсетiлетiн қызметтерi) </w:t>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Республикалық немесе жергiлiктi бюджеттiң есебiнен ұсталатын, сатудан түсетiн ақша өздерiнiң иелiгiнде қалатын мемлекеттiк мекемелердiң тауарлары (жұмыстары, көрсетiлетiн қызметтерi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тiзбесiнiң сыныптауышында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      "Бiлiм беру саласындағы мемлекеттiк мекемелер ұсынатын қызметтер" бөлімі мынадай редакцияда жазылсын:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      «Бiлiм беру саласындағы мемлекеттiк мекемелер ұсынатын қызметтер» бөлімі мынадай редакцияда жазылсын:</w:t>
-[...13 lines deleted...]
-      «</w:t>
+      "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="585"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="2256"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бiлiм беру саласындағы мемлекеттiк мекемелер ұсынатын қызметтер</w:t>
+              <w:t>
+Бiлiм беру саласындағы мемлекеттiк мекемелер ұсынатын қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...743 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...743 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...743 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...743 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...743 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...743 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>001</w:t>
+              <w:t>
+001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қосымша бiлiм беру бағдарламаларын (балалар және жасөспiрiмдер шығармашылығын, спорт, мәдениет және өнер саласындағы бейiмдiлiктер мен қызығушылықтарды дамыту), iске асыру</w:t>
+              <w:t>
+Қосымша бiлiм беру бағдарламаларын (балалар және жасөспiрiмдер шығармашылығын, спорт, мәдениет және өнер саласындағы бейiмдiлiктер мен қызығушылықтарды дамыту), iске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) мекемелердiң оқу-материалдық базасын нығайту;</w:t>
-[...647 lines deleted...]
-              <w:t>28) iссапар шығыстары (111, 112, 113, 121, 122, 131, 132, 135, 136, 141, 142, 144, 149, 151, 152, 153, 154, 156, 159, 161, 162, 169, 324, 414, 416, 419, 421).</w:t>
+              <w:t>
+1) мекемелердiң оқу-материалдық базасын нығайту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) оқу жабдықтарын және мүкәммалын сатып алу, оның iшiнде оқу-тәжiрибе учаскесiнде жұмыс iстеу үшiн;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) оқушылардың тамақтануын жақсарту, тұрмыстық және мәдени қызмет көрсету жөнiндегi шығыстарын жабу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) оқу-өндiрiстiк шеберханалар мен қосалқы шаруашылықтарды кеңейту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) бiлiм алушыларды көтермелеуге және оқушылардың әлеуметтiк жағынан қорғалмаған жекелеген бөлiгiне материалдық көмек көрсету;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) күнi ұзақ болатын мектептерде және мектептер мен мектеп-интернаттарда күн ұзақ болатын топтары оқушыларын тамақтандыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) асханаларды ұстау (жалақы, тамақ өнiмдерiн сатып алу, жабдықтар мен мүкәммал сатып алу, күрделi жөндеу және басқа да шығыстар);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) бiлiм алушылардың орындаған жұмыстарын төлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) экскурсиялар мен мектеп кештерiн өткiзу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) мектептердi, оқу корпустары мен жатақханаларды ағымдағы жөндеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) мектеп жанындағы учаскенi дамыту және мектеп шеберханаларының жабдықтарын жаңарту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) спорт алаңдарын салу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) қоғамдық-пайдалы еңбекте көзге түскен оқушыларға стипендиялар мен сыйақылық беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) сауықтыру iс-шаралары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) жарысқа қатысушыларды тамақтандыру, төрешiлердiң (судьялардың) және медицина қызметкерлерiнiң еңбегiне ақы төлеу жөнiндегi шығыстарды жабу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) қосымша оқу бағдарламалары бойынша оқу процесiн ұйымдастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17) үйiрме жетекшiлерiнiң еңбегiне ақы төлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18) үйiрмелердi ұйымдастыруға байланысты iс-шаралар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19) ақылы бiлiм беру қызметтерiн көрсететiн қызметкерлердiң еңбегiне ақы төлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20) ынталандыру сипатындағы қосымша ақы, үстемақы, сыйлық және басқа да төлемдер белгiлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21) жабдықтар және мүкәммал (оның iшiнде жұмсақ) және киiм-кешек сатып алу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22) жылу, электр энергиясы, сумен жабдықтау үшiн ақы төлеуге арналған шығыстар және басқа да коммуналдық шығыстар, ағымдағы және шаруашылық мақсаттар үшiн заттар мен материалдарды сатып алу, ғимаратқа қызмет көрсету бойынша ақы төлеу, көлiктiк қызметтерге ақы төлеу және тауарларды сатып алуға арналған өзге де шығыстар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+23) ғимараттар мен үй-жайларды реконструкциялау және күрделi жөндеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24) демалыс лагерьлерi тәрбиешiлерiнiң және көмекшi қызметкерлерiнiң еңбегiне ақы төлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25) музыкалық аспаптарды жөндеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26) қозғалтқыштарды пайдалануға және жөндеуге байланысты шығыстар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27) оқу-көмекшi, қосалқы шаруашылықтардың және оқу-тәжiрибе учаскелерiнiң өндiрiстiк қызметiне байланысты, оның iшiнде осы қызметпен айналысатын қызметкерлердiң еңбегiне ақы төлеуге жұмсалатын шығындар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28) iссапар шығыстары (111, 112, 113, 121, 122, 131, 132, 135, 136, 141, 142, 144, 149, 151, 152, 153, 154, 156, 159, 161, 162, 169, 324, 414, 416, 419, 421).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Бiлiм беру туралы» Қазақстан Республикасының 2007 жылғы 27 шiлдедегi Заңының </w:t>
+              <w:t xml:space="preserve">
+"Бiлiм беру туралы" Қазақстан Республикасының 2007 жылғы 27 шiлдедегi Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>63-бабы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, «Мемлекеттік білім беру мекемелерінің тауарларды (жұмыстарды, қызметтерді) өткізу жөніндегі ақылы қызмет түрлерін көрсету және олардың тауарларды (жұмыстарды, қызметтерді) өткізуден түскен ақшаны жұмсау ережесін бекіту туралы» Қазақстан Республикасы Үкiметiнiң 2009 жылғы 20 шiлдедегi № 1102 </w:t>
+              <w:t xml:space="preserve">, "Мемлекеттік білім беру мекемелерінің тауарларды (жұмыстарды, қызметтерді) өткізу жөніндегі ақылы қызмет түрлерін көрсету және олардың тауарларды (жұмыстарды, қызметтерді) өткізуден түскен ақшаны жұмсау ережесін бекіту туралы" Қазақстан Республикасы Үкiметiнiң 2009 жылғы 20 шiлдедегi № 1102 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаулысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...695 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...695 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...695 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...695 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...695 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...695 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>002</w:t>
+              <w:t>
+002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Музыкалық аспаптарды пайдаланғаны үшiн төлем</w:t>
+              <w:t>
+Музыкалық аспаптарды пайдаланғаны үшiн төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ЖБ</w:t>
-[...599 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...599 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...599 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>261</w:t>
-[...599 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>003</w:t>
-[...599 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>011</w:t>
-[...599 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>003</w:t>
+              <w:t>
+003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттiк бiлiм беру мекемелерiнiң энергия қондырғыларымен және бу қазандықтарымен берiлетiн жылу энергиясын жiбергенi үшiн төлем</w:t>
+              <w:t>
+Мемлекеттiк бiлiм беру мекемелерiнiң энергия қондырғыларымен және бу қазандықтарымен берiлетiн жылу энергиясын жiбергенi үшiн төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...695 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...695 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...695 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...695 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...695 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...695 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>004</w:t>
+              <w:t>
+004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-өндiрiстiк шеберханалардың, оқу шаруашылықтарының, оқу-тәжiрибе учаскелерiнiң өнiмдерiн өндiру мен өткiзудi ұйымдастыру</w:t>
+              <w:t>
+Оқу-өндiрiстiк шеберханалардың, оқу шаруашылықтарының, оқу-тәжiрибе учаскелерiнiң өнiмдерiн өндiру мен өткiзудi ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...695 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...695 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...695 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...695 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>017</w:t>
-[...695 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...695 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>005</w:t>
+              <w:t>
+005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жазғы демалысты ұйымдастыру, бiлiм алушылар мен тәрбиеленушiлердiң, бiлiм беру ұйымдарында өткiзiлетiн түрлi iс-шараларға қатысушылардың тамақтануын қамтамасыз ету бойынша қызметтер</w:t>
+              <w:t>
+Жазғы демалысты ұйымдастыру, бiлiм алушылар мен тәрбиеленушiлердiң, бiлiм беру ұйымдарында өткiзiлетiн түрлi iс-шараларға қатысушылардың тамақтануын қамтамасыз ету бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...695 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...695 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...695 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...695 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...695 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...695 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>006</w:t>
+              <w:t>
+006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бiлiм алушылар мен тәрбиеленушiлер, педагог қызметкерлер мен ересек тұрғындар арасында әр түрлi: спорт жарыстарын, семинарлар, кеңестер, конференциялар, сондай-ақ оқу-әдiстемелiк әдебиеттi әзiрлеу мен iске асыру жөнiндегi iс-шараларды ұйымдастыру және өткiзу бойынша қызметтер</w:t>
+              <w:t>
+Бiлiм алушылар мен тәрбиеленушiлер, педагог қызметкерлер мен ересек тұрғындар арасында әр түрлi: спорт жарыстарын, семинарлар, кеңестер, конференциялар, сондай-ақ оқу-әдiстемелiк әдебиеттi әзiрлеу мен iске асыру жөнiндегi iс-шараларды ұйымдастыру және өткiзу бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...719 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...719 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...719 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...719 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...719 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...719 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>007</w:t>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пәндер (дәрiстер және дәрiстердiң циклдерi) бойынша бiлiм алушылармен ғылым негiздерiн тереңдетiп зерделеудi ұйымдастыру бойынша қызметтер</w:t>
+              <w:t>
+Пәндер (дәрiстер және дәрiстердiң циклдерi) бойынша бiлiм алушылармен ғылым негiздерiн тереңдетiп зерделеудi ұйымдастыру бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...695 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...695 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...695 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...695 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>017</w:t>
-[...695 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...695 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>008</w:t>
+              <w:t>
+008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу жоспары мен бағдарламалары бойынша бөлiнген оқу уақытынан тыс пәндер (дәрiстер және дәрiстердiң циклдерi) бойынша жекелеген бiлiм алушылармен қосымша сабақтар ұйымдастыру бойынша қызметтер</w:t>
+              <w:t>
+Оқу жоспары мен бағдарламалары бойынша бөлiнген оқу уақытынан тыс пәндер (дәрiстер және дәрiстердiң циклдерi) бойынша жекелеген бiлiм алушылармен қосымша сабақтар ұйымдастыру бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ЖБ</w:t>
-[...71 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...71 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...71 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>261</w:t>
-[...71 lines deleted...]
-              <w:t>360</w:t>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>024</w:t>
-[...71 lines deleted...]
-              <w:t>024</w:t>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>011</w:t>
-[...71 lines deleted...]
-              <w:t>015</w:t>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>009</w:t>
+              <w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кәсiптiк оқытуды ұйымдастыру (техникалық және қызмет көрсетушi еңбек мамандарын қайта даярлау және олардың бiлiктiлiгiн арттыру) бойынша қызметтер</w:t>
+              <w:t>
+Кәсiптiк оқытуды ұйымдастыру (техникалық және қызмет көрсетушi еңбек мамандарын қайта даярлау және олардың бiлiктiлiгiн арттыру) бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...23 lines deleted...]
-              <w:t>РБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...23 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...23 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...23 lines deleted...]
-              <w:t>225</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...23 lines deleted...]
-              <w:t>017</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...23 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>010</w:t>
+              <w:t>
+010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мамандардың бiлiктiлiгiн арттыру бойынша қызметтер</w:t>
+              <w:t>
+Мамандардың бiлiктiлiгiн арттыру бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...719 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...719 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...719 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...719 lines deleted...]
-              <w:t>285</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+464</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...719 lines deleted...]
-              <w:t>007</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...719 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>011</w:t>
+              <w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Интернет-байланыстың қосымша қызметтерi</w:t>
+              <w:t>
+Интернет-байланыстың қосымша қызметтерi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ЖБ</w:t>
-[...71 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...71 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...71 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>261</w:t>
-[...71 lines deleted...]
-              <w:t>360</w:t>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>024</w:t>
-[...71 lines deleted...]
-              <w:t>024</w:t>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>011</w:t>
-[...71 lines deleted...]
-              <w:t>015</w:t>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>012</w:t>
+              <w:t>
+012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Техникалық және мамандандырылған бiлiм беру кәсiпорындарында жалпы мамандығы бар қызметкерлердi даярлау бойынша қызметтер</w:t>
+              <w:t>
+Техникалық және мамандандырылған бiлiм беру кәсiпорындарында жалпы мамандығы бар қызметкерлердi даярлау бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>РБ</w:t>
-[...23 lines deleted...]
-              <w:t>РБ</w:t>
+              <w:t>
+РБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...23 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="258" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...23 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>225</w:t>
-[...23 lines deleted...]
-              <w:t>225</w:t>
+              <w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>020</w:t>
-[...23 lines deleted...]
-              <w:t>017</w:t>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>000</w:t>
-[...23 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>013</w:t>
+              <w:t>
+013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өнер саласындағы мамандықтар бойынша жоғары кәсiптiк бiлiмi бар мамандарды даярлау бойынша қызметтер</w:t>
+              <w:t>
+Өнер саласындағы мамандықтар бойынша жоғары кәсiптiк бiлiмi бар мамандарды даярлау бойынша қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сол сияқты</w:t>
+              <w:t>
+Сол сияқты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                                                         ».</w:t>
+        <w:t>
+                                                               ".</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Бюджеттік рәсімдер әдіснамасы департаменті (З.А. Ерназарова) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін қамтамасыз етсін.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелген күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б. Жәмішев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...51 lines deleted...]
-        <w:t>      Қаржы министрі                                   Б. Жәмішев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -44890,35 +35415,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>