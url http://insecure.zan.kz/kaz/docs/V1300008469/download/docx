--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="495fc61" w14:textId="495fc61">
+    <w:p w14:paraId="edcc2bb" w14:textId="edcc2bb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,106 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Құқықтық кадастрдың ақпараттық жүйесіне құрылған жылжымайтын мүлікке жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерін енгізу, мемлекеттік техникалық зерттеп-қарауды жүргізу қағидалары мен мерзімдерін, "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет көрсету қағидаларын және Жылжымайтын мүліктің бастапқы және кейінгі объектілеріне кадастрлық нөмір беру қағидаларын бекіту туралы</w:t>
+        <w:t>Жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерін құқықтық кадастрдың ақпараттық жүйесіне енгізу, жылжымайтын мүлікке мемлекеттік техникалық зерттеп-қарауды жүргізу қағидалары мен мерзімдерін, "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет көрсету қағидаларың және Бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмір беру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрінің 2013 жылғы 06 мамырдағы № 156 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 17 мамырда № 8469 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Әділет министрінің 29.06.2023 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 426</w:t>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу туралы" Қазақстан Республикасы Заңының 18-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -434,51 +434,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2016 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -857,54 +857,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-бөлім. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z94" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерін құқықтық кадастрдың ақпараттық жүйесіне енгізу, жылжымайтын мүлікке мемлекеттік техникалық тексеру жүргізу қағидалары мен мерзімдері және "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет көрсету қағидалары "Жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу туралы" (бұдан әрі - Заң) және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңдарына сәйкес әзірленді және жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерін құқықтық кадастрдың ақпараттық жүйесіне енгізу тәртібі мен мерзімдерін айқындайды, жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің сәйкессіздіктерін белгілеу және "Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлікке жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытындыны беру" және "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру".</w:t>
+      1. Осы жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерін құқықтық кадастрдың ақпараттық жүйесіне енгізу, жылжымайтын мүлікке мемлекеттік техникалық зерттеп-қарауды жүргізу қағидалары мен мерзімдерің және "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет көрсету қағидалары "Жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу туралы" (бұдан әрі - Заң) және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңдарына сәйкес әзірленді және жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерін құқықтық кадастрдың ақпараттық жүйесіне енгізу тәртібі мен мерзімдерін айқындайды, жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің сәйкессіздіктерін белгілеу және "Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлікке жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытындыны беру" және "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z95" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Ережеде мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1153,70 +1215,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1–қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес "Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін құқықтық кадастрға енгізу, жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны беру" мемлекеттік көрсетілетін қызмет тізбесінде (бұдан әрі - № 1 Тізбе) келтірілген.</w:t>
+        <w:t xml:space="preserve"> сәйкес "Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлікке жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытындыны беру" мемлекеттік көрсетілетін қызмет тізбесінде (бұдан әрі - № 1 Тізбе) келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу жөнінде мемлекеттік қызмет көрсетуге өтініш береді, жылжымайтын мүлік объектісінің кадастрлық паспортын және жылжымайтын мүлік объектісінің орналасқан жері бойынша не "электрондық үкімет" веб-порталы арқылы көрсетілетін қызметті берушіге № 1 тізбенің 8-тармағына сәйкес құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
+      Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жаңадан құрылған жылжымайтын мүлікке жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу жөнінде өтініш береді, жылжымайтын мүлік объектісінің кадастрлық паспортын және "электрондық үкімет" веб-порталы арқылы № 1 Тізбенің 8-тармағына сәйкес құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытынды беру: www.egov.kz (бұдан әрі – портал).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1228,453 +1290,373 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы барлық қажетті құжаттарды ұсыну кезінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      көрсетілетін қызметті берушіге - көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат беріледі;</w:t>
+      көрсетілетін қызметті алушының "жеке кабинетінде" нәтижені алу орны мен күні көрсетіле отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      портал арқылы-көрсетілетін қызметті алушының "жеке кабинетінде" нәтижені алу орны мен күні көрсетіле отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушының ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісімі электрондық цифрлық қолтаңбамен (бұдан әрі – ЭЦҚ) расталады не ұялы байланыстың абоненттік құрылғысы арқылы алынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушының ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісімі жазбаша нысанда немесе электрондық цифрлық қолтаңбамен расталған не ұялы байланыстың абоненттік құрылғысы арқылы алынады.</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      Көрсетілетін қызметті алушы № 1 Тізбеде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші құжаттарды одан әрі қараудан бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы портал арқылы № 1 Тізбеде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші құжаттарды одан әрі қараудан бас тарту туралы хабарлама жібереді.</w:t>
+      Жылжымайтын мүлік объектілерін техникалық зерттеп-қарау бөлімі мұрағатының қызметкері түгендеу істерін іздестіруді және жауапты орындаушыға беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің қызметкері құжаттарды қабылдауды жүзеге асырады және портал арқылы келіп түскен өтінімдерді қоспағанда, жылжымайтын мүлік объектілерін техникалық тексеру бөліміне орындауға жолдайды.</w:t>
+      Көрсетілетін қызметті берушінің жылжымайтын мүлік объектілерін техникалық зерттеп-қарау бөлімінің қызметкері мынадай әрекеттерді жасайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жылжымайтын мүлік объектілерін техникалық тексеру бөлімі мұрағатының қызметкері, түгендеу істерін іздестіруді және жауапты орындаушыға беруді жүзеге асырады.</w:t>
+      жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерін сәйкестендіру және техникалық мәліметтерін дерекқорға енгізу бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің жылжымайтын мүлік объектілерін техникалық тексеру бөлімінің қызметкері келесі әрекеттерді жасайды:</w:t>
+      жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ғимараттардың, құрылыстардың және (немесе) олардың құрамдастарының сәйкестендіру және техникалық мәліметтерін дерекқорға енгізу бойынша:</w:t>
+      көрсетілетін қызметті алушының жеке кабинетіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу туралы хабарлама жіберіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізеді, объектіні пайдалануға қабылдау актісіне белгі қояды;</w:t>
+      жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны дайындау бойынша әзірленген кадастрлық паспортты және қорытындыны басшылыққа келісуге және қол қоюға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны дайындау бойынша әзірленген кадастрлық паспортты және қорытындыны басшылыққа келісуге және қол қоюға жібереді.</w:t>
+      Жеке кабинетке жылжымайтын мүлік объектісін мемлекеттік техникалық зерттеп-қарау бойынша орындалған жұмыс үшін қосымша ақы төлеу қажеттігі туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы портал арқылы жүгінген кезде жеке кабинетіне жылжымайтын мүлік объектісін мемлекеттік техникалық тексеру бойынша орындалған жұмыс үшін қосымша ақы төлеу қажеттігі туралы хабарлама жіберіледі.</w:t>
+      Жылжымайтын мүлік объектісіне кадастрлық паспортты беру және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны беру тәртібі мен процесі осы Қағиданың 3-тарауымен регламенттелген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кадастрлық паспортты беру және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны беру тәртібі мен процесі осы Қағиданың 3-тарауымен регламенттелген.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      Көрсетілетін қызметті берушінің басшылығы ЭЦҚ арқылы мемлекеттік көрсетілетін қызмет нәтижесіне қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің мемлекеттік көрсетілетін қызмет нәтижесіне қол қояды.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті көрсетудің қол қойылған нәтижесі тіркеледі және тізілім бойынша көрсетілетін қызметті берушінің құжаттарды қабылдау және беру бөліміне жіберіледі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші көрсетілетін қызметті алушыға дайын құжаттарды беруді көрсетілетін қызметті алушының немесе оның өкілінің цифрлық құжаттар сервисінен жеке басын куәландыратын құжатты не электрондық құжатты көрсеткен кезде жүзеге асырады:</w:t>
-[...72 lines deleted...]
-      5. Мемлекеттік қызметті көрсету мерзімі: көрсетілетін қызметті алушы көрсетілетін қызметті берушіге (құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді) немесе порталға жүгінген кезде құжаттар топтамасын тапсырған сәттен бастап:</w:t>
+      5. Мемлекеттік қызметті көрсету мерзімі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z114" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу - бір жұмыс күні;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z115" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жылжымайтын мүлік объектілерінің кадастрлық паспортын және жылжымайтын мүлік объектісінің түріне байланысты жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны беру:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) жылжымайтын мүлік объектілерінің кадастрлық паспортын және жылжымайтын мүлік объектісінің түріне байланысты жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пәтерлер, жатақханалардағы бөлмелер үшінші жұмыс күніне беріледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1756,815 +1738,789 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жылжымайтын мүлік объектісінің бірінші күрделілік санатына Қазақстан Республикасы Әділет министрінің 2023 жылғы 9 маусымдағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32746 болып тіркелген) Жылжымайтын мүлік объектілерін мемлекеттік техникалық тексеру жөніндегі нұсқаулыққа сәйкес төрт үй-жайдан аспайтын тік бұрышты нысандағы құрылыстар жатады.</w:t>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32746 болып тіркелген) Жылжымайтын мүлік объектілерін мемлекеттік техникалық зерттеп-қарау жөніндегі нұсқаулыққа сәйкес төрт үй-жайдан аспайтын тік бұрышты нысандағы құрылыстар жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімді одан әрі ұзарту көрсетілетін қызметті алушымен келісім бойынша объектінің күрделілік санатына байланысты жүргізіледі, бұл ретте жалпы мерзім көрсетілетін қызметті алушы жүгінген күннен бастап екі айдан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді – ҚР Әділет министрінің 30.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 355</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="12"/>
+    <w:bookmarkStart w:name="z100" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Тізбенің 9-тармағында көзделген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіздер болған жағдайда көрсетілетін қызметті беруші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      үш күннен кем мерзім белгіленген мемлекеттік көрсетілетін қызметтер бойынша мемлекеттік қызмет көрсетуден бас тартуды қалыптастырады;</w:t>
+      үш күннен кем мерзім белгіленген мемлекеттік көрсетілетін қызметтер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама қалыптастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үш күндік мерзімнен асатын мемлекеттік көрсетілетін қызметтер бойынша көрсетілетін қызметті беруші көрсетілетін қызметті алушыны мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны жөнінде хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 жұмыс күні бұрын жіберіледі.</w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алдын ала шешім бойынша көрсетілетін қызметті алушының қарсылығын көрсетілетін қызметті беруші оны алған күннен бастап 2 жұмыс күні ішінде қабылдайды.</w:t>
+      Алдын ала шешім бойынша көрсетілетін қызметті алушының қарсылығын көрсетілетін қызметті беруші оны алған күннен бастап 2 (екі) жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші мемлекеттік қызметті көрсету туралы шешім қабылдайды немесе дәлелді бас тартуды қалыптастырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="13"/>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші мемлекеттік қызметті көрсету туралы шешім қабылдайды не мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-1-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік қызметті көрсету нәтижесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z102" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызмет көрсетушіге:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізу туралы хабарлама не мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізу туралы белгісі бар жылжымайтын мүлік объектісін пайдалануға қабылдау актісі;</w:t>
+      жылжымайтын мүлік объектісінің кадастрлық паспорты не мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жылжымайтын мүлік объектілерінің кадастрлық паспорты;</w:t>
+      кадастрлық паспортты қоса бере отырып жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің сәйкессіздігін белгілеу туралы қорытынды не мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің жаңадан құрылған жылжымайтын мүлікке сәйкестендіру және техникалық мәліметтерінің жүргізілген техникалық зерттеп-қарау қорытындылары бойынша алшақтықтарын белгілеу туралы қорытынды осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кадастрлық паспортты қоса бере отырып, жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды;</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      Бұл ретте Жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны жылжымайтын мүлік объектілерінің кадастрлық паспортын бергені үшін қосымша ақы төленгеннен кейін көрсетілетін қызметті алушының жеке кабинетіне жіберіледі, ал заңды тұлғалармен қызметтерді көрсетуге шарт жасалған кезде қосымша қол қойылған орындалған жұмыстар актісі ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      № 1 Тізбенің 9-тармағында көзделген негіздер бойынша Мемлекеттік қызмет көрсетуден бас тарту туралы жазбаша дәлелді жауап.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) порталға:</w:t>
-[...110 lines deleted...]
-      Бұл ретте Жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытындыны көрсетілетін қызметті беруші көрсетілетін қызметті алушы жылжымайтын мүлік объектілерінің кадастрлық паспортын бергені үшін қосымша төлемді растайтын құжатты ұсынған кезде береді, ал заңды тұлғалармен қызметтерді көрсетуге шарттың бекітілуі жағдайында оларға қосымша қол қойылған орындалған жұмыстар акті ұсынылады.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z104" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-бөлім. Мемлекеттік техникалық тексеру жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z105" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Жылжымайтын мүлікті мемлекеттік техникалық тексеру барысында жылжымайтын мүліктің бірыңғай мемлекеттік кадастрын жүргізу үшін қажетті ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің техникалық, сәйкестендіру сипаттамалары айқындалады.</w:t>
+      7. Жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау барысында жылжымайтын мүліктің бірыңғай мемлекеттік кадастрын жүргізу үшін қажетті ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің техникалық, сәйкестендіру сипаттамалары айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жылжымайтын мүлікті мемлекеттік техникалық тексеру мынадай тәртіппен жүргізіледі:</w:t>
+      Жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау мынадай тәртіппен жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті берушінің қызметкері Жылжымайтын мүлік объектісін техникалық тексеру үшін шығуды жүзеге асырады;</w:t>
+      1) көрсетілетін қызметті берушінің қызметкері жылжымайтын мүлік объектісін техникалық зерттеп-қарау үшін шығуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) маман берілген өтініш шеңберінде жаңадан салынған және жапсарлас салынған құрылыстар мен ғимараттарды қайта жаңарту, қайта жабдықтау, қайта жоспарлау фактілерін анықтау мақсатында жылжымайтын мүлік объектісін тексеріп, өлшеу жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) жер учаскесінің сыртқы шекараларының анықталған өзгеруі немесе құрылыстар мен ғимараттарды тұрғызуға немесе бұзуға, не объектіні жүргізілген қайта жаңартуға, қайта жабдықтауға, қайта жоспарлауға байланысты өзгертуге байланысты жер учаскесінің ішкі жағдайларының өзгеруі ескеріле отырып, осы Қағидаларға </w:t>
+      3) жер учаскесінің сыртқы шекараларының анықталған өзгеруі немесе құрылыстар мен құрылысжайларды тұрғызуға немесе бұзуға, не объектіні жүргізілген қайта жаңартуға, қайта жабдықтауға, қайта жоспарлауға байланысты өзгертуге байланысты жер учаскесінің ішкі жағдайларының өзгеруі ескеріле отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Абрис жасайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұрын жасалған абрис сақталады, оған түзетулер енгізуге жол берілмейді. Абрис, онда бейнеленетін құрылыстар мен құрылыстар өзінің кескіні бойынша шындыққа жақын және салыстырмалы масштабта орналасуы үшін электронды түрде немесе қарапайым қарындашпен жасалады;</w:t>
+      Бұрын жасалған абрис сақталады, оған түзетулер енгізуге жол берілмейді. Абрис, онда бейнеленетін құрылыстар мен құрылысжайлар өзінің кескіні бойынша шындыққа жақын және салыстырмалы масштабта орналасуы үшін электронды түрде немесе қарапайым қарындашпен жасалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) жер учаскесінің қолданыстағы жоспарына жапсарлас салынған құрылыстар мен құрылыстарды, сондай-ақ қайта жаңартылған, жаңадан салынған объектілерді олардың конфигурациясы өзгерген жағдайда енгізеді және анықталған өзгерістерді ескере отырып, экспликацияны толтырады;</w:t>
+      4) жер учаскесінің қолданыстағы жоспарына жапсарлас салынған құрылыстар мен құрылысжайларды, сондай-ақ қайта жаңартылған, жаңадан салынған объектілерді олардың конфигурациясы өзгерген жағдайда енгізеді және анықталған өзгерістерді ескере отырып, экспликацияны толтырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өзгерістерді ескере отырып, әр қабаттық жоспарды сызады және оған экспликация толтырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Мемлекеттік қызмет құнын есептеуді жүргізеді;</w:t>
+      6) мемлекеттік қызмет құнын есептеуді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жылжымайтын мүлік объектісіне кадастрлық паспортты дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дайындалған кадастрлық паспорт басшымен келісіледі және қол қойылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) "Кадастрлық паспорт нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2007 жылғы 24 тамыздағы № 235 </w:t>
-[...55 lines deleted...]
-      9) алдыңғы техникалық тексеру барысында дайындалған кадастрлық паспорттарға, оның ішінде меншік иесінің немесе оның уәкілетті өкілінің данасына маманның күні, тегі және қолы көрсетіле отырып, "ӨТЕЛДІ" деген белгі қойылады;</w:t>
+      9) барлық жаңа және өтелген материалдар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бірыңғай түгендеу ісіне қалыптастырылады, өтелген материалдар жойылмайды, ал хронологиялық тәртіппен түгендеу ісіне тігіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10) барлық жаңа және өтелген материалдар осы Қағидаларға </w:t>
-[...37 lines deleted...]
-      Алшақтықтарды анықтау жылжымайтын мүлікті мемлекеттік техникалық тексеру негізінде жүзеге асырылады. Анықталған сәйкессіздіктер туралы мәліметтер жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізіледі және жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып, осы Қағидаларға </w:t>
+      Алшақтықтарды анықтау жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау негізінде жүзеге асырылады. Анықталған сәйкессіздіктер туралы мәліметтер жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізіледі және жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өзгерістер фактілері көрсетіле отырып қорытынды дайындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2598,123 +2554,185 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша қызметтік (шаруашылық) құрылыстар мен ғимараттардың техникалық сипаттамалары толтырылады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қызметтік (шаруашылық) құрылыстар мен құрылысжайлардың техникалық сипаттамалары толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жылжымайтын мүлік объектісінің меншік иесі ауысқан кезде кадастрлық паспорт заңды күшін сақтайды, өйткені бастапқы немесе кейінгі объектінің техникалық, сәйкестендіру сипаттамаларын қамтитын құжат болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жергілікті өкілді және атқарушы органдардың бірлескен шешімі бойынша болып жатқан жылжымайтын мүліктің сәйкестендіру сипаттамалары өзгерген кезде, оның ішінде елді мекендердің атауы, көшелердің атауы, сондай-ақ ғимараттардың, өзге де құрылыстардың (мекенжайлардың) реттік нөмірі немесе кадастрлық нөмірлер өзгерген кезде Мемлекеттік корпорация 1 жұмыс күні ішінде орнына бармай, өтеусіз негізде кадастрлық паспортқа түзетулер енгізеді.</w:t>
+      Жергілікті өкілді және атқарушы органдардың бірлескен шешімі бойынша болып жатқан жылжымайтын мүліктің сәйкестендіру сипаттамалары өзгерген кезде, оның ішінде елді мекендердің атауы, көшелердің атауы, сондай-ақ ғимараттардың, өзге де құрылыстардың (мекенжайлардың) реттік нөмірі немесе кадастрлық нөмірлер өзгерген кезде Мемлекеттік корпорация 1 жұмыс күні ішінде сол орынға бармай, өтеусіз негізде кадастрлық паспортқа түзетулер енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құқық белгілейтін құжатта қамтылған жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің нақты деректерімен алшақтығын анықтау мақсатында құқық иеленуші көрсетілетін қызметті берушіге осындай алшақтықтарды анықтау үшін өтініш беруге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жылжымайтын мүлікті мемлекеттік техникалық тексеру барысында көрсетілетін қызметті беруші жылжымайтын мүліктің бірыңғай мемлекеттік кадастрын жүргізу үшін қажетті ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің техникалық, сәйкестендіру сипаттамаларын айқындайды.</w:t>
+      Жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау барысында көрсетілетін қызметті беруші жылжымайтын мүліктің бірыңғай мемлекеттік кадастрын жүргізу үшін қажетті ғимараттардың, құрылысжайлардың және (немесе) олардың құрамдас бөліктерінің техникалық, сәйкестендіру сипаттамаларын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z106" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-бөлім. "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет көрсету тәртібі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z107" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2747,198 +2765,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет тізбесінде (бұдан әрі - № 2 Тізбеде) келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z108" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру көрсетілетін қызметті беруші арқылы, көрсетілетін қызметті алушының жылжымайтын мүлік объектісінің орналасқан жері бойынша және "электрондық үкіметтің": www.egov.kz (бұдан әрі – портал) веб-порталы арқылы жүзеге асырылады.</w:t>
+      9. Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру "электрондық үкіметтің": www.egov.kz (бұдан әрі – портал) веб-порталы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету бойынша рәсімді (іс-қимылды) бастауға көрсетілетін қызметті алушының № 2 Тізбенің 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасымен көрсетілетін қызметті берушіге жүгінуі негіз болып табылады.</w:t>
+      Мемлекеттік қызмет көрсету бойынша рәсімді (іс-қимылды) бастауға көрсетілетін қызметті алушының № 2 Тізбенің 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасымен көрсетілетін қызметті берушіге өтініші негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің қызметкері құжаттарды қабылдауды жүзеге асырады және портал арқылы келіп түскен өтінімдерді қоспағанда, жылжымайтын мүлік объектілерін техникалық тексеру бөліміне орындауға жолдайды.</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      Көрсетілетін қызметті алушы № 2 Тізбеде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші құжаттарды одан әрі қараудан бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы портал арқылы № 2 Тізбеде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші құжаттарды одан әрі қараудан бас тарту туралы хабарлама жібереді.</w:t>
+      Жылжымайтын мүлік объектілерін техникалық зерттеп-қарау бөлімі мұрағатының қызметкері түгендеу істерін іздестіруді және жауапты орындаушыға беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жылжымайтын мүлік объектілерін техникалық тексеру бөлімі мұрағатының қызметкері түгендеу істерін іздестіруді және жауапты орындаушыға беруді жүзеге асырады.</w:t>
+      Көрсетілетін қызметті берушінің жауапты орындаушысы телнұсқа беруден бас тарту үшін негіз болмаған жағдайда, жылжымайтын мүлік объектісің кадастрлық паспортын түгендеу ісінен көшірмесін шығарады, басшылыққа қол қою үшін жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің жауапты орындаушысы телнұсқа беруден бас тарту үшін негіз болмаған жағдайда, кадастрлық паспорттың түгендеу ісінен көшірмесін шығарады, "Телнұсқа" мөртабанын қояды және оны толтырады, одан кейін басшылыққа келісу және қол қою үшін жібереді.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      Көрсетілетін қызметті берушінің басшылығы одан әрі мемлекеттік көрсетілетін қызмет нәтижесіне ЭЦҚ пайдалана отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушыға беру үшін тізілім бойынша жіберілетін жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру немесе Мемлекеттік қызмет көрсетуден дәлелді бас тарту телнұсқаны беру бойынша мемлекеттік қызмет көрсетудің нәтижесі болып табылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z109" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік қызметті көрсету мерзімі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2987,124 +3011,114 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалпы ауданы 1000 шаршы метрден асатын жылжымайтын мүлік объектілері үшінші жұмыс күні беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z110" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Мемлекеттік қызметті көрсету нәтижесі:</w:t>
+      11. Мемлекеттік қызметті көрсету нәтижесі - "Телнұсқа" электрондық белгісі бар жылжымайтын мүлік кадастрлық паспортының телнұсқасы не мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама көрсетілетін қызметті алушының жеке кабинетіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Қызмет көрсетушіге:</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жылжымайтын мүлік кадастрлық паспортының телнұсқасы;</w:t>
-[...35 lines deleted...]
-      көрсетілетін қызметті алушының жеке кабинетіне алу орны мен күнін көрсете отырып, мемлекеттік көрсетілетін қызмет нәтижесінің дайындығы туралы хабарлама жіберіледі;</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z111" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тізбенің 9-тармағында көзделген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіздер болған жағдайда көрсетілетін қызметті беруші:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3432,319 +3446,295 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құқықтық кадастрдан</w:t>
+              <w:t xml:space="preserve">Жаңадан құрылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақпараттық жүйесіне</w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ғимараттардың,</w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құрылысжайлардың және</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) олардың</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құрамдастарының жаңадан</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құрылған жылжымайтын</w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметттерін</w:t>
+              <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>енгізу, мемлекеттік техникалық</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>зерттеп-қарау жүргізу</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">паспортының телнұсқасын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>объектісінің кадастрлық</w:t>
-[...25 lines deleted...]
-              <w:t>беру" мемлекеттік қызмет</w:t>
+              <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z116" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізу, жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлікке жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытынды беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> "Жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізу, жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлікке жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытынды беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Әділет министрінің 30.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -3770,51 +3760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет атауы "Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу, жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытынды беру"</w:t>
+Мемлекеттік көрсетілетін қызметтің атауы: "Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін, жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық зерттеп-қарау қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытынды беру"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3883,51 +3873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жылжымайтын мүлік объектісінің орналасқан жері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы</w:t>
+Жылжымайтын мүлік объектісінің орналасқан жері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3959,106 +3949,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсету тәсілдері</w:t>
+              <w:t xml:space="preserve">
+ Мемлекеттік қызмет көрсету тәсілдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы,</w:t>
-[...17 lines deleted...]
-"электрондық үкіметтің" веб-порталы</w:t>
+"Электрондық үкіметтің" веб-порталы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4127,87 +4099,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге жүгінген кезде көрсетілетін қызметті алушы құжаттар топтамасын тапсырған сәттен бастап (құжаттарды қабылдаған күн мемлекеттік қызмет көрсету мерзіміне кірмейді) және порталға:</w:t>
+Көрсетілетін қызметті алушы құжаттар топтамасын тапсырған сәттен бастап:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу, жылжымайтын мүлік объектісінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлікке жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытындыны беру" - бір жұмыс күні.</w:t>
+Жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу - бір жұмыс күні.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жылжымайтын мүлік объектісінің түріне қарай жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып жүргізілген техникалық тексеру қорытындылары бойынша жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды беру:</w:t>
+Жылжымайтын мүлік объектісінің түріне қарай жылжымайтын мүлік объектілерінің кадастрлық паспортын және жүргізілген техникалық зерттеп-қарау қорытындылары бойынша жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды беру:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пәтерлер, жатақханалардағы бөлмелер үшінші жұмыс күні беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4217,141 +4189,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жеке тұрғын үйлер, жеке гараждар, саяжай құрылыстары бесінші жұмыс күні беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жалпы ауданы 1000 шаршы метрге дейінгі қалған жылжымайтын мүлік объектілері жетінші жұмыс күніне беріледі;</w:t>
+жалпы ауданы 1000 шаршы метрге дейінгі қалған жылжымайтын мүлік объектілері жетінші жұмыс күні беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жалпы ауданы 1000 шаршы метрден асатын объектілер оныншы жұмыс күніне беріледі;</w:t>
+жалпы ауданы 1000 шаршы метрден асатын объектілер оныншы жұмыс күні беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-осы тармақшаның екінші және үшінші абзацтарында көрсетілген, күрделіліктің бірінші санатына жататын жылжымайтын мүлік объектілерін қоспағанда, жылжымайтын мүлік объектілері бесінші жұмыс күніне беріледі.</w:t>
+осы тармақшаның екінші және үшінші абзацтарында көрсетілген, күрделіліктің бірінші санатына жататын жылжымайтын мүлік объектілерін қоспағанда, жылжымайтын мүлік объектілері бесінші жұмыс күні беріледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерзімді одан әрі ұзарту көрсетілетін қызметті алушының келісімі бойынша объектінің күрделілік санатына қарай жүргізіледі, бұл ретте жалпы мерзім көрсетілетін қызметті алушы өтініш берген күннен бастап екі айдан аспауға тиіс.</w:t>
-            </w:r>
-[...34 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты - 20 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4420,51 +4356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+Электрондық (ішінара автоматтандырылған).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4533,195 +4469,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүгінген кезде:</w:t>
+Ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу туралы хабарлама не мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушіге: жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін енгізу туралы белгісі бар жылжымайтын мүлік объектісін пайдалануға қабылдау актісі; жылжымайтын мүлік объектісінің кадастрлық паспорты;</w:t>
+жылжымайтын мүлік объектісінің кадастрлық паспорты не мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды;</w:t>
+жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып, жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды не мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жүргізілген техникалық тексеру қорытындылары бойынша жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ 1 Тізбенің 9-тармағында көзделген негіздер бойынша Мемлекеттік қызмет көрсетуден бас тарту туралы жазбаша дәлелді жауап.</w:t>
-[...89 lines deleted...]
-Бұл ретте Жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып, жүргізілген техникалық зерттеп-қарау қорытындылары бойынша жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытындыны) көрсетілетін қызметті беруші жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып, қорытынды бергені үшін қосымша ақы төленгенін растайтын құжатты береді, ал заңды тұлғалармен қызметтер көрсетуге шарт жасасу кезінде оған қол қойылған орындалған жұмыстардың актісін қосымша ұсынады.</w:t>
+Бұл ретте жылжымайтын мүліктің кадастрлық паспортын қоса бере отырып, жүргізілген техникалық тексеру қорытындылары бойынша жаңадан құрылған жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтықтарын белгілеу туралы қорытынды көрсетілетін қызметті беруші жылжымайтын мүлік объектісінің кадастрлық паспортын қоса бере отырып, қорытынды бергені үшін қосымша төлемді растайтын құжатты береді, ал заңды тұлғалармен қызмет көрсету шартын жасасу кезінде олар қол қойған орындалған жұмыстар актісі қосымша ұсынылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4754,105 +4638,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-Мемлекеттік көрсетілетін қызмет үшін төлем Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 16 қаңтардағы № 21/НҚ бұйрығымен бекітілген Ғимараттардың, құрылыстардың және (немесе) олардың құрамдастарының жаңадан құрылған жылжымайтын мүлікке сәйкестендіру және техникалық мәліметтерін құқықтық кадастр ақпараттық жүйесіне енгізу және ғимараттарды, құрылыстардың және (немесе) олардың құрамдастарын мемлекеттік техникалық тексеру бойынша мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларына (бұдан әрі – тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасы) сәйкес айқындалады</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет жеке және заңды тұлғаларға ақылы түрде көрсетіледі. Мемлекеттік көрсетілетін қызмет үшін төлем Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 16 қаңтардағы № 21/НҚ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген Ғимараттардың, құрылыстардың және (немесе) олардың құрамдастарының жаңадан құрылған жылжымайтын мүлікке сәйкестендіру және техникалық мәліметтерін құқықтық кадастр ақпараттық жүйесіне енгізу және ғимараттарды, құрылыстардың және (немесе) олардың құрамдастарын мемлекеттік техникалық тексеру бойынша мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларына (бұдан әрі – тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасы) сәйкес айқындалады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем сондай-ақ портал арқылы "Электрондық үкіметтің" төлем шлюзі арқылы жүргізіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4939,107 +4825,109 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Қазақстан Республикасының </w:t>
+ 1) жылжымайтын мүлікке құқықты мемлекеттік тіркеуді жүзеге асыратын мемлекеттік корпорация филиалдарында – Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, жылжымайтын мүлікке құқықты мемлекеттік тіркеуді жүзеге асыратын мемлекеттік корпорацияның филиалдарында - дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
-[...35 lines deleted...]
-3) порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының Еңбек кодексіне сәйкес жұмыс уақыты, жексенбі және мереке күндері аяқталғаннан кейін жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерiн қоспағанда, дүйсенбiден бастап жұманы қоса алғанда, сағат 9.00-ден сағат 18.30-ге дейiн, түскі үзiлiс сағат 13.00-тен 14.00-ге дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес жұмыс уақыты, жексенбі және мереке күндері аяқталғаннан кейін жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5108,321 +4996,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заңды тұлға үшін өкілеттігін растайтын құжат бойынша;</w:t>
-[...34 lines deleted...]
-              <w:t>
 жүгінген кезде:</w:t>
-            </w:r>
-[...196 lines deleted...]
-3) порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдас бөліктерінің сәйкестендіру және техникалық мәліметтерін жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесіне енгізу бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі тіркелген және порталдың есептік жазбасына қосылған жағдайда ЭЦҚ немесе бір реттік парольмен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
+ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда, ЭЦҚ-мен немесе бір реттік құпия сөзбен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлік объектісін пайдалануға қабылдау актісінің және жер учаскесіне сәйкестендіру құжатының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5432,69 +5086,159 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭҮТШ арқылы жүргізілген төлемді қоспағанда, төлемді растайтын құжаттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытындыны беру бойынша: ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі тіркелген және порталдың есептік жазбасына қосылған жағдайда ЭЦҚ немесе бір реттік парольмен куәландырылған электрондық құжат нысанындағы сұрау салу; жер учаскесіне сәйкестендіру құжатының электрондық көшірмесін қоса бере отырып жылжымайтын мүлік объектісіне құқық белгілейтін құжаттың электрондық көшірмесі бар болса;</w:t>
+жылжымайтын мүлік объектілерінің кадастрлық паспортын және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтықтарын белгілеу туралы қорытындыны беру бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЭҮТШ арқылы жүргізілген төлемді қоспағанда, жылжымайтын мүлік объектісінің кадастрлық паспортын бергені үшін төлемді растайтын құжаттың электрондық көшірмесі екі кезеңде ұсынылады: мемлекеттік қызметті көрсетуге өтініш берген кезде төлем Тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларға сәйкес жылжымайтын мүлік объектісін мемлекеттік техникалық тексеру жөніндегі қызметтің базалық құны түрінде жүргізіледі; мемлекеттік көрсетілетін қызметтің нәтижесін алған кезде тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларға сәйкес жылжымайтын мүлік объектісін мемлекеттік техникалық тексеру бойынша орындалған жұмыс үшін толық төлем (қосымша ақы) жүргізіледі;</w:t>
+ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда, ЭЦҚ-мен немесе бір реттік құпия сөзбен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар болған жағдайда жер учаскесіне сәйкестендіру құжатының электрондық көшірмесі қоса берілген жылжымайтын мүлік объектісіне құқық белгілейтін құжаттың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҮТШ арқылы жүргізілген төлемді қоспағанда, кадастрлық паспортты беру үшін төлемді растайтын құжаттың электрондық көшірмесі екі кезеңде ұсынылады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсетуге өтініш берген кезде ақы төлеу тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларына сәйкес жылжымайтын мүлік объектісін мемлекеттік техникалық тексеру жөніндегі қызметтердің базалық құны түрінде жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтің нәтижесін алған кезде тауарлардың (жұмыстардың, қызметтердің) бағаларына сәйкес жылжымайтын мүлік объектісін мемлекеттік техникалық тексеру бойынша орындалған жұмыс үшін толық ақы (қосымшаақы) жүргізіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаны тіркеу (қайта тіркеу) туралы, жеке тұлғаның жеке басын куәландыратын құжат туралы, жүргізілген төлемді растау мәліметтерді көрсетілетін қызметті беруші "электрондық үкіметтің" шлюзі арқылы мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5563,87 +5307,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы қамтылған деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Егер көрсетілетін қызметті алушыға қатысты осы мемлекеттік қызметті алуды талап ететін қызметке немесе қызметтің жекелеген түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болса; 3) Егер көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімі болса, оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқығынан айырылса.</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) "Дербес деректер және оларды қорғау туралы" Заңның </w:t>
+5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -5696,171 +5476,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, оның ішінде электрондық нысанда және "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілетін өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзіне-өзі қызмет көрсетуді жүзеге асыру, өз бетінше жүріп-тұру, бағдарлану мүмкіндігі немесе қабілетінен толық немесе ішінара айырылған көрсетілетін қызметті алушыларға құжаттарды қабылдауды 1414, 8 800 080 7777 бірыңғай байланыс орталығына жүгіну арқылы көрсетілетін қызметті беруші тұрғылықты жеріне барып жүргізеді.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары көрсетілетін қызметті берушінің - www.gov.kz интернет-ресурсында орналастырылған.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары көрсетілетін қызметті берушінің-www.gov.kz.интернет-ресурсында орналастырылған</w:t>
+Көрсетілетін қызметті алушы ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда ЭЦҚ болған немесе бір реттік құпия сөз пайдаланылған жағдайда мемлекеттік қызметті портал арқылы электрондық нысанда алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ Бірыңғай байланыс орталығы арқылы қашықтан қол жеткізу режимінде алады. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда ЭЦҚ болған немесе бір реттік құпиясөз пайдаланылған жағдайда мемлекеттік қызметті портал арқылы электрондық нысанда алады. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы арқылы қашықтан қол жеткізу режимінде алады.</w:t>
+Цифрлық құжаттар қызметі мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде рұқсат етілген пайдаланушылар үшін қолжетімді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифрлық құжаттар қызметі мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде рұқсат етілген пайдаланушылар үшін қол жетімді.</w:t>
-[...17 lines deleted...]
-Цифрлық құжатты пайдалану үшін пайдаланушылардың мобильді қосымшасында және ақпараттық жүйелерінде қолжетімді әдістермен авторизациядан өту, бұдан әрі "цифрлық құжаттар" бөліміне өту, одан әрі пайдалану үшін қажетті құжатты қарау қажет.</w:t>
+Цифрлық құжатты пайдалану үшін пайдаланушылардың мобильді қосымшасында және ақпараттық жүйелерінде қолжетімді әдістермен авторизациядан өту, бұдан әрі "Цифрлық құжаттар" бөлімінде одан әрі пайдалану үшін қажетті құжатты қарау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5894,293 +5667,295 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құқықтық кадастрдың</w:t>
+              <w:t xml:space="preserve">Жаңадан құрылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақпараттық жүйесіне жаңадан</w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құрылған жылжымайтын</w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жылжымайтын мүлікке</w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік техникалық</w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>зерттеп-қарауды жүргізу</w:t>
+              <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдерінен</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>объектісінің кадастрлық</w:t>
+              <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>паспортының телнұсқасын</w:t>
+              <w:t xml:space="preserve">паспортының телнұсқасын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру" мемлекеттік қызмет</w:t>
+              <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z117" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Әділет министрінің 30.06.2025 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6319,51 +6094,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы</w:t>
+Жылжымайтын мүлік объектісінің орналасқан жері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6396,87 +6171,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы, "электрондық үкіметтің" веб-порталы</w:t>
+"Электрондық үкіметтің" веб-порталы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6545,51 +6320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде құжаттар топтамасын тапсырған сәттен бастап (құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді) және порталға:</w:t>
+Көрсетілетін қызметті алушы құжаттар топтамасын тапсырған сәттен бастап:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлік кадастрлық паспортының телнұсқасын алу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6618,86 +6393,50 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы 1000 шаршы метрге дейінгі қалған жылжымайтын мүлік объектілері екінші жұмыс күні беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жалпы ауданы 1000 шаршы метрден асатын жылжымайтын мүлік объектілері үшінші жұмыс күні беріледі.</w:t>
-            </w:r>
-[...34 lines deleted...]
-көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты - 20 минуттан аспайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6766,51 +6505,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+Электрондық (ішінара автоматтандырылған).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6879,87 +6618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушіге: жылжымайтын мүлік кадастрлық паспортының телнұсқасы;</w:t>
-[...35 lines deleted...]
-көрсетілетін қызметті алушының жеке кабинетіне алу орны мен күнін көрсете отырып, мемлекеттік көрсетілетін қызмет нәтижесінің дайындығы туралы хабарлама жіберіледі;</w:t>
+көрсетілетін қызметті алушының жеке кабинетіне "Телнұсқа" электрондық белгісі бар жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасы не мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама жіберіледі;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7028,87 +6731,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке және заңды тұлғаларға ақылы көрсетіледі.</w:t>
-[...35 lines deleted...]
-Төлем сондай-ақ портал арқылы "электрондық үкіметтің" төлем шлюзі арқылы жүргізіледі.</w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға ақылы түрде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік көрсетілетін қызмет үшін төлем Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 16 қаңтардағы № 21/НҚ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген Ғимараттардың, құрылыстардың және (немесе) олардың құрамдастарының жаңадан құрылған жылжымайтын мүлікке сәйкестендіру және техникалық мәліметтерін құқықтық кадастр ақпараттық жүйесіне енгізу және ғимараттарды, құрылыстардың және (немесе) олардың құрамдастарын мемлекеттік техникалық тексеру бойынша мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларына (бұдан әрі – тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасы) сәйкес айқындалады. Төлем сондай-ақ портал арқылы "Электрондық үкіметтің" төлем шлюзі арқылы жүргізіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7176,108 +6881,110 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-2) құжаттарды қабылдау және беру жөніндегі Мемлекеттік корпорацияның филиалдарында-дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 18.00-ге дейін үзіліссіз, Мемлекеттік корпорацияның халыққа қызмет көрсету кезекші бөлімдері дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және Қазақстан Республикасының </w:t>
+ 1) Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес мереке және демалыс күндерінен басқа сенбі күні сағат 9.00-ден 13.00-ге дейін;</w:t>
-[...17 lines deleted...]
-3) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының Еңбек кодексіне сәйкес жұмыс уақыты, жексенбі және мереке күндері аяқталғаннан кейін жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, жылжымайтын мүлікке құқықты мемлекеттік тіркеуді жүзеге асыратын Мемлекеттік корпорацияның филиалдарында - дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ 2) порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес жұмыс уақыты, жексенбі және мереке күндері аяқталғаннан кейін жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7310,195 +7017,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заңды тұлға үшін өкілеттігін растайтын құжат бойынша: жеке тұлға үшін нотариалды куәландырылған сенімхат бойынша: Жүгіну кезінде:</w:t>
-[...89 lines deleted...]
-ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда, ЭЦҚ-мен немесе бір реттік парольмен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
+ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда, ЭЦҚ-мен немесе бір реттік құпия сөзбен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭҮТШ арқылы жүргізілген төлемді қоспағанда, құқық белгілейтін құжаттың телнұсқасын беру үшін төлемді растайтын құжаттың электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаны тіркеу (қайта тіркеу) туралы, жеке тұлғаның жеке басын куәландыратын құжат туралы, жүргізілген төлемді растау мәліметтерді көрсетілетін қызметті беруші "электрондық үкіметтің" шлюзі арқылы мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7531,123 +7166,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) егер көрсетілетін қызметті алушыға қатысты осы мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болса;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) егер көрсетілетін қызметті алушыға қатысты оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылған заңды күшіне енген сот шешімі болса.</w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7680,189 +7371,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, оның ішінде электрондық нысанда және "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілетін өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзіне-өзі қызмет көрсетуді жүзеге асыру, өз бетінше жүріп-тұру, бағдарлану мүмкіндігі немесе қабілетінен толық немесе ішінара айырылған көрсетілетін қызметті алушыларға құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығы арқылы жүгіну арқылы көрсетілетін қызметті беруші тұрғылықты жеріне барып жүргізеді.</w:t>
-[...89 lines deleted...]
-Цифрлық құжатты пайдалану үшін пайдаланушылардың мобильді қосымшасында және ақпараттық жүйелерінде қолжетімді әдістермен авторизациядан өту, бұдан әрі "Цифрлық құжаттар" бөлімінде одан әрі пайдалану үшін қажетті құжатты қарау қажет.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары көрсетілетін қызметті берушінің – www.gov.kz интернет-ресурсында орналастырылған. Көрсетілетін қызметті алушы ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірін тіркеген және порталдың есептік жазбасына қосқан жағдайда ЭЦҚ болған немесе бір реттік құпия сөз пайдаланылған жағдайда мемлекеттік қызметті портал арқылы электрондық нысанда алады. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы арқылы қашықтықтан қол жеткізу режимінде алады. Цифрлық құжаттар қызметі мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде рүқсат етілген пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін пайдаланушылардың мобильді қосымшасында және ақпараттық жүйелерінде қолжетімді әдістермен авторизациядан өту, бұдан әрі "Цифрлық құжаттар" бөлімінде одан әрі пайдалану үшін қажетті құжатты қарау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7896,181 +7490,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t>Жаңадан құрылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8078,64 +7672,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 3 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8156,56 +7737,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________________________________________________  ("Азаматтарға арналған үкімет" мемлекеттік корпорациясы" КЕАҚ филиалы)  Жүргізілген техникалық тексеру қорытындысы бойынша жаңадан құрылған  жылжымайтын мүліктің сәйкестендіру және техникалық мәліметтерінің алшақтығын  белгілеу туралы ҚОРЫТЫНДЫ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8849,181 +8468,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t>Жаңадан құрылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve"> жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9031,64 +8650,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 4 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9109,56 +8715,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құқықтық кадастрдың ақпараттық жүйесіне жаңадан құрылған жылжымайтын мүлікке ғимараттардың, құрылыстардың және (немесе) олардың құрамдастарының сәйкестендіру және техникалық мәліметтерін енгізу бойынша Мемлекеттік қызмет көрсетуге өтініш</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9910,181 +9554,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t xml:space="preserve">Жаңадан құрылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10092,64 +9736,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 5 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10170,56 +9801,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылжымайтын мүлік объектілерінің кадастрлық паспортын беруге өтініш және жаңадан құрылған жылжымайтын мүлік объектісіне жүргізілген мемлекеттік техникалық тексеру қорытындылары бойынша сәйкестендіру және техникалық мәліметтердің алшақтығын белгілеу туралы қорытынды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -11097,181 +10766,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t xml:space="preserve">Жаңадан құрылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t>мүлікке мемлекеттік техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
+              <w:t xml:space="preserve"> зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11279,64 +10948,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 6 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11357,56 +11013,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылжымайтын мүлік объектісінің кадастрлық паспортының телнұсқасын беруге өтініш</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12158,246 +11852,233 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t xml:space="preserve">Жаңадан құрылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
+              <w:t>зерттеп-қарауды жүргізу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t>қағидалары мен мерзімдерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және "Жылжымайтын мүлік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
+              <w:t xml:space="preserve"> объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">паспортының телнұсқасын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 7 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12418,56 +12099,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АБРИСТ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12733,181 +12452,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t>Жаңадан құрылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve"> жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12915,64 +12634,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 8 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12993,56 +12699,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нысан</w:t>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Архив ісі құжаттарының  № ____________________ ТІЗБЕСІ  (түгендеу нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13678,181 +13422,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t xml:space="preserve">Жаңадан құрылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13860,64 +13604,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>№ 9 қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13938,56 +13669,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 9-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылжымайтын мүліктің негізгі объектісінің техникалық сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -17881,181 +17650,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құқықтық кадастрдың </w:t>
+              <w:t>Жаңадан құрылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ақпараттық жүйесіне жаңадан </w:t>
+              <w:t xml:space="preserve"> жылжымайтын мүлікке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылған жылжымайтын </w:t>
+              <w:t xml:space="preserve">жылжымайтын мүліктің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлікке жылжымайтын</w:t>
+              <w:t xml:space="preserve">сәйкестендіру және техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүліктің сәйкестендіру және</w:t>
+              <w:t xml:space="preserve">мәліметтерін құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық мәліметтерін енгізу,</w:t>
+              <w:t xml:space="preserve">кадастрдың ақпараттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылжымайтын мүлікке </w:t>
+              <w:t xml:space="preserve">жүйесіне енгізу, жылжымайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік техникалық </w:t>
+              <w:t xml:space="preserve">мүлікке мемлекеттік техникалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">зерттеп-қарауды жүргізу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t xml:space="preserve">қағидалары мен мерзімдерін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Жылжымайтын мүлік</w:t>
+              <w:t xml:space="preserve">және "Жылжымайтын мүлік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">объектісінің кадастрлық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18063,134 +17832,107 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету Қағидаларына</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 10 қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 10-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызметтік (шаруашылық) құрылыстар мен құрылыстардың техникалық сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -19943,444 +19685,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(қызмет алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z118" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қолхат құжаттарды қабылдаудан бас тарту туралы</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі </w:t>
-[...361 lines deleted...]
-      "___" _________ 20__ жыл</w:t>
+      Ескерту. 11-қосымша алып тасталды - ҚР Әділет министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20512,176 +19914,176 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереженің оң жақ жоғарғы бұрышы жаңа редакцияда – ҚР Әділет министрінің 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бастапқы және кейінгі жылжымайтын мүлік объектілеріне</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кадастрлық нөмірлер беру ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Әділет министрінің 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Ереже бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беру тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беруді оның орналасқан жері бойынша Мемлекеттік корпорация жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20700,284 +20102,284 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2016 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жылжымайтын мүлік объектілері кадастрлық нөмірлер беру мақсаттарында екі топқа бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттар, құрылыстар, ғимарат-үйлер (бастапқы объектілер);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрамдас ғимараттар, ғимарат-үйлер, құрылыстар: тұрғын, тұрғын емес үй-жайлар, оның ішінде бөлмелер, жапсыра және іштен жапсыра салынған тұрғын және тұрғын емес үй-жайлар және ғимараттардың, құрылыстардың, ғимарат-үйлердің басқа да құрамдас бөліктері (кейінгі объектілер).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жылжымайтын мүлік объектілеріне кадастрлық нөмірлер құруға облыстардың немесе республикалық маңызы бар қалалардың кодтарынан бастап нақты жылжымайтын объектісінің кодына дейінгі сатылау принципі негіз болып қаланған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жер учаскелерінде орналасқан әрбір бастапқы және кейінгі жылжымайтын мүлік объектісінің қайталанбайтын кадастрлық нөмірі болады, ол жер учаскелерін әкімшілік-аумақтық бірліктерді немесе есептік кварталдарды қосуға немесе бөлуге байланысты кадастрлық нөмірлердің құрамдас бөлігінің өзгеруінен басқа жағдайларда осы жылжымайтын мүлік объектісінің бірыңғай құқық объекті ретінде өзгермеуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бастапқы немесе кейінгі бірыңғай құқық объекті ретінде қосудың немесе бөлудің нәтижесінде өз жұмысын тоқтатқан кезде жаңадан құрылған объектілерге жаңа кадастрлық нөмірлер беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бастапқы немесе кейінгі объектілердің жұмысы тоқтаған кезде оларға берілген кадастрлық нөмір басқа объектіге берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жер учаскелерінің кадастрлық нөмірінің болмауы бастапқы объектіге кадастрлық нөмір беруден бас тартуға негіз болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл жағдайда бастапқы объектіге кадастрлық нөмір беру үшін уақытша кадастрлық нөмір құралады, онда жер учаскелерінің кадастрлық нөмірлерінің орнына нөлдер қолданылады, ал ғимараттарға, ғимарат-үйлерге, құрылыстарға есептік кварталдың шеңберінде бірегей нөмірлер беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Кейінгі объектілерді және олардың бөліктерін тіркеу кезінде барлық жағдайларда да ғимараттың, құрылыстың, ғимарат-үйлердің кадастрлық нөмірінің болуы талап етіледі. Егер ғимаратқа, құрылысқа, ғимарат-үйге кадастрлық нөмір берілмеген болса, онда бұл нөмір осы Ережеге сәйкес оның құрамындағы кейінгі объектінің бастапқысын есепке алу кезінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әртүрлі есептік кварталдарда орналасқан ғимаратқа, құрылысқа, ғимарат-үйге кварталдың нөмірін көрсетумен бір кадастрлық нөмір беріледі, онда ғимараттың, құрылыстың, ғимарат-үйдің көп бөлігі немесе негізгі бөлігі орналасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмір беруге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) мемлекеттік жер кадастры мәліметтері бойынша осы ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21008,90 +20410,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бастапқы жылжымайтын мүлік объектісінің жоспары (қажет болған кезде қабат бойынша);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қажет болған кезде кейінгі жылжымайтын мүлік объектісінің жоспары негіз болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Жылжымайтын мүлік объектісіне меншік құқығының немесе басқа құқықтың бір тұлғадан екінші тұлғаға ауысуы оның кадастрлық нөмірін қайта қарауға негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бастапқы және кейінгі жылжымайтын мүлік объектісінің кадастрлық нөмірі мынадай құрылымнан тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АА: ВВВ: ССС: Д...Д: И...И: К...К,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21230,126 +20632,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       И...И – бастапқы объектінің нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К...К - бастапқы объект ішіндегі кейінгі объектінің нөмірі, яғни: пәтердің, жапсыра салынған үй-жайдың, бөлменің, тұрғын немесе тұрғын емес ғимараттың ішіндегі тұрғын емес үй-жайдың және жылжымайтын мүлік объектісінің басқа да құрамдас бөліктерінің нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Бастапқы жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Әділет министрінің 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бастапқы жылжымайтын мүлік объектісінің кадастрлық нөмірі бастапқы жылжымайтын мүлік объектісі орналасқан жер учаскесінің кадастрлық нөмірінен және осы жер учаскесінің шеңберінде қайталанбайтын бастапқы жылжымайтын мүлік объектісінің реттік нөмірінен (кодынан) мынадай үлгіде құрылады: 20:015:004:165:1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы 20:015:004:165 - жер учаскесінің кадастрлық нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21458,70 +20860,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Жер учаскесінде екі немесе одан да көп бастапқы жылжымайтын мүлік объектілері орналасқан жағдайларда, олардың әрқайсысына сол жер учаскесіне жеке арналған кадастрлық нөмір мына ретте беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21532,360 +20934,360 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:3</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бастапқы жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беру еркін дәйектілікпен жүргізіледі, ол бастапқы жылжымайтын мүлік объектісінің анық сәйкестігін және оны жер учаскесі жоспарында жедел іздестіруді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімшілік-аумақтық бірліктерді немесе есептік кварталдарды, жер учаскелерін бөлуге немесе қосуға, бастапқы объектіні бөлу немесе оның басқа бастапқы объектілермен қосылуына байланысты кадастрлық нөмірдің құрамдас бөлігінің өзгеруін қоспағанда, бастапқы жылжымайтын мүлік объектілерінің кадастрлық нөмірі осы жылжымайтын мүлік объектісінің бірыңғай құқық объектісі ретінде барлық уақыттары ішінде өзгермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бастапқы жылжымайтын мүлік объектісінің бірыңғай құқық объектісі ретінде оның бөлінуі немесе объектілермен қосылуы нәтижесінде жұмысын тоқтатқан кезде жаңадан құрылған бастапқы жылжымайтын объектілерге жаңа кадастрлық нөмірлер беріледі. Алдыңғы (ескі) кадастрлық нөмірдің жылжымайтын мүлік объектілерін сәйкестендіру үшін қайтадан пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. 20:015:004:165:1 кадастрлық нөмірлері бар бастапқы жылжымайтын мүлік объектісін бөлу кезінде, жаңадан құрылған жылжымайтын мүлік объектілерінің екі бастапқы объектілеріне еркін түрдегі дәйектілікпен мынадай кадастрлық нөмірлер беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. 20:015:004:165:2 және 20:015:004:165:3 кадастрлық нөмірлері бар екі жылжымайтын мүлік объектісі қосылған кезде жаңадан құрылған жылжымайтын мүлік объектісіне мынадай кадастрлық нөмір беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:4</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Негізгі ғимаратқа, құрылысқа, ғимарат-үйге көмекші болып саналатын (қызметтік мақсаттағы) жер учаскелерінде орналасқан ғимаратқа, құрылысқа, ғимарат-үйге кадастрлық нөмірлер берілмеуі мүмкін (әдетте жеке үйлерде). Мұндай объектілерді сәйкестендіру жер учаскесінің кадастрлық нөмірі немесе бастапқы жылжымайтын мүлік объектісінің кадастрлық нөмірі (жер учаскесіндегі негізгі ғимарат) бойынша және оларды тіркеу құжаттарында және құқықтық кадастрда тізу арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Көмекші (қызметтік мақсаттағы) ғимараттарға, құрылыстарға, ғимарат-үйлерге қажет болған жағдайларда мұндай құрылысқа құқық иесінің дербес құқық белгіленетін тиісті құжаттары бар болған кезде (мысалы, көмекші құрылысты иеліктен айырған кезде) кадастрлық нөмір беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Әділет министрінің 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Кадастрлық нөмір ғимараттағы, құрылыстағы, ғимарат-үйлердегі үй-жайға, егер ол үй-жай бөлінген меншікте болса (басқа да бөлінген мүліктік құқықта) және бастапқы жылжымайтын мүлік объектісінің құрамындағы кейінгі жылжымайтын объект ретінде бөлінген жағдайда ғана беріледі. Егер ішінде бірнеше үй-жайлар бар ғимарат бір құқық иесіне жататын болса, бастапқы объектінің құрамында кейінгі объект құралмайды. Бұл жағдайда кадастрлық нөмір тек бастапқы жылжымайтын мүлік объектісіне беріледі. Жеке үй-жайлар бастапқы объектілер құрамында екі немесе одан да көп тұлғалардың бөлек меншігінде (басқа да мүліктік құқықтағы) тұрған жағдайда, кейінгі объектілер оларға кадастрлық нөмір берумен бастапқы объектінің құрамында құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Бастапқы жылжымайтын мүлік объектісінің кадастрлық нөмірі жоқ болған кезде кейінгі жылжымайтын мүлік объектісіне кадастрлық нөмір берілмейді. Егер ғимаратқа, құрылысқа, ғимарат-үйге бастапқы жылжымайтын мүлік объектісіне кадастрлық нөмір берілмесе, онда бұл нөмір ғимаратқа, құрылысқа, ғимарат-үйге алғашқысына оның құрамындағы кейінгі жылжымайтын мүлік объектісіне жоғарыда аталған ережелер бойынша кадастрлық нөмір берілген кезде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Кейінгі жылжымайтын мүлік объектісінің кадастрлық нөмірі бастапқы жылжымайтын мүліктің кадастрлық нөмірінен және осы бастапқы жылжымайтын мүлік объектісінің шеңберінде қайталанбайтын кейінгі жылжымайтын мүлік объектісінің реттік нөмірінен (кодынан) мына ретте құрылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20:015:004:165:1:25 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22050,244 +21452,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Бастапқы жылжымайтын мүлік объектісінің (ғимарат, құрылыс, ғимарат-үйдің) құрамында орналасқан кейінгі жылжымайтын мүлік объектісіне реттік нөмір беру еркін түрдегі дәйектілікпен жүргізіледі, ол, кейінгі жылжымайтын мүлік объектісінің сәйкестігін және бастапқы объектінің жоспарында оны жедел іздестірілуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кейінгі жылжымайтын объектінің реттік нөмірі (коды) ретінде, егер мұндай нөмір сол бастапқы жылжымайтын мүлік объектісінің жеке нөмірі болып табылатын болса, пошталық мекенжайы бойынша үй-жайдың нөмірін пайдалануға болады. Кейінгі жылжымайтын объектіні бөлген немесе қосқан жағдайда мұндай кадастрлық нөмір жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Кейінгі жылжымайтын мүлік объектілердің реттік нөмірлері (кодтары) әрбір бастапқы жылжымайтын мүлік объектісінің құрамында бірден және одан жоғары тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Әкімшілік-аумақтық бірліктерді немесе есептік кварталдарды, жер учаскелерін бөлуге немесе қосуға, бастапқы объектіні бөлуге немесе оны қосуға, кейінгі бөліктерінің жылжымайтын мүлік объектісін бөлуге немесе қосуға байланысты кадастрлық нөмірдің құрамдас өзгеруін қоспағанда, кейінгі жылжымайтын мүлік объектілерінің кадастрлық нөмірі осы жылжымайтын мүлік объектісінің бірыңғай құқық объектісі ретінде барлық уақыттары ішінде өзгермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Кейінгі жылжымайтын мүлік объектілерінің бірыңғай құқық объектісі ретінде қосылуы немесе бөлінуі нәтижесінде өз жұмысын тоқтатқан кезде, жаңадан құрылған кейінгі объектілерге жаңа кадастрлық нөмірлер беріледі, әдетте олар осы бастапқы жылжымайтын мүлік объектісінің шеңберінде берілген кадастрлық нөмірден кейінгі нөмірлер болады. Алдыңғы (ескі) кадастрлық нөмірлерді кейінгі жылжымайтын мүлік объектілерін сәйкестендіру үшін қайтадан пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне уақытша кадастрлық нөмірлер беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Әділет министрінің 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне уақытша кадастрлық нөмір жер учаскелерінің кадастрлық нөмірі болмаған жағдайларда беріледі (мысалы, жер учаскелеріне құқықтар жылжымайтын мүлікке мемлекеттік тіркеу жүйесі енгізілгенге дейін пайда болса және мемлекеттік тіркеусіз пайда болған деп танылса).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмір беруді жүзеге асыратын кәсіпорын, жер учаскесінің кадастрлық нөмірі болмаған кезде жер учаскесі нөміріне сәйкес кадастрлық нөмірге арналған бөлігінде үш нөл қояды. Бұл ретте, бастапқы жылжымайтын мүлік объектісінің уақытша кадастрлық нөмірі ретінде есептік квартал шеңберінде бөлгіш арқылы дәйекті түрде жазылатын көшенің (шағын ауданның) кодын, егер бұл нөмір жиынтығы осы есептік квартал үшін бірегей болып табылса ғимараттың, құрылыстың, ғимарат-үйдің пошталық мекенжайы мен бастапқы жылжымайтын мүлік объектісінің түгендеу нөмірлерін пайдалануға болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жазылғандарды ескерумен, уақытша кадастрлық нөмір құрылымы мынадай болады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22298,150 +21700,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бастапқы объект үшін - 20:015:004:000:(123:12А:4/53687);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кейінгі объекті үшін - 20:015:004:000 (123:12А:4/53687):37 (123:12А:4/43687) - ғимараттың, құрылыстың немесе ғимарат-үйдің уақытша нөмірін көрсететін кадастрлық нөмірдің бөлігі; 37 - кейінгі объектіні сәйкестендіру үшін бастапқы объектінің уақытша кадастрлық нөміріне бөлгіш арқылы қосылатын, бастапқы объектінің шеңберінде тұрғын және тұрғын емес үй-жайдың бірегей кодын көрсететін уақытша кадастрлық нөмірдің бөлігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Жер учаскесіне кадастрлық нөмір берілгеннен кейін, объектіге осы Ережеде белгіленген тәртіпте тұрақты кадастрлық нөмір беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Кадастрлық нөмір берілгеннен кейін бастапқы және кейінгі жылжымайтын мүлік объектілері жер учаскесінің уақытша кадастрлық нөмірлері жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беру туралы жазба осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген нысан бойынша кадастрлық нөмір берудің Есеп парағында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Бастапқы және кейінгі жылжымайтын мүлік объектілеріне кадастрлық нөмірлер беруге арналған Есеп парағы әрбір жер учаскесіне жеке толтырылады және тиісті түгендеу ісінде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22533,88 +21935,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру ережесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кадастрлық нөмірлер беруге арналған есеп парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23304,55 +22706,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>