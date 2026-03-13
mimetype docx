--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="98d8b66" w14:textId="98d8b66">
+    <w:p w14:paraId="8cd5472" w14:textId="8cd5472">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,229 +112,272 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2012 жылғы 30 наурыздағы № 25-02-02/146 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2012 жылы 2 мамырда № 7610 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының 2003 жылғы 8 шілдедегі Орман кодексінің 13-бабы 1-тармағының </w:t>
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі №479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>17) тармақшасына</w:t>
+        <w:t>192) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, </w:t>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Орман қоры аумағында өрттен келтірілген залалды есепке алу және анықтау бойынша әдістемелік </w:t>
+      1. Қоса беріліп отырған Орман қоры аумағында өрттен келтірілген залалды есепке алу және анықтау бойынша әдістемелік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Орман және аңшылық шаруашылығы комитеті (Е.Н.Нысанбаев) заңнамада белгіленген тәртіппен осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін және ресми жариялануын қамтамасыз етсін.</w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Орман және аңшылық шаруашылығы комитеті (Е.Н.Нысанбаев) заңнамада белгіленген тәртіппен осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін және ресми жариялануын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрық бірінші рет ресми жарияланған күнінен бастап он күнтізбелік күн өткен соң қолданысқа енгiзiледi.</w:t>
+      3. Осы бұйрық бірінші рет ресми жарияланған күнінен бастап он күнтізбелік күн өткен соң қолданысқа енгiзiледi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6937"/>
-        <w:gridCol w:w="5363"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министрдің м.а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Е. Аман</w:t>
@@ -535,469 +578,531 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Орман қоры аумағында өрттен келтірілген залалды есепке алу және анықтау бойынша әдістемелік нұсқаулар (бұдан әрі - Әдістемелік нұсқаулар) Қазақстан Республикасының Орман кодексінің </w:t>
+      1. Осы Орман қоры аумағында өрттен келтірілген залалды есепке алу және анықтау бойынша әдістемелік нұсқаулар (бұдан әрі - Әдістемелік нұсқаулар) Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-бабы</w:t>
+        <w:t>192) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағының 17-7) тармақшасына сәйкес әзірленген.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Орман иеленушілер осы Әдістемелік нұсқауларға сәйкес орман қоры аумағында өрттен келтірілген залалды есепке алу және анықтауды жүргізеді.</w:t>
+      2. Орман иеленушілер осы Әдістемелік нұсқауларға сәйкес орман қоры аумағында өрттен келтірілген залалды есепке алу және анықтауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Орман өртінен келтірілген толық материалдық шығындарға:</w:t>
+      3. Орман өртінен келтірілген толық материалдық шығындарға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тікелей материалдық шығын:</w:t>
+      1) тікелей материалдық шығын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      орта жастағы, толысып келе жатқан, толысқан және құраған екпе ағаштардың, тамырынан зақымданған сүректердің жойылуының құны;</w:t>
+      орта жастағы, толысып келе жатқан, толысқан және құраған екпе ағаштардың, тамырынан зақымданған сүректердің жойылуының құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      табиғи және қолдан өсірілген жас шыбықтардың, тұтас емес орман екпелерінің және алаңдағы өскіндердің зақымдануының зияны;</w:t>
+      табиғи және қолдан өсірілген жас шыбықтардың, тұтас емес орман екпелерінің және алаңдағы өскіндердің зақымдануының зияны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      екінші дәрежелі орман ресурстарының зақымдануының зияны;</w:t>
+      екінші дәрежелі орман ресурстарының зақымдануының зияны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жанама орман пайдалану ресурстарының зақымдануының зияны;</w:t>
+      жанама орман пайдалану ресурстарының зақымдануының зияны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жанып кеткен және бүлінген құрылыс нысандары, техникалар, қондырғылар және басқа да материалдық құндылықтардың бағасы;</w:t>
+      жанып кеткен және бүлінген құрылыс нысандары, техникалар, қондырғылар және басқа да материалдық құндылықтардың бағасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының </w:t>
+      Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қызыл кітабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізілгендерді қоса алғанда, жабайы жануарлар мен өсімдіктердің жойылуының зияны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жанама материалдық шығын:</w:t>
+      2) жанама материалдық шығын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      орман өрттерін сөндірудің шығындары;</w:t>
+      орман өрттерін сөндірудің шығындары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өрттің зардаптарын жоюға (санитарлық шаралар мен ормандарды өсіру жөніндегі шараларды жүргізу) шығындары;</w:t>
+      өрттің зардаптарын жоюға (санитарлық шаралар мен ормандарды өсіру жөніндегі шараларды жүргізу) шығындары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      суды сақтау, алқап- және топырақ қорғау, генетикалық, санитарлық-гигиеналық, сауықтыру және басқа да пайдалы орман қызметтерінің төмендеуінің зияны;</w:t>
+      суды сақтау, алқап- және топырақ қорғау, генетикалық, санитарлық-гигиеналық, сауықтыру және басқа да пайдалы орман қызметтерінің төмендеуінің зияны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3)  алып тасталды – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.01.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.01.2017 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.01.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Орман өртінің түрі мен қарқындылығы ағаштардың, олардың жеке бөліктерінің және биоценоздың әр түрлі компоненттерінің жарақаттану немесе жану белгілері бойынша осы Әдістемелік нұсқаулардың </w:t>
+      4. Орман өртінің түрі мен қарқындылығы ағаштардың, олардың жеке бөліктерінің және биоценоздың әр түрлі компоненттерінің жарақаттану немесе жану белгілері бойынша осы Әдістемелік нұсқаулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
@@ -1011,534 +1116,534 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Тікелей материалдық шығынын анықтау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Сүректердің жалпы сүректер запасының пайыздық жойылуы өрт түрлері есебінен және қарқындылығынан, екпе ағаштардың басым көпшілігі тұқымынан және ағаштың орташа жуандығына, орман өрті кезінде сүректердің түбірінен жойылуының көрсеткіштері бойынша осы Әдістемелік нұсқаулардың </w:t>
+      5. Сүректердің жалпы сүректер запасының пайыздық жойылуы өрт түрлері есебінен және қарқындылығынан, екпе ағаштардың басым көпшілігі тұқымынан және ағаштың орташа жуандығына, орман өрті кезінде сүректердің түбірінен жойылуының көрсеткіштері бойынша осы Әдістемелік нұсқаулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Сүректердің жойылу құны формула арқылы анықталады:</w:t>
+      6. Сүректердің жойылу құны формула арқылы анықталады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Спд = Стп * М</w:t>
+      Спд = Стп * М</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұндағы:</w:t>
+      мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Спд - сүректердің жойылу құны;</w:t>
+      Спд - сүректердің жойылу құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стп - сүректердің бір текше метр төлем ставкасы;</w:t>
+      Стп - сүректердің бір текше метр төлем ставкасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М</w:t>
+      М</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - сүректердің жойылу көлемі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Қылқан жапырақты тұқымдардың табиғи және қолдан өсірілген жас шыбықтары, тұтас емес орман екпелері және алаңдағы өскіндері орман өртінен түгел жойылып кетеді.</w:t>
+      7. Қылқан жапырақты тұқымдардың табиғи және қолдан өсірілген жас шыбықтары, тұтас емес орман екпелері және алаңдағы өскіндері орман өртінен түгел жойылып кетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жапырақты тұқымдардың табиғи және қолдан өсірілген жас шыбықтары, тұтас емес орман екпелері және алаңдағы өскіндері әлсіз, орташа және күшті қарқынды өрт кезінде тиісінше 25, 50 және 100 пайыздарға зақымданады.</w:t>
+      Жапырақты тұқымдардың табиғи және қолдан өсірілген жас шыбықтары, тұтас емес орман екпелері және алаңдағы өскіндері әлсіз, орташа және күшті қарқынды өрт кезінде тиісінше 25, 50 және 100 пайыздарға зақымданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Табиғи және қолдан өсірілген жас шыбықтары, тұтас емес орман екпелері және алаңдағы өскіндерінің (бұдан әрі - жас шыбықтар) зақымданған кезіндегі зияндары, тиісті сала үшін қолданылатын 1 гектарға өсірілген жас шыбықтардың тамыр жайғанға дейінгі шығын бойынша анықталады.</w:t>
+      8. Табиғи және қолдан өсірілген жас шыбықтары, тұтас емес орман екпелері және алаңдағы өскіндерінің (бұдан әрі - жас шыбықтар) зақымданған кезіндегі зияндары, тиісті сала үшін қолданылатын 1 гектарға өсірілген жас шыбықтардың тамыр жайғанға дейінгі шығын бойынша анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Зақымданған жас шыбықтардың жасын есептегенде зиянын анықтау 1 гектарға өсірілген жас шыбықтардың тамыр жайғанға дейінгі шығынды осы Әдістемелік нұсқаулардың </w:t>
+      9. Зақымданған жас шыбықтардың жасын есептегенде зиянын анықтау 1 гектарға өсірілген жас шыбықтардың тамыр жайғанға дейінгі шығынды осы Әдістемелік нұсқаулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес орманды қалпына келтіру шығындарына коэффициентіне көбейту жолымен анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Екінші дәрежедегі орман ресурстарының зақымдануының зияны, тиісті орман тұқымының түбірден ағаш сүрегіне босатылу төлем ставкасының 20 % көлемінде есептеледі.</w:t>
+      10. Екінші дәрежедегі орман ресурстарының зақымдануының зияны, тиісті орман тұқымының түбірден ағаш сүрегіне босатылу төлем ставкасының 20 % көлемінде есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Орманды жанама пайдалану ресурстарының орман өртінен зақымдануының зияны жергілікті өкілді органдарымен бекітілген орман пайдалану үшін төлем ставкаларын пайдаланып анықталады.</w:t>
+      11. Орманды жанама пайдалану ресурстарының орман өртінен зақымдануының зияны жергілікті өкілді органдарымен бекітілген орман пайдалану үшін төлем ставкаларын пайдаланып анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мемлекеттік немесе жеке орман иелеріне орман өрті себебінен келтірілген зиян немесе жойылған құрылыс нысандарының, техникалардың, қондырғылардың және басқа да материалдық құндылықтардың, орманда тұрған (шектеу белгілері, аншлагтар, маңдайша жазулар, үгіт және насихат көрнекі құралдары, шағын сәулет үлгілері) зиян көлемі, олардың нарықтық құны негізінде анықталады.</w:t>
+      12. Мемлекеттік немесе жеке орман иелеріне орман өрті себебінен келтірілген зиян немесе жойылған құрылыс нысандарының, техникалардың, қондырғылардың және басқа да материалдық құндылықтардың, орманда тұрған (шектеу белгілері, аншлагтар, маңдайша жазулар, үгіт және насихат көрнекі құралдары, шағын сәулет үлгілері) зиян көлемі, олардың нарықтық құны негізінде анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жабайы жануарлар мен өсімдіктердің жойылуының зияны формула арқылы анықталады:</w:t>
+      13. Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жабайы жануарлар мен өсімдіктердің жойылуының зияны формула арқылы анықталады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ужр = Кж * Рвр + Кр * РврБс</w:t>
+      Ужр = Кж * Рвр + Кр * РврБс</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұндағы:</w:t>
+      мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ужр - Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жабайы жануарлар мен өсімдіктердің жойылуының зияны;</w:t>
+      Ужр - Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жабайы жануарлар мен өсімдіктердің жойылуының зияны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кж - Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жойылған жабайы жануарлардың саны;</w:t>
+      Кж - Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жойылған жабайы жануарлардың саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Рвр - жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы </w:t>
+      Рвр - жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнаманы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұзумен келтірілген зиянды өтеу ставкаларының мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кр - Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жойылған өсімдіктердің саны;</w:t>
+      Кр - Қазақстан Республикасының Қызыл кітабына енгізілгендерді қоса алғанда, жойылған өсімдіктердің саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      РврБс - Қазақстан Республикасының орман </w:t>
+      РврБс - Қазақстан Республикасының орман </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұзудан келтірілген залалдың мөлшерін есептеуге арналған базалық ставкалар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
@@ -1551,255 +1656,255 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Жанама материалдық шығынын анықтау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Орман өртін сөндіру шығындары формула арқылы анықталады:</w:t>
+      14. Орман өртін сөндіру шығындары формула арқылы анықталады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рт = Зп + Смт + Сгсм + Рп</w:t>
+      Рт = Зп + Смт + Сгсм + Рп</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұндағы:</w:t>
+      мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рт - орман өртін сөндіру шығындары;</w:t>
+      Рт - орман өртін сөндіру шығындары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Зп - орман өртін сөндіруге тартылған жұмыскерлердің еңбекақысы;</w:t>
+      Зп - орман өртін сөндіруге тартылған жұмыскерлердің еңбекақысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Смт - орман өртін сөндіру кезінде пайдаланылған машиналар, тракторлар, басқа да механизмдер қызметінің құны;</w:t>
+      Смт - орман өртін сөндіру кезінде пайдаланылған машиналар, тракторлар, басқа да механизмдер қызметінің құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сгсм - орман өртін сөндіру кезінде жұмсалған жанар-жағар май материалдарының және өрт сөндіру құралдарының құны;</w:t>
+      Сгсм - орман өртін сөндіру кезінде жұмсалған жанар-жағар май материалдарының және өрт сөндіру құралдарының құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рп - өрт сөндіруге қатысқан жұмыскерлерді тамақтандыру шығындары.</w:t>
+      Рп - өрт сөндіруге қатысқан жұмыскерлерді тамақтандыру шығындары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Өрттің зардаптарын жоюға (санитарлық шаралар және орманды ұдайы өндіру жөніндегі шараларды жүргізу) шығындары көрсетілген шараларды өткізетін шығын бойынша анықталады.</w:t>
+      15. Өрттің зардаптарын жоюға (санитарлық шаралар және орманды ұдайы өндіру жөніндегі шараларды жүргізу) шығындары көрсетілген шараларды өткізетін шығын бойынша анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Суды қорғау, алқап- және топырақ сақтау, генетикалық, санитарлық-гигиеналық, сауықтыру және басқа да пайдалы орман функциялары төмендеуінің зияны осы Әдістемелік нұсқаулардың 4-қосымшасына сәйкес ормандардың қорғалу категориясы бойынша зиянды бекіту үшін экологиялық коэффициенттің маңыздылығын, осы Әдістемелік нұсқаулардың 2 бөлімшесіне сәйкес есептелген сүректердің түбірінен жойылуы мен жас шыбықтардың зақымдануы жиынтығын көбейту арқылы анықталады.</w:t>
+      16. Суды қорғау, алқап- және топырақ сақтау, генетикалық, санитарлық-гигиеналық, сауықтыру және басқа да пайдалы орман функциялары төмендеуінің зияны осы Әдістемелік нұсқаулардың 4-қосымшасына сәйкес ормандардың қорғалу категориясы бойынша зиянды бекіту үшін экологиялық коэффициенттің маңыздылығын, осы Әдістемелік нұсқаулардың 2 бөлімшесіне сәйкес есептелген сүректердің түбірінен жойылуы мен жас шыбықтардың зақымдануы жиынтығын көбейту арқылы анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Әлеуметтік материалдық залалды анықтау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. алып тасталды – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.01.2017 </w:t>
+      17. алып тасталды – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 30.01.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
@@ -1813,51 +1918,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Орман қоры аумағында өрттен келтірген залалды есепке алу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. Орман өртінен келтірілген зиян туралы мәлімет осы Әдістемелік нұсқаулардың </w:t>
+      18. Орман өртінен келтірілген зиян туралы мәлімет осы Әдістемелік нұсқаулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес үлгілер бойынша орман қоры аумағындағы орман өрттерін есепке алу журналында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
@@ -2015,248 +2120,249 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>компоненттерінің жарақаттану немесе жану белгілері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="687"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10248"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт түрі мен оның интенсивтілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт қауіптілігінің классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жанатын орман материалдарының түрі, олардың өзгешелігі мен жану ерекшеліктері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2295,123 +2401,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төменгі жүгірмелі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I-II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2428,123 +2534,123 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жану материалдарының запасы 0,3-1,2 килограмм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II-III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2561,123 +2667,123 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жану материалдарының запасы 0,3-2,5 килограмм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2736,123 +2842,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төменгі тұрақты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II-III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2869,236 +2975,236 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жану материалының запасы 0,5-3,6 килограмм құрайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қосымша орман төсенішінің жартылай шіріген қабаты жанады, ал ағаш діңгегі айналасындағы, түбір мен ағаштар қалдығы жердің минералдық қабатына дейін жанады, күйген ағаш діңінің биіктігі 10-12 метр.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV-V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3137,349 +3243,349 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Топырақтық (топырақтық-шымтезек):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сфагнум 7 сантиметр тереңдікке дейін жанып кетеді, тамырлар арасындағы шымтезек 30 сантиметр тереңдікке дейін күйеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сфагнумнан басқа шымтезек 25 сантиметр тереңдікке дейін жанып кетеді. Көптеген ағаштардың айналасында, олардың кесекті шымтезек бөлімі топырақтың минералды қабатына дейін жанады. Жекелеген ағаштар құлайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV-V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3518,349 +3624,349 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғарғы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағаштың ұшар басының тұтастығы шамалы қылқан жапырақты, немесе құрамына жапырақ тұқымдылар кіретін екпелерде туындайды. Қылқан жапырақтылардың топтаса орналасқан учаскелері өрттен зақымданады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III-ІV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман дақылдарында және табиғи жолмен өнген қылқан жапырақты тұқымдарда туындайды. Ағаштың үстіңгі қабатындағы өрт көлденеңінен де таралады, сонымен қатар төменгі қабат өртінен жиі алға шығып кетеді. Сүрекдіңнің басым бөлігі үстіңгі қабат өртінен зақымданады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV-V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10248" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4018,108 +4124,109 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орман өрті кезінде сүректердің түбірінен жойылуының көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="894"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4202,51 +4309,51 @@
               <w:t>
 интен-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сивтілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4293,117 +4400,110 @@
               <w:t>
 см</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4413,87 +4513,87 @@
               <w:t>
 балқа-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рағай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайың</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4503,87 +4603,87 @@
               <w:t>
 майқа-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рағай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шырша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4593,123 +4693,123 @@
               <w:t>
 самыр-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайың</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 терек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4760,20091 +4860,19811 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төменгі жүгірмелі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төменгі қабат тұрақты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Топырақтық (топырақтық-шымтезектік):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғарғы қабат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әлсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күшті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="896" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25002,1215 +24822,1216 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орманды қалпына келтіру шығындарына коэффициент</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3497"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2756"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өліп қалған жас шыбықтардың жасы, жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалқан жапырақты (самырсыннан басқа) және қаттыжапырақты тұқымдылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самырсын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмсақ жапырақтылар тұқымдылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41-60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26378,100 +26199,101 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>үшін экологиялық коэффициенттің маңыздылығы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1871"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман қызметінің түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26481,535 +26303,535 @@
               <w:t>
 Жолдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ормандардың қорғалу категориясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзендер, көлдер, су тоғандары, каналдар және басқа да су қоры нысандарының жағалауындағы тиым салынған орман алқабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қорғаныш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік орман алқабы қорғанышы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27019,123 +26841,123 @@
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эррозияға қарсы ормандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27145,123 +26967,123 @@
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық және республикалық маңызы бар жалпы пайдаланымдағы темір және авто жолдар, магистральдық тасымал құбырлары және басқа да линиялық құрылыстарға бөлінген қорғаныш орман алқабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27271,123 +27093,123 @@
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық және республикалық маңызы бар жалпы пайдаланымдағы темір жолы және автожолдар бойындағы қорғаныш орман алқабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27397,273 +27219,273 @@
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алқап- және топырақ қорғаныш орманы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитарлық-гигиеналық және сауықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалалық орман және орман саяжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27673,333 +27495,301 @@
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендердің жасыл аймағы және емдеу-сауықтыру мекемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Генетикалық және ерекше қорғалатын табиғи аумақтар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1583" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биосфералық және қорықтық-сепортерлікті қосқанда, мемлекеттік табиғи қорықтар орманы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28009,123 +27799,123 @@
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ұлттық табиғи саяжайлар орманы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28135,123 +27925,123 @@
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік табиғат резерві ормандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28261,123 +28051,123 @@
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік табиғат саяжайлары ормандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28387,123 +28177,123 @@
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қорықтық зоналар ормандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28513,123 +28303,123 @@
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік орманның табиғи ескерткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28639,123 +28429,123 @@
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Генетикалық орман резервін қосқанда, ғылыми маңызы бар орман учаскелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28765,123 +28555,123 @@
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше құнды орман алабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28891,123 +28681,123 @@
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңғақ кәсіпшілігі аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29017,123 +28807,123 @@
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман жеміс-жидегі екпелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29143,123 +28933,123 @@
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субальпілік ормандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29431,174 +29221,175 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>журналы* ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (орман иелерінің атаулары)</w:t>
+      (орман иелерінің атаулары)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      осы журналдың парақтары ___________</w:t>
+      осы журналдың парақтары ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (жазба түрде) нөмірленген және тігілген</w:t>
+      (жазба түрде) нөмірленген және тігілген</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________</w:t>
+      __________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *журнал нөмірленеді, тігіледі, жетекшінің қолы</w:t>
+      *журнал нөмірленеді, тігіледі, жетекшінің қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      және орман иесінің мөрімен расталады</w:t>
+      және орман иесінің мөрімен расталады</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="860"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1100"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -29646,125 +29437,125 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні және уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өрттің шыққан орыны (квартал, телім, орман орамы, филиал, мем. мекеме)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман өрті және оның толтырылған күні туралы хаттаманың №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -29775,159 +29566,159 @@
               <w:t>
 орман өрті және интенсивтілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман өртінің басталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман өртін сөндірудің басталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман өртін жайылтпаушылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29963,123 +29754,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30108,4682 +29899,3955 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кестенің жалғасы</w:t>
+      кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2060"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1632"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт жайлаған аумақ, га</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман өртінің шығу себебі және оған кінәлі тұлға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өрт кіммен және қандай құралдың көмегімен байқалды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ортажастағы, толысып келе жатқан, толысқан, қураған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 балауса ағаштар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман көшеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өртеңдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орман өспеген аумақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34806,5061 +33870,4243 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кестенің жалғасы</w:t>
+      кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1756"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1761"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39942,51 +38188,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Істі тапсыру туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39996,51 +38242,51 @@
               <w:t>
 адам-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40068,51 +38314,51 @@
               <w:t>
 машина-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ауысым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40122,87 +38368,87 @@
               <w:t>
 трактор-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ауысым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40271,195 +38517,195 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құқық қорғау органдарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40528,6686 +38774,5595 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...193 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кестенің жалғасы</w:t>
+      кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1913"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2256"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қылмысты ымты қозғау туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаралу күні және сот шешімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әкімшілік жазаға тарту және айыппұлды өндіріп алу туралы мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2938" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап қою және зиянды өндіріп алу туралы мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алқаптың өрттен кейінгі өзгерісі туралы белгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2938" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -47238,55 +44393,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>