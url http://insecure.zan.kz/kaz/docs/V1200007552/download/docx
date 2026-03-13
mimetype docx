--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cebf528" w14:textId="cebf528">
+    <w:p w14:paraId="dc54ffd" w14:textId="dc54ffd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,74 +150,246 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының нормативтік құқықтық актілерін жетілдіру мақсатында Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына, "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының 26-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>72-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына, "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Банктің, банк холдингінің ірі қатысушысы, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингінің ірі қатысушысы, инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім беру, оны кері қайтарып алу қағидалары және көрсетілген келісімді алу үшін табыс етілетін құжаттарға қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -5371,64 +5543,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қатысушысы мәртебесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>иеленуге келісім беру, оны</w:t>
+              <w:t>иеленуге келісім беру, оны кері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кері қайтарып алу қағидаларына</w:t>
+              <w:t>қайтарып алу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және көрсетілген келісімді алу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5475,61 +5647,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызметтер көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 28.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42</w:t>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5874,51 +6046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі (бұдан әрі – уәкілетті орган)</w:t>
+Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі (бұдан әрі – уәкілетті орган).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6403,51 +6575,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан өндіріп алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны өндіріп алу тәсілдері</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6475,51 +6647,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленуге келісім бергені үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жеке тұлғалар үшін - 100 (бір жүз) айлық есептік көрсеткіш (бұдан әрі - АЕК);</w:t>
+жеке тұлғалар үшін - 100 (бір жүз) айлық есептік көрсеткіш (бұдан әрі – АЕК);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заңды тұлғалар үшін - 500 (бес жүз) АЕК;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6793,51 +6965,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы - жеке тұлға сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш берген кезде:</w:t>
+Көрсетілетін қызметті алушы-жеке тұлға сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш берген кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Қағидалардың 31-тармағында көзделген мәліметтерді көрсете отырып, еркін нысанда жасалған көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6847,51 +7019,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) акцияларды иелену талаптары мен тәртібін растайтын құжаттардың электрондық көшірмелері, сондай-ақ акцияларды иелену үшін пайдаланылатын көздер мен қаражат.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының акцияларын сыйлық түрінде алынған мүлік есебінен сатып алу кезінде, көрсетілетін қызметті алушы сыйға тартушы және сыйға тартушыда көрсетілген мүліктің пайда болу көздері туралы мәліметтерді ұсынады;</w:t>
+Сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының акцияларын сыйлық түрінде алынған мүлік есебінен сатып алу кезінде көрсетілетін қызметті алушы сыйға тартушы және сыйға тартушыда көрсетілген мүліктің пайда болу көздері туралы мәліметтерді ұсынады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Қағидаларға 2-қосымшаға сәйкес нысан бойынша өтініш беруші ірі қатысушы болып табылатын заңды тұлғалар бойынша мәліметтердің электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6955,51 +7127,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Активтер мен міндеттемелер туралы декларациядағы мәліметтер активтер мен міндеттемелер туралы декларация тапсырған айдың бірінші күні көрсетіледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) білімі, еңбек қызметі, іскерлік беделі туралы мәліметтерді қоса алғанда, өтініш беруші - жеке тұлға туралы мәліметтердің (қысқаша деректердің), сондай-ақ заңды тұлға - өтініш берушінің басшы қызметкерлері туралы қысқаша деректердің электрондық көшірмелері Қағидаларға 3-қосымшаға сәйкес нысан бойынша беріледі.</w:t>
+6) білімі, еңбек қызметі, мінсіз іскерлік беделі туралы мәліметтерді қоса алғанда, өтініш беруші - жеке тұлға туралы мәліметтердің (қысқаша деректердің), сондай-ақ заңды тұлға - өтініш берушінің басшы қызметкерлері туралы қысқаша деректердің электрондық көшірмелері Қағидаларға 3-қосымшаға сәйкес нысан бойынша беріледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының бейрезидент жеке тұлғалары мінсіз іскерлік беделін растау үшін азаматтығы бар елде (шетелдіктер үшін) немесе тұрғылықты тұратын елде (азаматтығы жоқ адамдар үшін) қылмыстары үшін алынбаған немесе өтелмеген соттылығының жоқ екендігі туралы мәліметтерді растайтын құжаттың электрондық көшірмесін ұсынады. Көрсетілген құжатты беру күні өтініш берілген күннің алдындағы 3 (үш) айдан аспайды (ұсынылған құжатта оның қолданысының өзге мерзімі көрсетілген жағдайларды қоспағанда). Егер мемлекеттік органы қылмыстар үшін алынбаған немесе өтелмеген соттылығының жоқ екені туралы мәліметтерді растауға уәкілетті елдің заңнамасында олар туралы көрсетілген мәліметтер сұратылатын тұлғаларға растайтын құжаттар беру көзделмесе, онда тиісті растау азаматтығы бар елдің (шетелдіктер үшін) немесе тұрғылықты тұратын елдің (азаматтығы жоқ адамдар үшін) мемлекеттік органының хатымен уәкілетті органның атына жіберіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7009,51 +7181,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтініш берушінің-заңды тұлғаның басшы қызметкері болып табылатын Қазақстан Республикасының бейрезидент жеке тұлғасы үшін, егер осы басшы қызметкер өтініш беруші-заңды тұлғаның басшы қызметкері лауазымына уәкілетті органмен келісілген болса және көрсетілетін қызметті алушы өтініш берген күні осы лауазымға ие болса осы құжатты ұсыну талап етілмейді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Қазақстан Республикасының бейрезиденті- көрсетілетін қызметті алушы тұратын елдің тиісті мемлекеттік органының Қазақстан Республикасының резидент- сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының акцияларын сатып алу осы елдің заңнамасымен рұқсат етілгендігі туралы жазбаша растамасының электрондық көшірмесі не тиісті мемлекеттің уәкілетті органының көрсетілген құрылтайшының мемлекетінің заңнамасы бойынша мұндай рұқсаттың қажет етілмейтіндігі туралы өтініші;</w:t>
+7) Қазақстан Республикасының бейрезиденті- көрсетілетін қызметті алушы тұратын елдің тиісті мемлекеттік органының Қазақстан Республикасының резидент- сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының акцияларын сатып алу осы елдің заңнамасымен рұқсат етілгендігі туралы жазбаша растамасының электрондық көшірмесі не тиісті мемлекеттің уәкілетті органының көрсетілген құрылтайшы мемлекетінің заңнамасы бойынша мұндай рұқсаттың қажет етілмейтіндігі туралы өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) "электрондық үкіметтің" төлем шлюзі арқылы төлеу жағдайларын қоспағанда, сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы, сақтандыру холдингі мәртебесін иеленуге келісім алу үшін сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы, сақтандыру холдингі мәртебесін иеленуге келісім беру үшін алымның төленгенін растайтын құжаттың көшірмесі қосымша ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7098,52 +7270,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) банктің акцияларын иелену талаптары мен тәртібін растайтын құжаттардың электрондық көшірмелері;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-3) банктің акцияларын иелену үшін пайдаланылатын қаражаттың көздері (шығу тегі) туралы мәліметтердің электрондық көшірмесі, осы мәліметтерді растайтын құжаттардың көшірмелері. </w:t>
+              <w:t>
+3) банктің акцияларын иелену үшін пайдаланылатын қаражаттың көздері (шығу тегі) туралы мәліметтердің электрондық көшірмесі, осы мәліметтерді растайтын құжаттардың көшірмелері.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлға банктің акцияларын сыйға тарту, өтеусіз алынған мүлікті сатудан түскен табыс түрінде алынған қаражат есебінен иеленген жағдайда, көрсетілетін қызметті алушы сыйға тартушы адам және сыйға тартушы адамда осы қаражаттың, мүліктің пайда болу көздері туралы мәліметтерді де береді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7152,52 +7324,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қағидаларға 2-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушы ірі қатысушы болып табылатын заңды тұлғалар бойынша мәліметтердің электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Көрсетілетін қызметті алушы Қазақстан Республикасының бейрезидент-заңды тұлғасының акционері (қатысушысы) болып табылатын жағдайда, көрсетілетін қызметті алушының Қазақстан Республикасының бейрезидент-заңды тұлғасында ірі қатысуын растайтын құжаттардың көшірмелері қосымша ұсынылады; </w:t>
+              <w:t>
+Көрсетілетін қызметті алушы Қазақстан Республикасының бейрезидент-заңды тұлғасының акционері (қатысушысы) болып табылатын жағдайда, көрсетілетін қызметті алушының Қазақстан Республикасының бейрезидент-заңды тұлғасында ірі қатысуын растайтын құжаттардың көшірмелері қосымша ұсынылады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Қағидалардың 28-тармағында көзделген мәліметтерді көрсете отырып, банктің қаржылық жай-күйі ықтимал нашарлаған жағдайда банкті қайта капиталдандыру жоспарының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7243,123 +7415,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілген мәліметтерге көрсетілетін қызметті алушының қаржылық жағдайына талдау жүргізу үшін қажетті құжаттар, сондай-ақ бағалаушы өтініш берілген күннің алдындағы соңғы алты ай ішінде айқындаған мүліктің құнын растайтын құжаттар қоса беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7)білімі, еңбек қызметі, мінсіз іскерлік беделі туралы мәліметтерді қоса алғанда, көрсетілетін қызметті алушы - жеке тұлға туралы мәліметтердің (қысқаша деректердің) электрондық көшірмесі Қағидаларға 3-қосымшаға сәйкес нысан бойынша беріледі.</w:t>
-[...35 lines deleted...]
-Өтініш берушінің - заңды тұлғаның басшы қызметкері болып табылатын Қазақстан Республикасының бейрезидент-жеке тұлғасы үшін, егер осы басшы қызметкер өтініш беруші - заңды тұлғаның басшы қызметкері лауазымына уәкілетті органмен келісілген болса және көрсетілетін қызметті алушы өтініш берген күні осы лауазымға ие болса осы құжатты ұсыну талап етілмейді;</w:t>
+7) білімі, еңбек қызметі, мінсіз іскерлік беделі туралы мәліметтерді қоса алғанда, көрсетілетін қызметті алушы – жеке тұлға туралы мәліметтердің (қысқаша деректердің) электрондық көшірмесі Қағидаларға 3-қосымшаға сәйкес нысан бойынша беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының бейрезидент-жеке тұлғалары мінсіз іскерлік беделін растау үшін азаматтығы бар елдің немесе тұрғылықты тұратын елдің, ал азаматтығы жоқ адамдар – олардың тұрғылықты тұратын елінің құзыретті мемлекеттік органы берген алынбаған немесе өтелмеген соттылығының жоқ екендігі туралы мәліметтерді растайтын құжаттың электрондық көшірмелерін ұсынады. Көрсетілген құжатты беру күні өтініш берілген күннің алдындағы алты айдан аспайды (ұсынылған құжатта оның қолданысының өзге мерзімі көрсетілген жағдайларды қоспағанда). Егер мемлекеттік органы қылмыстар үшін алынбаған немесе өтелмеген соттылығының жоқ екені туралы мәліметтерді растауға уәкілетті елдің заңнамасында олар туралы көрсетілген мәліметтер сұратылатын тұлғаларға растайтын құжаттар беру көзделмесе, онда тиісті растау азаматтығы бар елдің (шетелдіктер үшін) немесе тұрғылықты тұратын елдің (азаматтығы жоқ адамдар үшін) мемлекеттік органының хатымен уәкілетті органға жіберіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш беруші-заңды тұлғаның басшы қызметкері болып табылатын Қазақстан Республикасының бейрезидент-жеке тұлғасы үшін, егер осы басшы қызметкер өтініш беруші-заңды тұлғаның басшы қызметкері лауазымына уәкілетті органмен келісілген болса және көрсетілетін қызметті алушы өтініш берген күні осы лауазымға ие болса осы құжатты ұсыну талап етілмейді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) "электрондық үкіметтің" төлем шлюзі арқылы төлеу жағдайларын қоспағанда келісім беру үшін алымның төленгенін растайтын құжаттың электрондық көшірмесі ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы-Қазақстан Республикасының резидент заңды тұлғасы сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+Көрсетілетін қызметті алушы – Қазақстан Республикасының резидент заңды тұлғасы сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Қағидалардың 31-тармағында көзделген мәліметтер көрсетіле отырып еркін нысанда жасалған, көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7405,717 +7577,591 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) көрсетілетін қызметті алушының үлестес тұлғаларының тізімінің электрондық көшірмесі (тізім қаржы есептілігі депозитарийінің интернет-ресурсында болмаған немесе оны көрсетілетін қызметті берушінің портал арқылы алу мүмкіндігі болмаған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) осы тармақтың бірінші бөлігінің 2), 3), 4), 6) және 8) тармақшаларында көрсетілген мәліметтер мен құжаттар;</w:t>
-[...17 lines deleted...]
-6) аяқталған соңғы 2 (екі) қаржы жылы үшін аудиторлық ұйым куәландырған жылдық қаржылық есептіліктің, сондай-ақ тиісті өтініш берер алдында аяқталған соңғы тоқсан үшін қаржылық есептіліктің электрондық көшірмесі. Жылдық қаржылық есептілік осы есептілік қаржылық есептілік депозитарийінің интернет-ресурсында орналастырылған немесе оны көрсетілетін қызметті берушінің портал арқылы алу мүмкіндігі жағдайында ұсынылмайды.</w:t>
+5) осы тармақтың бірінші бөлігінің 2), 3), 4), 6) және 8) тармақшаларында көрсетілген мәліметтер мен құжаттар; 6) аяқталған соңғы 2 (екі) қаржы жылы үшін аудиторлық ұйым куәландырған жылдық қаржылық есептіліктің, сондай-ақ тиісті өтініш берер алдында аяқталған соңғы тоқсан үшін қаржылық есептіліктің электрондық көшірмесі. Жылдық қаржылық есептілік осы есептілік қаржылық есептілік депозитарийінің интернет-ресурсында орналастырылған немесе оны көрсетілетін қызметті берушінің портал арқылы алу мүмкіндігі жағдайында ұсынылмайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы-Қазақстан Республикасының резидент заңды тұлғасы банк холдингі немесе банктің ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1) Қағидаларға 1-2-қосымшаға сәйкес нысанда жасалған, көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-сымен куәландырылған банк холдингі немесе банктің ірі қатысушысы мәртебесін иелену туралы өтініш (заңды тұлғалар үшін); 2) банктің акцияларын иелену туралы көрсетілетін қызметті алушының тиісті органы шешімінің электрондық көшірмесі (шешім қаржы есептілігі депозитарийінің интернет-ресурсында болмаған немесе оны көрсетілетін қызметті берушінің портал арқылы алу мүмкіндігі болмаған жағдайда); 3) өтініш беруші акцияларының он немесе одан көп пайызын (жарғылық капиталына қатысу үлестерін) тікелей немесе жанама иеленетін тұлғалар және өтініш берушіге қатысты бақылауды жүзеге асыратын тұлғалар туралы Қағидалардың 27-тармағының бесінші бөлігінде көзделген ақпаратты қамтитын мәліметтердің электрондық көшірмесі, сондай-ақ аталған мәліметтерді растайтын құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушының үлестес тұлғаларының тізімінің электрондық көшірмесі (тізім қаржы есептілігі депозитарийінің интернет-ресурсында болмаған немесе оны көрсетілетін қызметті берушінің портал арқылы алу мүмкіндігі болмаған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) осы тармақтың екінші бөлігінің 2), 4), 5) және 8) тармақшаларында көрсетілген құжаттар мен мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) аудиторлық есептермен расталған соңғы екі қаржы жылындағы көрсетілетін қызметті алушының жылдық қаржылық есептілігінің (көрсетілетін қызметті алушының еншілес ұйымдары болған жағдайда шоғырландырылған қаржылық есептілігінің) электрондық көшірмесі, сондай-ақ өтініш бергенге дейінгі соңғы аяқталған тоқсандағы көрсетілетін қызметті алушының қаржылық есептілігінің көшірмесі. Ағымдағы жылғы 1 қаңтардан 1 маусымға дейінгі кезеңде соңғы аяқталған қаржы жылы үшін қаржылық есептілікті растайтын аудиторлық есеп болмаған жағдайда, көрсетілетін қызметті алушы өтініш берер алдында соңғы аяқталған қаржы жылы мен соңғы аяқталған тоқсан үшін қаржылық есептіліктің (көрсетілетін қызметті алушының еншілес ұйымдары болған жағдайда шоғырландырылған қаржылық есептіліктің) көшірмелерін, сондай-ақ соңғы аяқталған қаржы жылының алдындағы екі жыл үшін аудиторлық есептермен расталған жылдық қаржылық есептіліктің (көрсетілетін қызметті алушының еншілес ұйымдары болған жағдайда шоғырландырылған қаржылық есептіліктің) көшірмелерін ұсынады. Осы тармақшада көрсетілген қаржылық есептілік осы қаржылық есептілік депозитарийдің интернет-ресурсында орналастырылған немесе оны уәкілетті органның портал арқылы алу мүмкіндігі болған жағдайда, сондай-ақ көрсетілетін қызметті алушы Қазақстан Республикасының бейрезидент қаржы ұйымы болып табылған және осы қаржылық есептілік Қазақстан Республикасының бейрезидент қаржы ұйымының немесе шетелдік қор биржасының интернет-ресурсында қазақ, орыс немесе ағылшын тілдерінде қолжетімді болатын жағдайларда ұсынылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) білімі, еңбек қызметі, мінсіз іскерлік беделі туралы мәліметтерді қоса алғанда, Қағидаларға 3-қосымшаға сәйкес нысан бойынша өтініш берушінің басшы қызметкерлері туралы қысқаша деректер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің Қазақстан Республикасының бейрезиденттері болып табылатын басшы қызметкерлері бойынша өтініш беруші осы Қағидаларға 5-қосымшаның нысаны бойынша олардың мінсіз іскерлік беделін растайтын мәліметтерді ұсынады. Осы тармақшаның мақсаттары үшін басқару органының басшысы, оның орынбасары және басқару органының мүшелері, атқарушы органның басшысы, оның орынбасары және атқарушы органның мүшелері, бас бухгалтер Қазақстан Республикасының бейрезидент заңды тұлғасының (Қазақстан Республикасының бейрезидент қаржы ұйымының) басшы қызметкерлері болып танылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) тұлғаның өтініш беруге өкілеттіктерін растайтын құжаттардың және оған қоса берілетін құжаттардың көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы-Қазақстан Республикасының бейрезидент заңды тұлғасы сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қағидалардың 31-тармағында көзделген мәліметтер көрсетіле отырып еркін нысанда жасалған, көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) осы тармақтың бірінші бөлігінің 2), 3), 4), 6) және 8) және осы тармақтың үшінші бөлігінің 2), 3), 4), 6) тармақшаларында көзделген мәліметтер мен құжаттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Сақтандыру қызметі туралы заң) 26-бабының 1-тармағында, "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының (бұдан әрі − Бағалы қағаздар рыногы туралы заң) 72-1-бабының 1-тармағында көзделген жағдайларды қоспағанда, тізбесі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8318 болып тіркелген "Болу қажеттілігі қаржы ұйымдарының, Қазақстан Республикасының бейрезиденті-банктері филиалдарының, Қазақстан Республикасының бейрезиденті-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін реттейтін Қазақстан Республикасының заңнамасына сәйкес талап етілетін заңды тұлғалар және елдер үшін ең төменгі рейтингіні, осы рейтингіні беретін рейтингілік агенттіктер тізбесін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 385 қаулысымен (бұдан әрі - № 385 қаулы) белгіленетін халықаралық рейтингтік агенттіктердің бірі тағайындаған көрсетілетін қызметті алушының кредиттік рейтингі туралы мәліметтердің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы орналасқан елдің қаржылық қадағалау органынан Қазақстан Республикасының бейрезидент-заңды тұлғасының инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге жазбаша рұқсаттың (келісімнің) электрондық көшірмесі не тиісті мемлекеттің уәкілетті органының аталған мемлекеттің заңнамасы бойынша мұндай рұқсаттың (келісімнің) талап етілмейтіні туралы мәлімдемесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы-Қазақстан Республикасының бейрезидент заңды тұлғасы банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1) Қағидаларға 1-2-қосымшаға сәйкес нысанда жасалған, көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-сымен куәландырылған банк холдингі немесе банктің ірі қатысушысы мәртебесін иелену туралы өтініш (заңды тұлғалар үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) банктің акцияларын иелену туралы көрсетілетін қызметті алушының тиісті органы шешімінің электрондық көшірмесі (шешім қаржы есептілігі депозитарийінің интернет-ресурсында болмаған немесе оны көрсетілетін қызметті берушінің портал арқылы алу мүмкіндігі болмаған жағдайда);</w:t>
-[...287 lines deleted...]
-Көрсетілетін қызметті алушы-Қазақстан Республикасының бейрезидент заңды тұлғасы банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+2) осы тармақтың төртінші бөлігінің 2), 3), 4), 5), 6), 7), 8) тармақшаларында көзделген құжаттар мен мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушы резиденті болып табылатын мемлекеттің қаржылық қадағалау органы берген Қазақстан Республикасының аумағында өз қызметін жүзеге асыратын банктің акцияларын иеленуге келісімнің (рұқсаттың) электрондық көшірмесі не көрсетілетін қызметті алушы резиденті болып табылатын мемлекеттің қаржылық қадағалау органы берген, осындай келісімнің (рұқсаттың) талап етілмейтіні туралы растаманың көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы Қазақстан Республикасының бейрезидент қаржы ұйымы болып табылатын жағдайда, көрсетілетін қызметті алушы резиденті болып табылатын мемлекеттің заңнамасы бойынша көрсетілетін қызметті алушының қаржылық қызметті жүзеге асыруына арналған лицензияның (рұқсаттың) электрондық көшірмесі не көрсетілетін қызметті алушы резиденті болып табылатын мемлекеттің қаржылық қадағалау органы берген, лицензияның (рұқсаттың) талап етілмейтіні туралы растаманың көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) нотариат куәландырған құрылтай құжаттарының электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы-бейрезидент қаржы ұйымы сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қағидалардың 31-тармағында көзделген мәліметтер көрсетіле отырып еркін нысанда жасалған, көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) осы тармақтың бесінші бөлігінде көрсетілген мәліметтер мен құжаттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушы (Қазақстан Республикасының бейрезидент қаржы ұйымы) орналасқан елдің қаржылық қадағалау органынан көрсетілетін қызметті беруші осы елдің заңнамасы шеңберінде қаржылық қызметті жүзеге асыруға уәкілетті екені туралы жазбаша растаманың электрондық көшірмесі не көрсетілетін қызметті алушы (Қазақстан Республикасының бейрезиденті қаржы ұйымы) орналасқан елдің қаржылық қадағалау органының осы елдің заңнамасы бойынша мұндай рұқсаттың талап етілмейтіні туралы мәлімдемесі. Өзі орналасқан елде шоғырландырылған қадағалауға жататын инвестициялық портфельді басқарушының дауыс беретін акцияларының 25 (жиырма бес) немесе одан көп пайызын иеленуге ниет білдіретін Қазақстан Республикасының бейрезидент-қаржы ұйымының инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім алу үшін осы тармақтың жетінші бөлігінде белгіленген құжаттардан басқа, көрсетілетін қызметті алушы орналасқан елдің қаржылық қадағалау органынан Қазақстан Республикасының бейрезидент қаржы ұйымы шоғырландырылған қадағалауға жататындығы туралы жазбаша растаманың электрондық көшірмесін ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы-Қазақстан Республикасының бейрезидент қаржы ұйымы сақтандыру холдингі мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) осы тармақтың бесінші бөлігінде көрсетілген мәліметтер мен құжаттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушы - Қазақстан Республикасының бейрезидент қаржы ұйымы орналасқан елдің қаржылық қадағалау органынан көрсетілетін қызметті алушы шоғырландырылған қадағалауға жататындығы туралы жазбаша растаманың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының орналасқан елдің қаржылық қадағалау органынан көрсетілетін қызметті алушының сақтандыру холдингінің мәртебесін иеленуге жазбаша рұқсаттың (келісімнің) электрондық көшірмесі не тиісті мемлекеттің уәкілетті органының аталған мемлекеттің заңнамасы бойынша мұндай рұқсат (келісім) талап етілмейтіні туралы мәлімдемесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы – Қазақстан Республикасының бейрезидент банкі банк холдингі мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Қағидаларға 1-2-қосымшаға сәйкес нысанда жасалған, көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-сымен куәландырылған банк холдингі немесе банктің ірі қатысушысы мәртебесін иелену туралы өтініш (заңды тұлғалар үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) осы тармақтың төртінші бөлігінің 2), 3), 4), 5), 6), 7), 8) тармақшаларында көзделген құжаттар мен мәліметтер;</w:t>
-[...269 lines deleted...]
-2)Қазақстан Республикасының бейрезидент банкінде тізбесі № 385 қаулымен белгіленетін рейтингтік агенттіктердің бірінің "А-"-тен төмен емес кредиттік рейтингі болған кезде осы тармақтың екінші бөлігінің 5) және 8) тармақшаларында, осы тармақтың төртінші бөлігінің 2), 3), 6), 8) тармақшаларында, осы тармақтың алтыншы бөлігінің 3) және 4) тармақшаларында көзделген құжаттар мен мәліметтерді ұсынады. </w:t>
+2) Қазақстан Республикасының бейрезидент банкінде тізбесі № 385 қаулымен белгіленетін рейтингтік агенттіктердің бірінің "А-"-тен төмен емес кредиттік рейтингі болған кезде осы тармақтың екінші бөлігінің 5) және 8) тармақшаларында, осы тармақтың төртінші бөлігінің 2), 3), 6), 8) тармақшаларында, осы тармақтың алтыншы бөлігінің 3) және 4) тармақшаларында көзделген құжаттар мен мәліметтерді ұсынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы - жеке тұлға бір мезгілде бірнеше қаржы ұйымының ірі қатысушысы мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8161,105 +8207,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) қаржы ұйымдарын қайта капиталдандыру жоспарына сәйкес көрсетілетін қызметті алушы олардың ірі қатысушысы, банк холдингі немесе сақтандыру холдингі болып табылатын және (немесе) болуға ниет білдірген көрсетілетін қызметті алушының міндеттемелерін ескерумен жасалған, Қағидалардың 28-тармағында көзделген ақпарат қамтылған қаржы ұйымының қаржылық жай-күйі ықтимал нашарлаған жағдайларда әрбір қаржы ұйымы бойынша қайта капиталдандыру жоспары.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы-Қазақстан Республикасының резидент заңды тұлғасы бір мезгілде бірнеше қаржы ұйымының ірі қатысушысы, банк немесе сақтандыру холдингі мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
+Көрсетілетін қызметті алушы – Қазақстан Республикасының резидент заңды тұлғасы бір мезгілде бірнеше қаржы ұйымының ірі қатысушысы, банк немесе сақтандыру холдингі мәртебесін иеленуге келісім алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы, Қағидалардың 31-тармағында көзделген мәліметтерді көрсете отырып, еркін нысанда жасалған сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін алуға келісім алуға арналған өтініш, сондай-ақ Қағидаларға 1-2-қосымшаға сәйкес нысан бойынша банк холдингі немесе банктің ірі қатысушысы (заңды тұлғалар үшін) мәртебесін иелену туралы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленетін көрсетілетін қызметті алушы -заңды тұлға Қазақстан Республикасының бейрезиденттері болып табылатын оның басшы қызметкерлеріне қатысты Қағидаларға 5-қосымшаға сәйкес нысан бойынша Қазақстан Республикасының бейрезиденттері болып табылатын өтініш берушінің басшы қызметкерлерінің мінсіз іскерлік беделін растайтын мәліметтерді қосымша ұсынады.</w:t>
+              <w:t>
+2) осы тармақтың бірінші бөлігінің 2), 3) және 6) тармақшаларында, осы тармақтың екінші бөлігінің 2), 3) және 4) тармақшаларында, осы тармақтың үшінші бөлігінің 2), 3), 4) және 6) тармақшаларында, осы тармақтың төртінші бөлігінің 2), 3), 4), 6) және 7), 8) тармақшаларында, осы тармақтың он бірінші бөлігінің 3) тармақшасында және осы тармақтың он бесінші бөлігінде көрсетілген мәліметтер мен құжаттар. Банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленетін көрсетілетін қызметті алушы -заңды тұлға Қазақстан Республикасының бейрезиденттері болып табылатын оның басшы қызметкерлеріне қатысты Қағидаларға 5-қосымшаға сәйкес нысан бойынша Қазақстан Республикасының бейрезиденттері болып табылатын өтініш берушінің басшы қызметкерлерінің мінсіз іскерлік беделін растайтын мәліметтерді қосымша ұсынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы-Қазақстан Республикасының бейрезидент заңды тұлғасы бірнеше қаржы ұйымының ірі қатысушысы немесе банк немесе сақтандыру холдингі мәртебесін иеленуге келісімді бір мезгілде алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8269,69 +8297,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы, Қағидалардың 31-тармағында көзделген мәліметтерді көрсете отырып, еркін нысанда жасалған сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы, сақтандыру холдингі мәртебесін алуға келісім алуға арналған өтініш, сондай-ақ Қағидаларға 1-2-қосымшаға сәйкес нысан бойынша банк холдингі немесе банктің ірі қатысушысы (заңды тұлғалар үшін) мәртебесін иелену туралы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) осы тармақтың бірінші бөлігінің 2), 3) және 6) тармақшаларында, осы тармақтың екінші бөлігінің 2), 3) және 4) тармақшаларында, осы тармақтың үшінші бөлігінің 2), 3), және 6) тармақшаларында, осы тармақтың төртінші бөлігінің 2), 3), 4), 6) және 7), 8) тармақшаларында, осы тармақтың алтыншы бөлігінің 2), 3), 4), 5) тармақшаларында, осы тармақтың он бірінші бөлігінің 3) тармақшасында және осы тармақтың он бесінші бөлігінде көрсетілген мәліметтер мен құжаттар.</w:t>
-[...17 lines deleted...]
-Банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленетін көрсетілетін қызметті алушы -заңды тұлға Қазақстан Республикасының бейрезиденттері болып табылатын оның басшы қызметкерлеріне қатысты Қағидаларға 5-қосымшаға сәйкес нысан бойынша Қазақстан Республикасының бейрезиденттері болып табылатын өтініш берушінің басшы қызметкерлерінің мінсіз іскерлік беделін растайтын мәліметтерді қосымша ұсынады.</w:t>
+2) осы тармақтың бірінші бөлігінің 2), 3) және 6) тармақшаларында, осы тармақтың екінші бөлігінің 2), 3) және 4) тармақшаларында, осы тармақтың үшінші бөлігінің 2), 3), және 6) тармақшаларында, осы тармақтың төртінші бөлігінің 2), 3), 4), 6) және 7), 8) тармақшаларында, осы тармақтың алтыншы бөлігінің 2), 3), 4), 5) тармақшаларында, осы тармақтың он бірінші бөлігінің 3) тармақшасында және осы тармақтың он бесінші бөлігінде көрсетілген мәліметтер мен құжаттар. Банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленетін көрсетілетін қызметті алушы -заңды тұлға Қазақстан Республикасының бейрезиденттері болып табылатын оның басшы қызметкерлеріне қатысты Қағидаларға 5-қосымшаға сәйкес нысан бойынша Қазақстан Республикасының бейрезиденттері болып табылатын өтініш берушінің басшы қызметкерлерінің мінсіз іскерлік беделін растайтын мәліметтерді қосымша ұсынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы-Қазақстан Республикасының бейрезидент-қаржы ұйымының бірнеше қаржы ұйымдарының ірі қатысушысы немесе банк немесе сақтандыру холдингі мәртебесін иеленуге келісімді бір мезгілде алу үшін өтініш жасаған кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8340,322 +8350,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының бірінші басшысының не оның міндетін атқарушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы, Қағидалардың 31-тармағында көзделген мәліметтерді көрсете отырып, еркін нысанда жасалған өтініш, сондай-ақ Қағидаларға 1-2-қосымшаға сәйкес нысан бойынша банк холдингі немесе банктің ірі қатысушысы (заңды тұлғалар үшін) мәртебесін иелену туралы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2) осы тармақтың жетінші бөлігінің 3) тармақшасында және осы тармақтың он үшінші бөлігінде, осы тармақтың оныншы бөлігінің 2) тармақшасында көрсетілген мәліметтер мен құжаттар. </w:t>
+              <w:t>
+2) осы тармақтың жетінші бөлігінің 3) тармақшасында және осы тармақтың он үшінші бөлігінде, осы тармақтың оныншы бөлігінің 2) тармақшасында көрсетілген мәліметтер мен құжаттар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін қосымша талаптар:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) оған қойылатын талаптар Қағидалардың 29-тармағында белгіленген құжаттар мен мәліметтерге қосымша түрінде таяудағы 5 (бес) жылға арналған бизнес-жоспарды келесі көрсетілетін қызметті алушылар ұсынады:</w:t>
-[...233 lines deleted...]
-Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) құжаттары туралы мәліметтер, лицензиялық алымды төлеу туралы мәліметтер Көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден ұсынылады.</w:t>
+1) оған қойылатын талаптар Қағидалардың 29-тармағында белгіленген құжаттар мен мәліметтерге қосымша түрінде таяудағы 5 (бес) жылға арналған бизнес-жоспарды келесі көрсетілетін қызметті алушылар ұсынады: орналастырылған (артықшылық берілген және қаржы ұйымы сатып алған) акциялардың 25 (жиырма бес) немесе одан да көп пайызын құрайтын иелену үлесімен қаржы ұйымының ірі қатысушысы мәртебесін иеленуге ниет білдіретін көрсетілетін қызметті алушы жеке тұлғалар; банк холдингі немесе сақтандыру холдингі мәртебесін иеленуге ниет білдіретін заңды тұлғалар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) егер көрсетілетін қызметті алушы - жеке немесе заңды тұлға көрсетілетін қызметті берушінің алдын ала жазбаша келісімін алмай сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы белгілеріне сәйкес келген жағдайда, сыйға тарту шарты немесе сенімгерлік басқару шарты негізінде Сақтандыру қызметі туралы заңның 26-бабы 14-тармағында, Бағалы қағаздар рыногы туралы заңның 72-1-бабының 14-тармағында белгіленген талаптарға сай тиісті мәртебені иеленуі туралы олар өтініш берген кезде қосымша мыналар ұсынылады: сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының акцияларын сыйға тарту немесе сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының акцияларын сенімгерлік басқару талаптары мен тәртібін растайтын құжаттардың электрондық көшірмелері; осы тармақтың бірінші бөлігінің 3), 4), 5), 6), 7) және 8) тармақшаларында көзделген құжаттар; сыйға тарту шартының немесе сенімгерлік басқару шартының нысанасы болып табылатын акциялардың Қазақстан Республикасының заңнамасына сәйкес растайтын құжаттардың көшірмесін қоса бере отырып бағалаушы айқындаған құны туралы мәліметтердің электрондық көшірмесі. егер көрсетілетін қызметті алушы - жеке немесе заңды тұлға уәкілетті органның алдын ала жазбаша келісімін алмай банктің ірі қатысушысы, банк холдингі белгілеріне сәйкес келген жағдайда, сыйға тарту шарты, сенімгерлік басқару шарты негізінде немесе мұраны қабылдаудың нәтижесінде "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі - Банктер туралы заң) 17-1-бабының 16-тармағында белгіленген талапқа сай тиісті мәртебені иеленуі туралы олар өтініш берген кезде қосымша мыналар ұсынылады: банктің акцияларына қатысты сыйға тарту, сенімгерлік басқару, мұрагерлік талаптары мен тәртібін растайтын құжаттардың электрондық көшірмелері; осы тармақтың екінші бөлігінің 4), 5), 6), 7) және 8) тармақшаларында көзделген құжаттар; осы тармақтың төртінші бөлігінің 8) тармақшасында көзделген құжаттар - егер көрсетілетін қызметті алушы заңды тұлға болып табылған жағдайда; осы тармақтың алтыншы бөлігінің 5) тармақшасында көзделген құжат - егер көрсетілетін қызметті алушы Қазақстан Республикасының бейрезидент заңды тұлғасы болып табылған жағдайда; сыйға тарту шартының, сенімгерлік басқару шартының, мұрагерліктің мәні болып табылатын акциялардың Қазақстан Республикасы заңнамасына сәйкес растайтын құжаттардың көшірмесін қоса бере отырып бағалаушы айқындаған құны туралы мәліметтердің электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы банктің ірі қатысушысы немесе банк холдингінің мәртебесін алу қажет болған жағдайда көрсетілетін қызметті алушы банк ашуға рұқсат беру туралы өтінішке қоса осы тармақтың екінші, төртінші, алтыншы, оныншы бөліктерінде көзделген құжаттар мен мәліметтерді қоса береді. Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) құжаттары туралы мәліметтер, лицензиялық алымды төлеу туралы мәліметтер Көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден ұсынылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8760,51 +8572,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушы - жеке тұлғаның не көрсетілетін қызметті алушы - заңды тұлғаның басшы қызметкерінің Банктер туралы заңның 20-бабы 3-тармағының 3), 4), 5) және 6) тармақшаларының, Сақтандыру қызметі туралы заңның 34-бабы 3-тармағының 3), 4) және 5) тармақшаларының, Бағалы қағаздар рыногы туралы заңның 54-бабы 2-тармағының 3), 4) және 5) тармақшаларының талаптарына сәйкес болмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының қаржылық жай-күйінің тұрақсыздығы.</w:t>
+2) көрсетілетін қызметті алушының қаржылық жай-күйінің орнықсыздығы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мына талаптардың бірінің болуы көрсетілетін қызметті алушының қаржылық жай-күйі тұрақсыздығының белгісі болып табылады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8957,52 +8769,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) көрсетілетін қызметті алушы қаржы ұйымының ірі қатысушысы, банк немесе сақтандыру холдингі мәртебесін иеленуі нәтижесінде Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасы талаптарының бұзылуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) Банктер туралы заңның 17-бабының 5-тармағында көзделген жағдайды қоспағанда, қаржы ұйымының ірі қатысушысы, банк немесе сақтандыру холдингі мәртебесін иелену бойынша мәміледе иеленуші тарап тізбесі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20095 болып тіркелген "Банктік және сақтандыру қызметінің, бағалы қағаздар рыногының кәсіби қатысушылары қызметінің және бағалы қағаздар рыногында лицензияланатын басқа да қызмет түрлерінің, акционерлік инвестициялық қорлар және микроқаржылық қызметті жүзеге асыратын ұйымдар қызметінің мақсаттары үшін офшорлық аймақтардың тізбесін белгілеу туралы" Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 24 ақпандағы № 8 қаулысымен белгіленетін оффшорлық аймақтарда тіркелген заңды тұлға (оның ірі қатысушысы (ірі акционері) болып табылатын жағдайлар;</w:t>
+              <w:t xml:space="preserve">
+4) Банктер туралы заңның 17-бабының 5-тармағында көзделген жағдайды қоспағанда, қаржы ұйымының ірі қатысушысы, банк немесе сақтандыру холдингі мәртебесін иелену бойынша мәміледе иеленуші тарап тізбесі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20095 болып тіркелген "Банктік және сақтандыру қызметінің, бағалы қағаздар рыногының кәсіби қатысушылары қызметінің және бағалы қағаздар рыногында лицензияланатын басқа да қызмет түрлерінің, акционерлік инвестициялық қорлар және микроқаржылық қызметті жүзеге асыратын ұйымдар қызметінің мақсаттары үшін офшорлық аймақтардың тізбесін белгілеу туралы" Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 24 ақпандағы № 8 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> белгіленетін оффшорлық аймақтарда тіркелген заңды тұлға (оның ірі қатысушысы (ірі акционері) болып табылатын жағдайлар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) көрсетілетін қызметті алушының Қазақстан Республикасының заңнамалық актілерінде белгіленген қаржы ұйымының ірі қатысушыларына, банк немесе сақтандыру холдингтеріне қойылатын өзге де талаптарды сақтамауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9048,51 +8880,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктің немесе банк холдингінің ірі қатысушысы мәртебесін алуға келісім алу үшін - Қазақстан Республикасының бейрезидент қаржы ұйымы-көрсетілетін қызметті алушыда мұндай лицензия (рұқсат) сол мемлекеттің заңнамасы бойынша талап етілетін жағдайларда өзі резиденті болып табылатын мемлекеттің заңнамасы бойынша қаржылық қызметті жүзеге асыруға лицензияның (рұқсаттың) болмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8) көрсетілетін қызметті алушыда - Қазақстан Республикасының бейрезиденті-заңды тұлғада (не банктің ірі қатысушысы немесе банк холдингі мәртебесін алған жағдайда оның бас ұйымында) көрсетілген рейтингтің болуы қаржы ұйымының орналастырылған акцияларының 10 (он) немесе одан да көп пайызын тікелей иеленетін немесе талап етілетін ең төмен рейтингі бар қаржы ұйымының дауыс беретін акцияларының 10 (он) немесе одан да көп пайызымен дауыс беру мүмкіндігі бар қаржы ұйымының ірі қатысушысы болып табылатын, Қазақстан Республикасының бейрезидент - заңды тұлғасының акцияларын (қатысу үлестерін) иелену (дауыс беру) арқылы қаржы ұйымының орналастырылған акцияларының 10 (он) немесе одан да көп пайызын тікелей иеленуді немесе қаржы ұйымының орналастырылған акцияларының 10 (он) немесе одан да көп пайызымен дауыс беруді көздейтін Қазақстан Республикасының бейрезидент - заңды тұлғасы үшін талап етілмейтін жағдайларды қоспағанда, тізбесі № 385 қаулымен белгіленетін халықаралық рейтингтік агенттіктердің бірінің ең аз талап етілетін рейтингінің болмауы;</w:t>
+8) көрсетілетін қызметті алушыда – Қазақстан Республикасының бейрезиденті-заңды тұлғада (не банктің ірі қатысушысы немесе банк холдингі мәртебесін алған жағдайда оның бас ұйымында) көрсетілген рейтингтің болуы қаржы ұйымының орналастырылған акцияларының 10 (он) немесе одан да көп пайызын тікелей иеленетін немесе талап етілетін ең төмен рейтингі бар қаржы ұйымының дауыс беретін акцияларының 10 (он) немесе одан да көп пайызымен дауыс беру мүмкіндігі бар қаржы ұйымының ірі қатысушысы болып табылатын, Қазақстан Республикасының бейрезидент - заңды тұлғасының акцияларын (қатысу үлестерін) иелену (дауыс беру) арқылы қаржы ұйымының орналастырылған акцияларының 10 (он) немесе одан да көп пайызын тікелей иеленуді немесе қаржы ұйымының орналастырылған акцияларының 10 (он) немесе одан да көп пайызымен дауыс беруді көздейтін Қазақстан Республикасының бейрезидент - заңды тұлғасы үшін талап етілмейтін жағдайларды қоспағанда, тізбесі № 385 қаулымен белгіленетін халықаралық рейтингтік агенттіктердің бірінің ең аз талап етілетін рейтингінің болмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9) қаржы ұйымының қаржылық жай-күйі ықтимал нашарлаған жағдайда қаржы ұйымын қайта капиталдандырудың ұсынылған жоспарының тиімсіз болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9101,304 +8933,362 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10) көрсетілетін қызметті алушы жеке тұлғада, көрсетілетін қызметті алушы - заңды тұлғаның басшы қызметкерінде мінсіз іскерлік беделдің болмауы. Осы тармақтың мақсаты үшін мінсіз іскерлік беделінің болмауы Банктер туралы заңның 20-бабының 7-тармағында, Сақтандыру туралы заңның 34-бабының 7-тармағында, Бағалы қағаздар рыногы туралы заңның 54-бабының 6-тармағында айқындалған өлшемшарттар болып табылады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+11) көрсетілетін қызметті алушы бұрын көрсетілетін қызметті беруші немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің қаржылық қадағалау органы банкті төлем жасауға қабілетсіз банктер санатына жатқызу немесе оның акцияларын мәжбүрлеп сатып алу туралы, қаржы ұйымын, оның ішінде олардың таратылуына және (немесе) қаржы нарығында өз қызметін жүзеге асыруды тоқтатуына алып келген Қазақстан Республикасының бейрезидент-қаржы ұйымын лицензиясынан айыру туралы, сондай-ақ Қазақстан Республикасының заңнамасында немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің заңнамасында белгіленген тәртіппен қаржы ұйымын, оның ішінде Қазақстан Республикасының бейрезидент-қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы шешім қабылдағанға дейін бір жылдан аспайтын кезеңде ірі қатысушы - жеке тұлға не ірі қатысушы - заңды тұлғаның бірінші басшысы және (немесе) қаржы ұйымының, оның ішінде Қазақстан Республикасының бейрезидент-қаржы ұйымының басшы қызметкері болып табылған не болып табылатын жағдайлар. Көрсетілген талап көрсетілетін қызметті беруші немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің қаржылық қадағалау органы Қазақстан Республикасының заңнамасында белгіленген тәртіппен банкті төлем жасауға қабілетсіз банктер санатына жатқызу, оның акцияларын мәжбүрлеп сатып алу туралы, қаржы ұйымын, оның ішінде олардың таратылуына және (немесе) қаржы нарығында өз қызметін жүзеге асыруды тоқтатуына алып келген Қазақстан Республикасының бейрезидент-қаржы ұйымын лицензиядан айыру туралы, сондай-ақ Қазақстан Республикасының заңнамасында немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің заңнамасында белгіленген тәртіппен қаржы ұйымын, оның ішінде Қазақстан Республикасының бейрезидент-қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы шешім қабылдағаннан кейін бес жыл бойы қолданылады. Осы абзацтың мақсаттары үшін қаржы ұйымы ретінде сондай-ақ Қазақстан Республикасының бейрезидент-банкінің филиалы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы түсіндіріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы тармақшаның Қазақстан Республикасының бейрезидент-қаржы ұйымына қатысты бөлігіндегі шарттары көрсетілетін қызметті алушыға банктің немесе банк холдингінің ірі қатысушысы мәртебесін иеленуге келісім беруден бас тартқан кезде қолданылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы, сақтандыру холдингі мәртебесін иеленгісі келетін көрсетілетін қызметті алушы - заңды тұлға орналасқан елдің қаржы ұйымдарын шоғырландырылған қадағалау саласындағы заңнаманың Қазақстан Республикасының заңнамалық актілерінде белгіленген шоғырландырылған қадағалау жөніндегі талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+банк холдингі мәртебесін иеленгісі келетін Қазақстан Республикасының бейрезидент қаржы ұйымының Банктер туралы заңның 17-1-бабының 1-1-тармағында көзделген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) Қазақстан Республикасының бейрезиденттері – қаржы ұйымдары болып табылатын ірі қатысушылар - заңды тұлғалар, сақтандыру холдингтері бойынша көрсетілетін қызметті берушінің нормативтік құқықтық актісінде белгіленген жағдайларды қоспағанда, көрсетілетін қызметті беруші мен көрсетілетін қызметті алушы резиденті болып табылатын мемлекеттің қаржылық қадағалау органдары арасында ақпарат алмасуды көздейтін келісімнің болмауы (инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иелену жағдайларын қоспағанда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе инвестициялық портфельді басқарушының ірі қатысушысы, сақтандыру холдингі мәртебесін иеленгісі келетін көрсетілетін қызметті алушы-қаржы ұйымы өзі орналасқан елде шоғырландырылған негізде қадағалауға жатпайтын жағдайлар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+банк холдингі, банктің ірі қатысушысы мәртебесін иеленгісі келетін Қазақстан Республикасының бейрезиденті-көрсетілетін қызметті алушы қаржы ұйымы өзі орналасқан елде шоғырландырылған негізде қадағалауға жатпайтын жағдайлар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) Қазақстан Республикасының бейрезидентері - банк конгломератына немесе сақтандыру тобына қатысушылар орналасқан елдің заңнамасы олардың және банк конгломератының немесе сақтандыру тобының Қазақстан Республикасының заңдарында көзделген талаптарды орындауына мүмкіндік бермейтіндігіне байланысты банк конгломератына немесе сақтандыру тобына шоғырландырылған қадағалау жүргізудің мүмкін болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) банкті ашуға рұқсат беруден бас тарту үшін негіздердің болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17) инвестициялық портфельді басқарушының немесе сақтандыру (қайта сақтандыру) ұйымының немесе сақтандыру холдингінің ірі қатысушысы мәртебесін иеленген, ұсынылған құжаттар осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында және Қағидалардың 31-тармағында көрсетілген талаптарға сәйкес келмеген жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18) ұсынылған құжаттар бойынша көрсетілетін қызметті берушінің ескертулерді жоймауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19) инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иелену жағдайында осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көрсетілген құжаттарды ұсынбау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21) көрсетілетін қызметті алушыға қатысты соны негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алумен байланысты арнайы құқығынан айырылған заңды күшіне енген сот шешімінің болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-11) көрсетілетін қызметті алушы бұрын көрсетілетін қызметті беруші немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің қаржылық қадағалау органы банкті төлем жасауға қабілетсіз банктер санатына жатқызу немесе оның акцияларын мәжбүрлеп сатып алу туралы, қаржы ұйымын, оның ішінде олардың таратылуына және (немесе) қаржы нарығында өз қызметін жүзеге асыруды тоқтатуына алып келген Қазақстан Республикасының бейрезидент-қаржы ұйымын лицензиясынан айыру туралы, сондай-ақ Қазақстан Республикасының заңнамасында немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің заңнамасында белгіленген тәртіппен қаржы ұйымын, оның ішінде Қазақстан Республикасының бейрезидент-қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы шешім қабылдағанға дейін бір жылдан аспайтын кезеңде ірі қатысушы - жеке тұлға не ірі қатысушы - заңды тұлғаның бірінші басшысы және (немесе) қаржы ұйымының, оның ішінде Қазақстан Республикасының бейрезидент-қаржы ұйымының басшы қызметкері болып табылған не болып табылатын жағдайлар. Көрсетілген талап көрсетілетін қызметті беруші немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің қаржылық қадағалау органы Қазақстан Республикасының заңнамасында белгіленген тәртіппен банкті төлем жасауға қабілетсіз банктер санатына жатқызу, оның акцияларын мәжбүрлеп сатып алу туралы, қаржы ұйымын, оның ішінде олардың таратылуына және (немесе) қаржы нарығында өз қызметін жүзеге асыруды тоқтатуына алып келген Қазақстан Республикасының бейрезидент-қаржы ұйымын лицензиядан айыру туралы, сондай-ақ Қазақстан Республикасының заңнамасында немесе резиденті Қазақстан Республикасының бейрезидент-қаржы ұйымы болып табылатын мемлекеттің заңнамасында белгіленген тәртіппен қаржы ұйымын, оның ішінде Қазақстан Республикасының бейрезидент-қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы шешім қабылдағаннан кейін бес жыл бойы қолданылады. Осы абзацтың мақсаттары үшін қаржы ұйымы ретінде сондай-ақ Қазақстан Республикасының бейрезидент-банкінің филиалы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы түсіндіріледі. </w:t>
-[...215 lines deleted...]
-20) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+22) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес ұсынылатын көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-21) көрсетілетін қызметті алушыға қатысты соны негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алумен байланысты арнайы құқығынан айырылған заңды күшіне енген сот шешімінің болуы; </w:t>
-[...17 lines deleted...]
-22) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес ұсынылатын көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
+23) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес айқындалған өтініш беруші заңды тұлғаның бенефициарлық меншік иесінде қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру саласында алынбаған немесе жойылмаған сотталғандығының болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк немесе сақтандыру холдингі мәртебесін иеленуге келісім беру бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17334,181 +17224,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Банктің, банк холдингінің</w:t>
+              <w:t>Банктің, банк холдингінің ірі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ірі қатысушысы, сақтандыру</w:t>
+              <w:t>қатысушысы, сақтандыру (қайта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(қайта сақтандыру) ұйымының, </w:t>
+              <w:t>сақтандыру) ұйымының,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сақтандыру холдингінің ірі </w:t>
+              <w:t>сақтандыру холдингінің ірі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қатысушысы, инвестициялық </w:t>
+              <w:t>қатысушысы, инвестициялық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">портфельді басқарушының ірі </w:t>
+              <w:t>портфельді басқарушының ірі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қатысушысы мәртебесін </w:t>
+              <w:t>қатысушысы мәртебесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">иеленуге келісім беру, оны кері </w:t>
+              <w:t>иеленуге келісім беру, оны кері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қайтарып алу қағидаларына </w:t>
+              <w:t>қайтарып алу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және көрсетілген келісімді алу </w:t>
+              <w:t>және көрсетілген келісімді алу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">үшін табыс етілетін құжаттарға </w:t>
+              <w:t>үшін табыс етілетін құжаттарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қойылатын талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17594,93 +17484,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш берушінің кірістері мен мүлкі туралы мәліметтер, сондай-ақ оның барлық міндеттемелері бойынша нақты берешегі туралы ақпарат</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.04.2021 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 56</w:t>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="59"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тегі, аты және әкесінің аты (ол бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17724,51 +17612,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________</w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өтініш берушінің кірістері мен мүлкі, сондай-ақ оның барлық міндеттемелері бойынша бар берешегі туралы ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -18285,51 +18173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалақы</w:t>
+Еңбекақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19347,51 +19235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кірістің басқа түрлері (талдамасымен)</w:t>
+Кірістің басқа түрлері (ашып жазумен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19632,50 +19520,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19700,158 +19589,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақша:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...106 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -19873,820 +19654,740 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Х</w:t>
-[...71 lines deleted...]
-Х</w:t>
+X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.2</w:t>
+ұлттық валютамен,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.3</w:t>
+банктік шоттардағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолма-қол ақшамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 X</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.4</w:t>
+шетел валютасымен,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.5</w:t>
+банктік шоттардағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолма-қол ақшамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20714,84 +20415,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2n</w:t>
+2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалы қағаздар (эмитенттің атауын көрсете отырып), оның ішінде жай акциялар, артықшылықты акциялар, облигациялар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20805,61 +20510,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20887,156 +20588,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық міндеттемелер бойынша берешек</w:t>
+Қаржы ұйымының ірі қатысушысына тиесілі акциялар санының ұйымның (атауын көрсете отырып) дауыс беретін акцияларының жалпы санына арақатынасы немесе олардың, оның ішінде Қазақстан Республикасы бейрезиденттерінің жарғылық капиталына қатысу үлестері (пайызбен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21064,87 +20765,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.1</w:t>
+2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтелмеген қарыздар</w:t>
+Жылжымайтын мүлік (атауы мен орналасқан жерін көрсете отырып)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21159,61 +20860,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21241,87 +20938,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.2</w:t>
+2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар бойынша мерзімі өткен берешек</w:t>
+Басқа да мүлік (ашып жазумен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21336,61 +21033,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21418,88 +21111,84 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.3</w:t>
+2n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21595,50 +21284,758 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық міндеттемелер бойынша берешек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтелмеген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар бойынша мерзімі өткен берешек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндеттемелер бойынша өзге берешек (талдамасымен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -21747,52 +22144,52 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      кестенің жалғасы </w:t>
+        <w:t>
+      кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -24537,127 +24934,530 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...60 lines deleted...]
-        <w:t>" 2003 жылғы 2 шілдедегі Қазақстан Республикасының Заңдарына сәйкес мемлекеттік кірістер органдарына активтер мен міндеттемелер туралы декларацияны ұсынатын айдың 1 (бірінші) күнінің алдындағы 12 (он екі) айға тең кезең есепті кезең болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      Ескертпе: Банктің, банк холдингінің ірі қатысушысы, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингінің ірі қатысушысы, инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иелену үшін "Қазақстан Республикасындағы банктер және банк қызметі туралы", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Сақтандыру қызметі туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Бағалы қағаздар рыногы туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Заңдарына сәйкес мемлекеттік кірістер органдарына активтер мен міндеттемелер туралы декларацияны ұсынатын айдың 1 (бірінші) күнінің алдындағы 12 (он екі) айға тең кезең есепті кезең болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы ақпарат тексерілгенін және дәйекті және толық болып табылатынын растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24666,88 +25466,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________ </w:t>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты және әкесінің аты (ол бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ______________________ </w:t>
+        <w:t>
+      ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -24924,68 +25724,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="60"/>
+    <w:bookmarkStart w:name="z130" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының бейрезиденті болып табылатын өтініш берушінің басшы қызметкерлерінің мінсіз іскерлік беделін растайтын мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Талаптар 5-қосымшамен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 19.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25858,322 +26658,322 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2012 жылғы 24 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 67 қаулысының қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="61"/>
+    <w:bookmarkStart w:name="z122" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған нормативтік құқықтық актілердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z123" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z123" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Банктің, банк холдингiнiң iрi қатысушысы, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингiнiң iрi қатысушысы, ашық жинақтаушы зейнетақы қорының iрi қатысушысы мәртебесін иеленуге келiсiмдi беру, беруден бас тарту, қайтарып алу ережесін бекіту туралы" 2008 жылғы 25 қаңтардағы № 7 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 5165 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z124" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z124" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Банктің, банк холдингiнiң iрi қатысушысы, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингiнiң iрi қатысушысы, ашық жинақтаушы зейнетақы қорының iрi қатысушысы мәртебесін иеленуге келiсiмдi беру, беруден бас тарту, қайтарып алу ережесін бекіту туралы" 2008 жылғы 25 қаңтардағы № 7 қаулысына өзгеріс пен толықтыру енгізу туралы" 2008 жылғы 29 қазандағы № 174 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 5397 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z125" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z125" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Банктің, банк холдингiнiң iрi қатысушысы, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингiнiң iрi қатысушысы, ашық жинақтаушы зейнетақы қорының iрi қатысушысы мәртебесін иеленуге келiсiмдi беру, беруден бас тарту, қайтарып алу ережесін бекіту туралы" 2008 жылғы 25 қаңтардағы № 7 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2009 жылғы 27 ақпандағы № 33 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 5618 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z126" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z126" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігінің кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" 2010 жылғы 29 наурыздағы № 49 қаулысымен (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 6204 тіркелген, 2010 жылдың 3 қарашасында № 456 (26299) "Егемен Қазақстан" газетінде жарияланған) бекітілген Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігінің кейбір нормативтік құқықтық актілеріне енгізілетін толықтырулар мен өзгерістер тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z127" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z127" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Банктің, банк холдингiнiң iрi қатысушысы, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингiнiң iрi қатысушысы, ашық жинақтаушы зейнетақы қорының iрi қатысушысы мәртебесін иеленуге келiсiмдi беру, беруден бас тарту, қайтарып алу ережесін бекіту туралы" 2008 жылғы 25 қаңтардағы № 7 қаулысына өзгерістер мен толықтырулар енгізу туралы" 2010 жылғы 29 қарашадағы № 172 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 6720 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>