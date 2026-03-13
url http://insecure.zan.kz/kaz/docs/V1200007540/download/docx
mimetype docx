--- v0 (2025-10-26)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4a8727" w14:textId="f4a8727">
+    <w:p w14:paraId="9894b05" w14:textId="9894b05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -149,129 +149,129 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Инвестициялық және венчурлік қорлар туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Инвестициялық және венчурлік қорлар туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 37-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 93</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -829,106 +829,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағиданың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 28.10.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қаржы құралдарын және инвестициялық қор активтерінің құрамына кіретін өзге де мүлікті инвестициялау қағидалары (бұдан әрі – Қағидалар) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және акционерлік және инвестициялық пай қорлары активтерінің құрамына кіретін қаржы құралдарын және өзге мүлікті инвестициялау тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -947,68 +931,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Қағидалардың мақсаттары үшін мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) баға белгілеу – почта, электронды немесе факсимильді байланыс арқылы алынған қаржы құралдары бойынша қарсы әріптестерінің баға ұсыныстары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1171,51 +1157,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарушы компания инвестициялық қордың активтерін инвестициялық басқаруды Заңның, осы Қағидалардың, "Инвестициялық портфельді басқару жөнiндегi қызметті жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 3 ақпандағы № 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1230,51 +1216,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9248 тіркелген), "Бағалы қағаздар нарығында брокерлік және дилерлік қызметті, инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 27 тамыздағы № 214 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8796 тіркелген) талаптарына және инвестициялық қордың инвестициялық декларациясына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1293,90 +1279,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        3. Басқарушы компания брокерлік және (немесе) дилерлік қызметті жүзеге асыруға лицензиясы болған кезде не Қазақстан Республикасының немесе шет мемлекеттің (Қазақстан Республикасынан тыс жерлерде инвестициялық қор активтерінің есебінен мәмілелер жасаған кезде) заңнамасына сәйкес қаржы құралдарымен мәмілелер жасау құқығына ие заңды тұлғалардың қызметтерін пайдалана отырып, инвестициялық басқаруға қабылданған инвестициялық қорлар активтерінің есебінен мәмілелерді дербес жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z49" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z49" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарушы компания инвестициялық басқаруға қабылдаған инвестициялық қор активтерінің есебінен бастапқы ұйымдастырылмаған нарықтағы мемлекеттік емес бағалы қағаздармен (оларды орналастырған кезде), сондай-ақ бағалы қағаздардың ұйымдастырылған нарығында айналысқа жіберілмеген бағалы қағаздармен және заңды тұлғалардың жарғылық капиталында қатысу үлестерімен мәмілелерді басқарушы компания дербес жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1395,50 +1381,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Басқарушы компания қаржы құралдарымен мәмілелер жасаған кезде "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1453,50 +1440,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыру қағидаларын, брокердің және (немесе) дилердің банк операцияларын жүргізу тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 3 ақпандағы № 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9249 болып тіркелген) белгіленген талаптарды басшылыққа алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1515,170 +1503,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        5. Егер инвестициялық қордың инвестициялық портфелін басқару бойынша шартымен басқарушы компания осы шарттың талаптарын орындалуын үшінші тұлғаға беру мүмкіндігі көзделсе, онда шарт мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акционерлік инвестициялық қордың не инвестициялық пай қорының ұстаушылары алдындағы міндеттемелері бойынша басқарушы компанияның жауапкершілігін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы Қағидаларды және осы инвестициялық қордың инвестициялық декларациясын сақтауымен инвестициялық қордың активтерін басқару шартын көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Басқарушы компания инвестициялық басқарудағы ашық және аралық инвестициялық пай қорларының және жылжымайтын мүлік қорларының активтерін Заңның 37-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген акционерлік және инвестициялық пай қорлары активтерінің құрамына кіруі мүмкін қаржы құралдарының тізбесіне инвестициялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарушы компанияда инвестициялық басқаруындағы акционерлік инвестициялық қорлардың (жылжымайтын мүлік қорларын қоспағанда) және жабық инвестициялық қорларының активтері инвестициялық қордың инвестициялық декларациясында белгіленген инвестициялау объектілерінің тізбесінде инвестицияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1697,70 +1685,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        7. Жылжымайтын мүлік қорларының, ашық және аралық инвестициялық пай қорларының активтері есебінен туынды қаржы құралдарымен мәмілелер жасауға осы туынды қаржы құралдары Заңның 37-бабының 3-тармағына сәйкес айқындалған акционерлік және инвестициялық пай қорлары активтерінің құрамына кіре алатын қаржы құралдарының тізбесінде көзделген жағдайда хеджирлеу мақсаты үшін рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1779,70 +1767,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарушы компания инвестициялық қор активтерін инвестициялауды Қағидаларда және инвестициялық қордың инвестициялық декларациясында белгіленген инвестициялау лимиттерін сақтаған кезде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1861,130 +1849,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="17"/>
+    <w:bookmarkStart w:name="z52" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1. Инвестициялық қордың активтерінің есебінен жасалған инвестициялардың жиынтық мөлшері Қағидалардың 8-2-тармағында белгіленген қаржы құралдарын қоспағанда, инвестициялық қордың активтерінің есебінен бір тұлға және оның үлестес тұлғалары шығарған (ұсынған) қаржы құралдарына инвестициялардың жиынтық мөлшері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z53" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z53" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық немесе аралық инвестициялық пай қоры үшін таза активтер құнының жиырма пайызынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z54" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z54" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) акционерлік инвестициялық қор және жабық инвестициялық пай қоры үшін таза активтер құнының отыз пайызынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z55" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z55" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақшаға, орталық контрагенттің қатысуымен жасалған кері репо операцияларының мәні болып табылатын бағалы қағаздарға, Қазақстан Республикасының мемлекеттік бағалы қағаздарына, Exchange Traded Funds-тың (Эксчейндж Трэйдэд Фандстың) баға құру қор индекстеріне байланысты пайларына қатысты ашық, аралық және жабдық инвестициялық пай қорының және акционерлік инвестициялық қорының активтері құнының бір жүз пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2003,110 +1991,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="21"/>
+    <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2. Дауыс беретін акцияларының елу пайыздан астамы мемлекетке немесе ұлттық басқарушы холдингке немесе ұлттық холдингке және оның қызметін ұлттық экономиканың бір саласында жүзеге асыратын үлестес тұлғаларына тиесілі болатын бір тұлға шығарған (ұсынған) қаржы құраларына инвестициялық қордың активтерінің есебінен жасалған инвестициялардың жиынтық мөлшері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z57" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z57" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық немесе аралық инвестициялық пай қоры үшін таза активтер құнының отыз пайызынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z58" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) акционерлік инвестициялық қор және жабық инвестициялық пай қоры үшін таза активтер құнының елу пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2125,70 +2113,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="24"/>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-3. Қағидалардың 8-1 және 8-2-тармақтарыда көрсетілген қаржы құралдарына инвестициялық қорлар активтерінің есебінен инвестициялардың жиынтық мөлшері тәуекелмен инвестицияланатын инвестициялық қорлардың активтері құнының бір жүз пайызынан және жылжымайтын мүлік қорының таза активтері құнының жиырма пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2207,250 +2195,332 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      8-4. Қағидалардың 8-1 және 8-2-тармақтарында көрсетілген қаржы құралдарына биржалық пай қорының (Exchange Traded Fund) (ETF) (Эксчейндж Трэйдэд Фанд) активтері есебінен инвестициялардың жиынтық мөлшері инвестициялық қордың инвестициялық декларациясымен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-4-тармақпен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       9. Басқарушы компания инвестициялық қор (тәуекелмен инвестицияланатын инвестициялық қорларды қоспағанда) активтерін басқару процесінде мыналарды болжайтын инвестициялық шешімдерді қабылдамайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эмитентте дефолт болған (эмитенттің бағалы қағаздарын және басқа міндеттемелерін эмитенттің міндеттемелерін қайта құрылымдау мақсатында шығарылған осы эмитенттің бағалы қағаздарына айырбастауды қоспағанда) не қор биржасының осы қаржы құралдарымен сауда-саттықты тоқтау күнінен бастап акционерлік инвестициялық қордың, сондай-ақ ашық және инвестициялық аралық пай қорының активтері есебінен қаржы құралдарын сатып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымдастырылмаған нарықта талаптарында мәміле мәні болып табылатын қаржы құралдарын қайта сатып алу не қайта сату міндеттемесі көзделген қаржы құралдарымен мәмілелер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ашық және инвестициялық аралық пай қорларының активтерімен жай серіктестіктерде қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инвестициялық шешім қабылдау күнінде теріс меншікті капиталы бар шаруашылық серіктестіктерде қатысу үлесін сатып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) активтерінің елу пайызынан астамы сот талқылауының мәні болып табылатын заңды тұлғалар шығарған (ұсынған) қаржы құралдарын сатып алу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Инвестициялық қордың активтері есебінен мәмілелер мынадай талаптарды орындау кезінде халықаралық (шетелдік) бағалы қағаздар нарығында жасалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z1" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z1" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акцияларды (акциялар олардың базалық активі болып табылатын депозитарлық сенімхаттарды) сатып алу бойынша мәміле Bloomberg немесе Reuters ақпараттық талдау жүйелерінде ұсынылған ақпаратқа сәйкес осы қаржы құралы айналысында болған халықаралық (шетелдік) қор биржаларында мәміле жасау күнінде болған осы қаржы құралы бойынша бағасының барынша көп мәнінен аспайтын баға бойынша жасалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z37" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) акцияларды (акциялар олардың базалық активі болып табылатын депозитарлық сенімхаттарды) сату бойынша мәміле Bloomberg немесе Reuters ақпараттық талдау жүйелерінде ұсынылған ақпаратқа сәйкес осы қаржы құралдары айналысында болған халықаралық (шетелдік) қор биржаларында мәміле жасау күнінде болған осы қаржы құралы бойынша бағасының ең аз мәнінен аспайтын баға бойынша жасалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z38" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) борыштық бағалы қағаздар бойынша, principal protected notes қоспағанда, сондай-ақ туынды қаржы құралдары бойынша Bloomberg немесе Reuters ақпараттық талдау жүйелерінен сатып алуға және (немесе) сатуға баға белгілеулердің талдамасы бар не осындай баға белгілеулер болмаған жағдайда әртүрлі үш қарсы әріптестің кем дегенде үш баға белгілеуі болады. Қарсы әріптестің осы қаржы құралы бойынша баға ұсыныстары болмаған жағдайда қарсы әріптестің баға белгілеулерінің жоқтығы немесе қаржы құралына баға белгілеуден бас тартуы туралы хабарламасы мәміле жасау туралы есепке (құжатқа) енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2469,130 +2539,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        11. Инвестициялық қордың активтері есебінен рrincipal protected notes сатып алу кезінде есеп айырысулар "жеткізілім төлемге қарсы" қағидаты бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқарушы компания инвестициялық қордың активтері есебінен мүлікті сатып алуды сатып алынатын мүлікке қатысты инвестициялық қордың меншік құқығын белгілейтін құжаттарды ресімдеу жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Инвестициялық қор активтері құрылымының осы Қағидаларда және (немесе) инвестициялық декларацияда белгіленген талаптарға сәйкес келмеуіне әкеп соқтырған, басқарушы компанияның іс-қимылына байланысты емес жағдайлар туындаған кезде басқарушы компания осындай сәйкессіздікке байланысты инвестициялық қызметін тоқтатады және бір жұмыс күні ішінде уәкілетті органға іс-шаралардың атауын, оларды орындауға жауапты басқарушы компанияның басшы қызметкерлерін және орындау мерзімін көрсете отырып, сәйкессіздікті жою жөніндегі іс-шаралар жоспарын қоса беріп, осындай сәйкессіздік фактісі мен себептері туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган іс-шаралар жоспарын бес жұмыс күні ішінде қарайды. Уәкілетті орган іс-шаралар жоспарын мақұлдаған жағдайда басқарушы компания оны іске асыруға кіріседі және уәкілетті органға іс-шаралар жоспарында белгіленген іс-шараларды орындаудың мерзімі аяқталған соң бес жұмыс күнінен кешіктірмей іс-шаралардың орындалуы туралы есеп береді. Іс-шаралар жоспарына қатысты уәкілетті органның ескертулерін алған кезде басқарушы компания уәкілетті органның іс-шаралар жоспарын қарау нәтижелері туралы хат алған күннен бастап бес жұмыс күнінен кешіктірмей түзетілген іс-шаралар жоспарын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>