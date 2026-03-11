--- v0 (2025-12-30)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8b5b463" w14:textId="8b5b463">
+    <w:p w14:paraId="4dc331d" w14:textId="4dc331d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -11237,51 +11237,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100-7. Куәлар нотариус жасаған құпия өсиетті ашу және жария ету хаттамасымен танысады, содан кейін куәлар мен нотариус қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
     <w:bookmarkStart w:name="z511" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      100-8. Ашылған конверттен шыққан құпия өсиеттің түпнұсқасы, ашылған конверттермен бірге нотариус жасаған хаттаманың түпнұсқасы, сондай-ақ өсиет қалдырушының қайтыс болғаны туралы куәліктің немесе хабарламаның көшірмесі нотариустың мұрағатында сақталады.</w:t>
+      100-8. Ашылған конверттен шыққан құпия өсиеттің түпнұсқасы, ашылған конверттермен бірге нотариус жасаған хаттаманың түпнұсқасы, сондай-ақ өсиет қалдырушының қайтыс болғаны туралы куәліктің немесе хабарламаның көшірмесі нотариустың архивінде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құпия өсиетте көрсетілген мұрагерлерге құпия өсиетті ашу және жария ету хаттамасының нотариалды куәландырылған көшірмесі беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11295,50 +11295,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 100-8-тармақ жаңа редакцияда – ҚР Әділет министрінің 19.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 788</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Әділет министрінің 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -14241,51 +14261,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z188" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      133. Өсиет бойынша мұраға құқығы туралы куәлікті бергенге дейін, өсиетті басқа нотариус куәландырған жағдайда, өсиет бойынша мұрагер өсиеттің сақталған жерінен өсиеттің өзгермегені және жойылмағаны туралы мәліметті нотариусқа ұсынады. Аталған мәліметтер күні қойылып, құзыретті тұлғаның қолымен және мөрімен бекітіліп, өсиетте өзінде және бөлек құжатта (өсиет мұрағатта сақталғанда) жазылуы тиіс.</w:t>
+      133. Өсиет бойынша мұраға құқығы туралы куәлікті бергенге дейін, өсиетті басқа нотариус куәландырған жағдайда, өсиет бойынша мұрагер өсиеттің сақталған жерінен өсиеттің өзгермегені және жойылмағаны туралы мәліметті нотариусқа ұсынады. Аталған мәліметтер күні қойылып, құзыретті тұлғаның қолымен және мөрімен бекітіліп, өсиетте өзінде және бөлек құжатта (өсиет архивте сақталғанда) жазылуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер өсиет бойынша мұраға құқық туралы куәлік құпия өсиет негізінде берілсе, онда мұра ашылған жердегі нотариусқа мұрагер мұраға құқық туралы куәлікті алу үшін құпия өсиетті ашу және жария ету хаттамасының нотариалды куәландырылған көшірмесін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14317,50 +14337,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 133-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Әділет министрінің 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -20607,51 +20647,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z298" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       212. Жазбаша және айғақты заттар оларды қарау жолымен қамтамасыз етіледі. Қарау нотариусқа алып келу мүмкін емес дәлелдердің тұрған жерінде жүргізіледі.</w:t>
+      212. Жазбаша және айғақты заттар оларды қарау жолымен қамтамасыз етіледі. Қарау нотариусқа алып келу мүмкін емес дәлелдердің тұрған жерінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
     <w:bookmarkStart w:name="z299" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213. Жазбаша және айғақты заттарды қарау нәтижелері туралы хаттама жасалады, онда мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
@@ -20764,69 +20804,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дәлелдемелерді қараудың нәтижелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дәлелдемелерді қарау хаттамасына қарауға қатысушылар, нотариус қол қояды және нотариустың мөрінің бедерімен бекітіледі. Хаттаманың бір данасы өтініш берушіге беріледі, екіншісі – нотариаттық мұрағаттық қорда қалады.</w:t>
+      Дәлелдемелерді қарау хаттамасына қарауға қатысушылар, нотариус қол қояды және нотариустың мөрінің бедерімен бекітіледі. Хаттаманың бір данасы өтініш берушіге беріледі, екіншісі – нотариаттық архивтік қорда қалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір беттен артық бетке жазылған хаттама нөмірленеді, бауланады және нотариустың қолымен және мөрдің бедерімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 213-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z292" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24. Суррогат ана болу шарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23702,624 +23804,720 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z457" w:id="364"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      228-тармақ жаңа редакцияда көзделген - ҚР Әділет министрінің 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (06.03.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228. Атқарушылық жазбаны пошталық хабарламаға сәйкес табыс еткен не өзге де байланыс құралдарын пайдалану кезінде жеткізуді тіркеген күннен бастап он жұмыс күні өткеннен кейін және борышкер тарапынан қойылған талаптарға қарсылықтар туралы жазбаша өтініш болмаған кезде нотариус өндіріп алушыға оны сот орындаушысына орындауға борышкердің тұрғылықты жері немесе орналасқан жері бойынша орындауға не оның өтініші бойынша тиісті әділет органына электрондық түрдегі электрондық цифрлық қолтаңбамен куәландырған атқарушылық жазбаны БНАЖ арқылы "Атқарушылық іс жүргізу органдары" мемлекеттік автоматтандырылған ақпараттық жүйесінде өндіріп алушы таңдаған сот орындаушысына не өңірлік палатаға өндіріп алушының атқарушылық жазбаны орындауға беру туралы сканерленген өтінішін қоса бере отырып жолдайды.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 228-тармақ жаңа редакцияда – ҚР Әділет министрінің 19.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 788</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z458" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229. Егер борышкерден он жұмыс күні ішінде өзіне қойылған талапқа жазбаша қарсылық келіп түссе, нотариус мәлімделген талапқа қарсы қарсылық алған күннен бастап үш жұмыс күнінен кешіктірмей атқарушылық жазбаның күшін жою туралы қаулы шығарады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер борышкердiң қарсылығы бойынша атқарушылық жазбаның күшiн жоюдан бас тартылса, онда нотариус жоғарыда көрсетiлген мерзiмде атқарушылық жазбаның күшiн жоюдан бас тарту себептерiн көрсете отырып, бұл туралы борышкерге жазбаша хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 228-тармақ жаңа редакцияда – ҚР Әділет министрінің 19.09.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 229-тармақ жаңа редакцияда – ҚР Әділет министрінің 19.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 788</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z458" w:id="365"/>
-[...15 lines deleted...]
-      229. Егер борышкерден он жұмыс күні ішінде өзіне қойылған талапқа жазбаша қарсылық келіп түссе, нотариус мәлімделген талапқа қарсы қарсылық алған күннен бастап үш жұмыс күнінен кешіктірмей атқарушылық жазбаның күшін жою туралы қаулы шығарады.</w:t>
+    <w:bookmarkStart w:name="z459" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230. Мәлімделген талапқа қарсылықты борышкер жазбаша түрде нотариустың жеке өзіне береді не хабарламамен пошта арқылы не нотариустың электрондық поштасына жіберіледі және кіріс құжаттарын тіркеу журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер борышкердiң қарсылығы бойынша атқарушылық жазбаның күшiн жоюдан бас тартылса, онда нотариус жоғарыда көрсетiлген мерзiмде атқарушылық жазбаның күшiн жоюдан бас тарту себептерiн көрсете отырып, бұл туралы борышкерге жазбаша хабарлайды.</w:t>
+      Заңды тұлғаның атынан берілетін өтінішке бірінші басшы қол қояды, заңды тұлғаның мөрімен (болған жағдайда) бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 229-тармақ жаңа редакцияда – ҚР Әділет министрінің 19.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 788</w:t>
+        <w:t xml:space="preserve">      Ескерту. 230-тармақ жаңа редакцияда – ҚР Әділет министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z459" w:id="366"/>
-[...15 lines deleted...]
-      230. Мәлімделген талапқа қарсылықты борышкер жазбаша түрде нотариустың жеке өзіне береді не хабарламамен пошта арқылы не нотариустың электрондық поштасына жіберіледі және кіріс құжаттарын тіркеу журналында тіркеледі.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231. Атқарушылық жазбаның күшін жою туралы қаулыда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заңды тұлғаның атынан берілетін өтінішке бірінші басшы қол қояды, заңды тұлғаның мөрімен (болған жағдайда) бекітіледі.</w:t>
+      1) қаулы шығарылған күні мен жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаулы шығарған нотариус туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзіне қойылған талапқа қарсы қарсылық білдірген өтініш беруші борышкер туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) күші жойылатын атқарушылық жазба туралы мәліметтер (кім және қашан жасады, борышкер мен өндіріп алушы туралы мәліметтер, өндіріліп алуға жататын сома және талаптар негіздемесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) атқарушылық жазбаның күшін жою туралы қаулы шығарған нотариустың қолы мен мөр бедері қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірыңғай электрондық нотариаттық ақпараттық жүйе арқылы электрондық түрде жасалған атқарушылық жазбаның күшін жою туралы қаулы нотариаттық электрондық цифрлық қолтаңбасы арқылы куәландырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 230-тармақ жаңа редакцияда – ҚР Әділет министрінің 30.04.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve">      Ескерту. 231-тармақ жаңа редакцияда – ҚР Әділет министрінің 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z462" w:id="367"/>
-[...15 lines deleted...]
-      231. Атқарушылық жазбаның күшін жою туралы қаулыда:</w:t>
+    <w:bookmarkStart w:name="z468" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232. Атқарушылық жазбаның күшін жою туралы қаулының не атқарушылық жазбаның күшін жоюдан жазбаша бас тартудың көшірмесі өндіріп алушы мен борышкерге ол шығарылғаннан кейін келесі жұмыс күнінен кешіктірілмей жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қаулы шығарылған күні мен жері;</w:t>
-[...89 lines deleted...]
-      Бірыңғай электрондық нотариаттық ақпараттық жүйе арқылы электрондық түрде жасалған атқарушылық жазбаның күшін жою туралы қаулы нотариаттық электрондық цифрлық қолтаңбасы арқылы куәландырылады.</w:t>
+      Нотариус нотариаттық іс-әрекеттерді тіркеу тізілімінде және БНАЖ электрондық тізілімінде борышкердің қарсылығы не сот тәртібімен жасалған атқару жазбасының жойылғаны туралы белгі қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 231-тармақ жаңа редакцияда – ҚР Әділет министрінің 31.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 232-тармақ жаңа редакцияда – ҚР Әділет министрінің 31.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z468" w:id="368"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z469" w:id="369"/>
+    <w:bookmarkStart w:name="z469" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       233. Атқарушылық жазбаны жасағаны үшін ақыны жекеше нотариус "Нотариат туралы" Қазақстан Республикасы Заңының 30-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24334,267 +24532,267 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-1-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22-1) тармақшасына сәйкес алады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z470" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік бажды және/немесе құқықтық және техникалық сипаттағы көрсетілетін қызметтерге ақы төлеуден босатылған өндіріп алушы атқарушылық жазбаны жасау үшін жүгінген кезде оларды төлеу бойынша міндет борышкерге жүктеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z470" w:id="370"/>
-[...15 lines deleted...]
-      Мемлекеттік бажды және/немесе құқықтық және техникалық сипаттағы көрсетілетін қызметтерге ақы төлеуден босатылған өндіріп алушы атқарушылық жазбаны жасау үшін жүгінген кезде оларды төлеу бойынша міндет борышкерге жүктеледі.</w:t>
+    <w:bookmarkStart w:name="z471" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атқарушылық жазбаның күші жойылған кезде нотариусқа оны жасау үшін төленген сома қайтарылуға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z471" w:id="371"/>
-[...15 lines deleted...]
-      Атқарушылық жазбаның күші жойылған кезде нотариусқа оны жасау үшін төленген сома қайтарылуға жатпайды.</w:t>
+    <w:bookmarkStart w:name="z472" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. Нотариустың істерінде өндіріп алушыға берген немесе жолданған атқарушылық жазбаның көшірмесі, сондай-ақ берешекті белгілейтін құжаттың көшірмесі және "Атқарушылық іс жүргізу органдары" мемлекеттік автоматтандырылған ақпараттық жүйесіне жолдаған атқарушылық жазбасы туралы БНАЖ-дан алынған хабарлама қалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z472" w:id="372"/>
-[...15 lines deleted...]
-      234. Нотариустың істерінде өндіріп алушыға берген немесе жолданған атқарушылық жазбаның көшірмесі, сондай-ақ берешекті белгілейтін құжаттың көшірмесі және "Атқарушылық іс жүргізу органдары" мемлекеттік автоматтандырылған ақпараттық жүйесіне жолдаған атқарушылық жазбасы туралы БНАЖ-дан алынған хабарлама қалады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер атқарушылық жазбаны жасау үшін берешекті белгілейтін құжаттан басқа, берешекті өндіріп алу даусыз тәртіппен жүргізілетін басқа да құжаттарды ұсыну қажет болса, онда олар атқарушылық жазбаға тігілмейді, нотариустың істерінде қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 234-тармақ жаңа редакцияда – ҚР Әділет министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z524" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-тарау. Нотариус дайындаған электрондық құжаттың қағаз жеткізгіштегі құжатпен бірдейлігін куәландырады. Нотариус дайындаған қағаз жеткізгіштегі құжаттың электрондық құжатпен бірдейлігін куәландырады</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:p>
-[...96 lines deleted...]
-    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 26-тараумен толықтырылды - ҚР Әділет министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z525" w:id="374"/>
+    <w:bookmarkStart w:name="z525" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       235. Нотариус сканерлеу арқылы нотариат куәландырған қағаз құжаттың электрондық бейнесін дайындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Электрондық құжат нотариустың куәландыру жазбасын қоса алғанда, куәландырылған құжаттың бүкіл мәтінін қамтуы тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24605,70 +24803,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нотариус дайындалған электрондық құжатта куәландыру жазбасын жасайды және өзінің электрондық цифрлық қолтаңбасы арқылы қол қояды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нотариустың электрондық цифрлық қолтаңбасы қойылған электрондық құжат БНАЖ жүйесінде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z526" w:id="375"/>
+    <w:bookmarkStart w:name="z526" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236. Нотариус қағаз жеткізгіште, дайындаған құжаттың бірдейлігін куәландыру бойынша нотариаттық іс-әрекет жасау үшін нотариус электрондық құжатқа тұлғаның өтініші бойынша қағаз жеткізгіштегі құжатты дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық құжаттың қағаз жеткізгіштегі құжатқа бірдейлігін куәландырған нотариустың электрондық цифрлық қолтаңбасын тексеру және оның кімге тиесілі екендігі туралы ақпаратты нотариус куәландыру жазбасында тіркейді. Қағаз құжат электрондық құжаттың, қағаз жеткізгіштегі құжатқа бірдейлігін куәландырған нотариустың куәландыру жазбасын қоса алғанда, куәландырылған құжаттың бүкіл мәтінін қамтуы тиіс. Дайындалған қағаз құжатта нотариус куәландыру жазбасын жасайды, оған қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -24778,428 +24976,428 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7447 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z306" w:id="376"/>
+    <w:bookmarkStart w:name="z306" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрінің күші жойылды деп танылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z307" w:id="377"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z307" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасында нотариаттық iс-әрекеттердi жасау тәртiбi туралы нұсқаулықты бекiту туралы" 1998 жылғы 28 шілдедегі № 539 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 564 тіркелген, Қазақстан Республикасының орталық атқарушы және өзге мемлекеттік органдарының нормативтік құқықтық актілері бюллетенінде 1998 жылы 30 қарашада № 8 жарияланған); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z308" w:id="378"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z308" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Әділет министрінің 1998 жылғы 28 шілдедегі № 539 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің 2000 жылғы 20 қарашадағы № 527-к </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1300 тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z309" w:id="379"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z309" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Әділет министрінің 1998 жылғы 28 шілдедегі № 539 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің м.а. 2006 жылғы 16 қаңтардағы № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4059 тіркелген, "Юридическая газета" газетінде 2006 жылы 2 ақпанда № 17 (997) жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z310" w:id="380"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z310" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Әділет министрінің 1998 жылғы 28 шілдедегі № 539 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің 2002 жылғы 22 қарашадағы № 175 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2058 тіркелген, "Юридическая газета" газетінде 2002 жылы 11 желтоқсанда № 50 жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z311" w:id="381"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z311" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Әділет министрінің 1998 жылғы 28 шілдедегі № 539 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің 2004 жылғы 7 шілдедегі № 206 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2949 тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z312" w:id="382"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z312" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Әділет министрінің 1998 жылғы 28 шілдедегі № 539 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің м.а. 2010 жылғы 30 қыркүйектегі № 271 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6512 тіркелген, "Юридическая газета" газетінде 2010 жылы 29 қазанда № 44 (514) жарияланған; "Егемен Қазақстан" 2010 жылғы 3 қарашадағы № 456 (26299), "Казахстанская правда" 16.10.2010 ж. № 274-275 (26335-26336), Қазақстан Республикасының орталық атқарушы және өзге мемлекеттік органдарының нормативтік құқықтық актілері бюллетенінде 2003 ж, № 1, 758-құжат);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z313" w:id="383"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z313" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Әділет министрінің 1998 жылғы 28 шілдедегі № 539 бұйрығына толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің 29.01.2000 жылғы № 7 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1036 тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z314" w:id="384"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z314" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасының кейбір бұйрықтарына өзгерістер енгізу туралы, сондай-ақ кейбір бұйрықтарының күшін жойды деп тану туралы" Қазақстан Республикасы Әділет министрінің 2004 жылғы 47 қарашадағы № 325 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3191 тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z315" w:id="385"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z315" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына нотариат мәселелері бойынша толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің 2005 жылғы 10 тамыздағы № 215 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3785 тіркелген, "Юридическая газета" газетінде 2005 жылы 16 тамызда № 149 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>