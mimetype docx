--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5ae7f7" w14:textId="e5ae7f7">
+    <w:p w14:paraId="389ab11" w14:textId="389ab11">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,8330 +76,5946 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы облысының әкімшілік шекарасындағы Үлкен Алматы, Түрген, Шелек, Ақсай, Ащыбұлақ, Шарын, Текес, Күрті, Ақсу, Басқан, Үсек, Тентек, Шіже, Сарқан, Лепсі, Қорғас, Борохудзир, Бүиен, Қызылағаш, Ақешкі, Шынжалы, Мақаншы, Ұзынқарғалы, Қопа, Жирен-Айғыр, Шамалған, Біже, Қарқара, Ассы, Жаманты, Қастек, Тарғап, Көкөзек, Белбұлақ, өзендерінің,  Сасықкөл, Жалаңашкөл көлдерінің және Күрті, Бартоғай су қоймаларында су қорғау аймақтары мен белдеулерін және оларды шаруашылыққа пайдалану режимін белгілеу туралы</w:t>
+        <w:t>Алматы облысының әкімшілік шекарасындағы Үлкен Алматы, Түрген, Шелек, Ақсай, Ащыбұлақ, Шарын, Текес, Күрті, Ұзынқарғалы, Қопа, Жирен-Айғыр, Шамалған, Қарқара, Ассы, Қастек, Тарғап, Көкөзек, Белбұлақ, өзендерінің және Күрті, Бартоғай су қоймаларында су қорғау аймақтары мен белдеулерін және оларды шаруашылыққа пайдалану режимін белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы облысы әкімдігінің 2011 жылғы 21 қарашадағы N 246 қаулысы. Алматы облысының Әділет департаментінде 2011 жылы 22 желтоқсанда N 2083 тіркелді</w:t>
+        <w:t>Алматы облысы әкімдігінің 2011 жылғы 21 қарашадағы N 246 қаулысы. Алматы облысының Әділет департаментінде 2011 жылы 22 желтоқсанда N 2083 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      РҚАО ескертпесі.</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Алматы облысы әкімдігінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РҚАО ескертпесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәтінде авторлық орфография және пунктуация сақталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>       
-[...104 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Су кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-баптарына, "Су қорғау аймақтары мен белдеулерi шекараларын белгiлеу Қағидаларын бекiту туралы" Қазақстан Республикасы Су ресурстары және ирригация министрінің 2025 жылғы 9 маусымдағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36238 болып тіркелген) сәйкес Алматы облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес белгіленсін:</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Преамбула жаңа редакцияда - Алматы облысы әкімдігінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Бекітілген жобалау құжаттамаларының негізінде, су объектілерінің су қорғау аймақтары мен белдеулері осы қаулының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> сәйкес белгіленсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z15" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Үлкен Алматы өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z16" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Түрген өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z17" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Шелек өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Ақсай өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z19" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Ашыбұлақ өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z20" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Шарын өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Текес өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Күрті өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Ұзынқарғалы өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қопа өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Жирен-Айғыр өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Шамалған өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қарқара өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Ассы өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Қастек өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Тарғап өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Көкөзек өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) кадастрлық нөмірі 03-046-043-1696 жер учаскесінің шекаралары шегінде Көкөзек өзенінің (оң жақ жағалауы) су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасын түзету бойынша жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Белбұлақ өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Күрті су қоймасының су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Бартоғай су қоймасының су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      2) Түрген өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Алматы облысы әкімдігінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Су объектілерінің су қорғау аймақтары мен белдеулері шеңберінде шаруашылыққа пайдалану режимі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z6" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Шелек өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
-[...3 lines deleted...]
-      </w:r>
+      3. Алматы облысының су ресурстары және ирригация басқармасы "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының Алматы облысы бойынша филиалы – "Жер кадастры ғылыми-өндірістік орталығы" департаментімен (келісім бойынша) бірлесіп, бекітілген жобаларға сәйкес су қорғау аймақтары мен белдеулерінің шекарасын картографиялық материалдарға түсірсін және жер-есепке алу құжаттарына өзгерістер енгізсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      4) Ақсай өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Алматы облысы әкімдігінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Ашыбұлақ өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы;</w:t>
-      </w:r>
+      4. Осы қаулының орындалуын бақылау облыс әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z8" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы қаулы алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алматы облысының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әкімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мусаханов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      6) Шарын өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматы облысы әкімдігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2011 жылғы 21 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Алматы облысының әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шекарасындағы Үлкен Алматы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түрген, Шелек, Ақсай, Ашыбұлақ,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарын, Текес, Күрті, Ақсу, Басқан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үсек, Тентек, Шіже, Сарқан, Лепсі,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғас, Борохудзир, Биен, Қызылағаш,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақешкі, Шынжалы, Мақаншы, Ұзынқарғалы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қопа, Жирен-Айғыр, Шамалған, Біже,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарқара, Ассы, Жаманты, Қастек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тарғап, Көкөзек, Белбұлақ, өзендерінің,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сасықкөл, Жалаңашкөл, көлдерінде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күрті және Бартоғай су қоймаларында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>су қорғау аймақтары мен белдеулерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгілеу және оларды шаруашылыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану режимі туралы" 246 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z50" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алматы облысының әкімшілік шекарасындағы Үлкен Алматы, Түрген,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      7) Текес өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шелек, Ақсай, Ашыбұлақ, Шарын, Текес, Күрті, Ақсу, Басқан,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      8) Күрті өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Үсек, Тентек, Шіже, Сарқан, Лепсі, Қорғас, Борохудзир, Биен,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      9) Ақсу өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Қызылағаш, Ақешкі, Шынжалы, Мақаншы, Ұзынқарғалы, Қопа,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      10) Басқан өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жирен-Айғыр, Шамалған, Біже, Қарқара, Ассы, Жаманты, Қастек,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      11) Үсек өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тарғап, Көкөзек, Белбұлақ өзендерінің, Сасықкөл, Жалаңашкөл</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      12) Тентек өзенінің су қорғау аймақтары мен белдеулерін белгілеу жөніндегі жұмыс жобасы.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>көлдерінің, Күрті және Бартоғай су қоймаларында су қорғау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...1073 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...94 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+        <w:t>аймақтары мен белдеулері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="753"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3153"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>Су қорғау белдеулерінің ені, метр</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су объектілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау аймақтарының ені, метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қорғау белдеулерінің ені, метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Алматы өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>55-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түрген өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+550-1700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шелек өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақсай өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>60-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ашыбұлақ өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарын өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текес өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-200</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрті өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзынқарғалы өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қопа өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жирен-Айғыр өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>50-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шамалған өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-150</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарқара өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>55-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ассы өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қастек өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тарғап өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-850</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көкөзек өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көкөзек өзені жер учаскесінің шекарасы шегінде (кадастрлық нөмірі 03-046-043-1969)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>50-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белбұлақ өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрті су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бартоғай су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...2453 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматы облысы әкімдігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2011 жылғы 21 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Алматы облысының әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шекарасындағы Үлкен Алматы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түрген, Шелек, Ақсай, Ашыбұлақ,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарын, Текес, Күрті, Ақсу, Басқан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үсек, Тентек, Шіже, Сарқан, Лепсі,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғас, Борохудзир, Биен, Қызылағаш,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақешкі, Шынжалы, Мақаншы, Ұзынқарғалы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қопа, Жирен-Айғыр, Шамалған, Біже,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарқара, Ассы, Жаманты, Қастек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тарғап, Көкөзек, Белбұлақ, өзендерінің,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сасықкөл, Жалаңашкөл, көлдерінде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күрті және Бартоғай су қоймаларында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>су қорғау аймақтары мен белдеулерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгілеу және оларды шаруашылыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану режимі туралы" 246 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - Алматы облысы әкімдігінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алматы облысының су қорғау аймақтарын және белдеулерін шаруашылыққа пайдалану режимі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Алматы облысы әкімдігінің</w:t>
-[...3 lines deleted...]
-      </w:r>
+      1. Жерүсті су объектілерінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-2011 жылғы 21 қарашадағы</w:t>
-[...3 lines deleted...]
-      </w:r>
+      1) жерасты суларына іздеу-бағалау жұмыстарын және оларды алуды қоспағанда, жер қойнауын пайдалану жөніндегі операцияларды жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z51" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-"Алматы облысының әкімшілік</w:t>
-[...3 lines deleted...]
-      </w:r>
+      2) радиоактивті және улы заттармен, тұрмыстық қатты және өндірістік қалдықтармен, улы химикаттармен, тыңайтқыштармен, қатты және сұйық түрдегі мұнай, химия өнімдерімен ластауға және қоқыстауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-шекарасындағы Үлкен Алматы,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      3) жол берілетін төгінділер нормативтеріне дейін тазартылмаған сарқынды суларды ағызуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Түрген, Шелек, Ақсай, Ашыбұлақ,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      4) бекітілген су режимінсіз және арнаулы су пайдалануға рұқсатсыз суды алуға және (немесе) пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Шарын, Текес, Күрті, Ақсу, Басқан,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      5) ауыл шаруашылығы жануарларын тоғытуға және санитариялық өңдеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Үсек, Тентек, Шіже, Сарқан, Лепсі,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      6) бассейндік су инспекциясының келісімінсіз құрылыс қызметіне, ауыл шаруашылығы жұмыстарына, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға байланысты жұмыстарды және өзге де жұмыстарды жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Қорғас, Борохудзир, Биен, Қызылағаш,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      7) пайдаланудан шығарылған (бүлінген) кемелерді және өзге де жүзу құралдарын, көлік құралдарын (олардың тетіктері мен бөліктерін) көмуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Ақешкі, Шынжалы, Мақаншы, Ұзынқарғалы,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      2. Су қорғау белдеулері шегінде шаруашылық қызметтің кез келген түріне, сондай-ақ шаруашылық және өзге де қызметті жүргізу үшін жер учаскелерін беруге тыйым салынады, бұл тыйымға мынадай жағдайлар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Қопа, Жирен-Айғыр, Шамалған, Біже,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      1) мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z59" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Қарқара, Ассы, Жаманты, Қастек,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      су шаруашылығы құрылысжайлары мен олардың коммуникацияларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z60" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Тарғап, Көкөзек, Белбұлақ, өзендерінің,</w:t>
-[...3 lines deleted...]
-      </w:r>
+      көпірлерді, көпір құрылысжайларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Сасықкөл, Жалаңашкөл, көлдерінде</w:t>
-[...3 lines deleted...]
-      </w:r>
+      айлақтарды, порттарды, пирстерді және су көлігі, балық ресурстары мен басқа да су жануарларын қорғау, балық аулау мен аквашаруашылық қызметіне байланысты өзге де инфрақұрылым объектілерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Күрті және Бартоғай су қоймаларында</w:t>
-[...3 lines deleted...]
-      </w:r>
+      балық өсіретін тоғандарды, балық өсіретін бассейндер мен балық өсіретін объектілерді, сондай-ақ оларға коммуникацияларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z63" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-су қорғау аймақтары мен белдеулерін</w:t>
-[...3 lines deleted...]
-      </w:r>
+      ғимараттар мен құрылысжайлардың күрделі құрылысынсыз балаларға арналған ойын және спорт алаңдарын, жағажайларды, аквапарктерді және басқа да рекреациялық аймақтарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z64" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-белгілеу және оларды шаруашылыққа</w:t>
-[...3 lines deleted...]
-      </w:r>
+      су объектілері жай-күйінің көрсеткіштерін байқау пункттерін салу және пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-пайдалану режимі туралы" 246 қаулысына</w:t>
-[...3 lines deleted...]
-      </w:r>
+      2) жағалауды нығайту, ағаш өсіру және көгалдандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z66" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-2-қосымша</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="4"/>
+      3. Су қорғау аймақтары шегінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z67" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жерүсті су объектілерінің, су қорғау аймақтары мен белдеулерінің ластануы мен қоқыстануын болғызбайтын құрылысжайлармен және құрылғылармен қамтамасыз етілмеген жаңа және реконструкцияланған объектілерді пайдалануға беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z68" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автожанармай құю станцияларын, мұнай өнімдерін сақтауға арналған қоймаларды, көлік құралдары мен ауыл шаруашылығы техникасын техникалық қарап-тексеру, оларға қызмет көрсету, жөндеу және жуу пункттерін орналастыруға және салуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z69" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тыңайтқыштарды, пестицидтерді, улы химикаттарды, көңді сақтауға және оларды қолдануға арналған қоймалар мен алаңдарды орналастыруға және салуға тыйым салынады. Су қорғау аймағында мәжбүрлі санитариялық өңдеу жүргізу қажет болған кезде уыттылығы аз және орташа, жойылуы оңай пестицидтерді қолдануға жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z70" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұрмыстық қатты және өнеркәсіптік қалдықтардың үйінділерін орналастыруға және жайғастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z71" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) зираттарды орналастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z72" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жүктеме нормасынан асатын ауыл шаруашылығы жануарларын жаюға, мал шаруашылықтарын, мал сою алаңдарын (ауыл шаруашылығы жануарларын сою алаңдарын), мал қорымдарын (биотермиялық шұңқырларды), пестицидтердің арнаулы қоймаларын (көмінділерін) және олардың ыдыстарын орналастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z73" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сарқынды суларды жинақтағыштарды, сарқынды сулармен суару алқаптарын, сондай-ақ жерүсті және жерасты суларының радиациялық, химиялық, микробиологиялық, токсикологиялық және паразитологиялық ластану қаупін туғызатын басқа да объектілерді орналастыруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...361 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>