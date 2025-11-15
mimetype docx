--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4711d59" w14:textId="4711d59">
+    <w:p w14:paraId="14b85c4" w14:textId="14b85c4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,1326 +94,1567 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшерін есептеу әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Құрылыс және Тұрғын үй-коммуналдық шаруашылық істері агенттігі төрағасының 2011 жылғы 26 тамыздағы № 306 Бұйрығы. Қазақстан Республикасы Әділет министрлігінде 2011 жылы 6 қазанда № 7232 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Құрылыс және Тұрғын үй-коммуналдық шаруашылық істері агенттігі төрағасының 2011 жылғы 26 тамыздағы № 306 Бұйрығы. Қазақстан Республикасы Әділет министрлігінде 2011 жылы 6 қазанда № 7232 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қазақстан Республикасының 1997 жылғы 16 сәуірдегі «Тұрғын үй қатынастары туралы» Заңының </w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының 1997 жылғы 16 сәуірдегі "Тұрғын үй қатынастары туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-2-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> 10-2) тармақшасына сәйкес</w:t>
+        <w:t xml:space="preserve"> 10-2) тармақшасына сәйкес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшерін есептеу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй-коммуналдық шаруашылық департаменті осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткен соң осы бұйрықты бұқаралық ақпарат құралдарында ресми жариялауды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Құрылыс және тұрғын үй-коммуналдық шаруашылық істері агенттігі төрағасының орынбасары Н.П.Тихонюкке жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғаш рет ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төраға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С. Нокин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"КЕЛІСІЛГЕН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________ Б. Жәмішев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2011 жылғы "___"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрылыс және тұрғын үй-коммуналдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылық істері агенттігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2011 жылғы 26 тамыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 306 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшерін есептеу әдістемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшерін есептеу әдістемесі (бұдан әрі - Әдістеме) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының 1997 жылғы 16 сәуірдегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңынына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Әдістеме мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін өндіріп алынатын төлемақы мөлшерін есептеу үшін тұрғын үй қатынастары саласында қолдануға ұсыным ретінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшеріне коммуналдық қызметтер үшін төлемақы кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кондоминиум объектісінің құрамына жатпайтын мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін алынатын төлемақының мөлшерін есептеу кезінде мынадай көрсеткіштер қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – кондоминиум объектісінің құрамына жатпайтын мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшері (айына 1 шаршы метр үшін, теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ц – тұрғын үйдің жалпы көлемінің 1 шаршы метрін салудың (сатып алудың) құны (теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т – ғимараттың қызмет көрсету есептік мерзімі, жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Р – пайдалануға, тұрғын үйдің ағымдағы және күрделі жөнделуіне, сондай-ақ жер учаскесін күтуіне қажетті көлемнің сомасы (айына 1 шаршы метр үшін теңге).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үйдің жалпы көлемінің 1 шаршы метрін салудың (сатып алудың) құны (Ц) ғимараттың құрылысына арналған жобалау-сметалық құжаттамаға сәйкес немесе ғимаратты мемлекеттік сатып алу қорытындылары бойынша анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғимараттың қызмет көрсетуінің есептік мерзімі (Т) ҚР ҚН 1.04-26-2022 "Азаматтық, өндірістік ғимараттар мен құрылыстарды реконструкциялау, күрделі және ағымдық жөндеу" құрылыс нормаларына сәйкес анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдалануды, тұрғын үйді ағымдағы және күрделі жөндеуді, сондай-ақ жер учаскесін күтуді қамтамасыз ету үшін қажетті көлемнің сомасы (Р) мынадай формула бойынша анықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...649 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="152400" cy="165100"/>
+            <wp:extent cx="1612900" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="152400" cy="165100"/>
+                      <a:ext cx="1612900" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнда Гз – жергілікті атқарушы органы (мемлекеттік кәсіпорыны) тартқан немесе құрған тұрғын үй-пайдалану қызметінің тұрғын үйді пайдалануға, ағымдағы және күрделі жөндеуге, сондай-ақ жер учаскесінің күтіміне арналған шығынының жылдық сметасы, қажетті көлемінің жылдық сомасы (жылына теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="152400" cy="165100"/>
+            <wp:extent cx="469900" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="152400" cy="165100"/>
+                      <a:ext cx="469900" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> п – тұрғын үй ғимаратындағы тұрғын үйдің жалпы алаңының сомасы (шаршы метр).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тұрғын үй ғимаратындағы тұрғын үйдің жалпы алаңының сомасы (шаршы метр).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 4-тармаққа өзгерістер енгізілді - ҚР Премьер-Министрінің бірінші орынбасары - ҚР Өңірлік даму министрінің 26.10.2013 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Кондоминиум объектісінің құрамына жатпайтын мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін айына алынатын төлемақы мөлшері мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А= Ц/Т/12+Р</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Премьер-Министрінің бірінші орынбасары - ҚР Өңірлік даму министрінің 26.10.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 274/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен (алғашқы ресми жарияланғанынан сәттен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-        <w:t>      </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Кондоминиум объектісінің құрамына кіретін мемлекеттік тұрғын үй қорындағы үйді пайдаланғаны үшін алынатын төлемақының мөлшерін есептеу кезінде мынадай көрсеткіштер қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – кондоминиум объектісінің құрамына кіретін мемлекеттік тұрғын үй қорындағы тұрғын үйді пайдаланғаны үшін төлемақы мөлшері (айына 1 шаршы метр үшін, теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ц – тұрғын үйдің жалпы көлемінің 1 шаршы метрін салудың (сатып алудың) құны (теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т – ғимараттың қызмет көрсету есептік мерзімі, жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үйдің жалпы көлемінің 1 шаршы метрін салудың (сатып алудың) құны (Ц) ғимараттың құрылысына арналған жобалау-сметалық құжаттамаға сәйкес немесе ғимаратты мемлекеттік сатып алу қорытындылары бойынша анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғимараттың қызмет көрсетуінің есептік мерзімі (Т) ҚР ҚН 1.04-26-2022 "Азаматтық, өндірістік ғимараттар мен құрылыстарды қайта жаңарту, күрделі және ағымдық жөндеу" құрылыс нормаларына сәйкес анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кондоминиум объектісінің құрамына кіретін мемлекеттік тұрғын үй қорындағы үйді пайдаланғаны үшін айына алынатын төлемақының мөлшері мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А= Ц/Т/12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 5-тармақ жаңа редакцияда - ҚР Премьер-Министрінің бірінші орынбасары - ҚР Өңірлік даму министрінің 26.10.2013 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 274/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен (алғашқы ресми жарияланғанынан сәттен бастап қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...217 lines deleted...]
-        <w:t xml:space="preserve"> бұйрығымен (алғашқы ресми жарияланғанынан сәттен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>