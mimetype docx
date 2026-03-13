--- v0 (2025-10-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4727e3" w14:textId="f4727e3">
+    <w:p w14:paraId="13f300b" w14:textId="13f300b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3690,147 +3690,71 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...77 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1. КББ қызметкерінің талап етуі бойынша автокөлік құралын тоқтату үшін негіз болып табылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) автокөлік құралының Қазақстан Республикасының аумағында белгіленген автокөлік құралдарының салмақтық және габариттік параметрлерін асыра отырып, жүріп өтуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4069,90 +3993,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="54"/>
+    <w:bookmarkStart w:name="z98" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-әрекеттерге бейнежетонға тіркеуді жүзеге асырмай жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4171,90 +4095,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="55"/>
+    <w:bookmarkStart w:name="z103" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. КББ қызметкерлері жеке және заңды тұлғалардың, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау нәтижелері туралы актінің (бұдан әрі – бақылау нәтижелері туралы акті) нысанында қарастырылған автомобиль көлігі саласындағы Қазақстан Репсубликасы заңнамасының талаптарын сақтауы тұрғысынан көліктік бақылау жүргізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4273,90 +4197,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="56"/>
+    <w:bookmarkStart w:name="z104" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Бақылаудан өту бақылау нәтижелері туралы актіні толтыру, оған және жүргізуші ұсынатын рұқсат құжаттарына (бар болған жағдайда) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мөртабан үлгісіне сәйкес мөртабан қою арқылы ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КББ-нің аға қызметкері мен жүргізушінің қолдары қойылған тексеру нәтижелері туралы актінің көшірмесі тексерілген көлік құралының жүргізушісіне беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4411,70 +4335,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="57"/>
+    <w:bookmarkStart w:name="z105" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бақылаудан өту туралы мөртабан мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының резиденттері емес шетел тасымалдаушылары үшін рұқсат құжаттарының екінші жағына (бар болған жағдайда), сондай-ақ тексеру нәтижелері туралы актінің көшірмесінде, диаграммалық дискіде немесе тахографтан ақпаратты басып шығарылуында;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4583,348 +4507,348 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="58"/>
+    <w:bookmarkStart w:name="z108" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкімшілік құқық бұзушылықты болдырмау мақсатында оны жасауда күдікті адамның тұлғасын анықтау, әкімшілік құқық бұзушылық туралы хаттама толтыру оны әкімшілік құқық бұзушылық жасалған орында мүмкін болмаған жағдайда, істің уақтылы және дұрыс қаралуын және іс бойынша қабылданған қаулыны орындауды қамтамасыз ету үшін КББ қызметкері өз өкілеттігі шегінде ӘҚБтК бекітілген тәртіппен және мерзімдерде әкімшілік құқық бұзушылық туралы іс бойынша қамтамасыз ету шараларын қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z109" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z109" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Жүргізуші көліктік бақылауды өткізуден бас тартқан жағдайда КББ қызметкерлері әкімшілік құқықбұзушылық туралы істі қозғап, өздігінен көліктік бақылауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z110" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z110" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. КББ қызметкерлерімен алым және (немесе) айыппұл сомасы электрондық төлемдерді қабылдау терминалы, немесе алым және (немесе) айыппұл сомасын төлеу туралы түбіртекті көрсету арқылы қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z111" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z111" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Көліктік бақылау бекеттерінің Комитеттің Ахуалдық орталығымен өзара іс-қимыл тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z112" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z112" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. КББ қызметкерлері көліктік бақылауды жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z113" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z113" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кезекшілік басында кезекшілікке түскен қызметкерлердің лауазымы, тегі, аты, әкесінің аты (бар болған жағдайда) (бұдан әрі – Т.А.Ә.), Инспекцияның және тауарларды, жұмыстарды және қызметтерді жеткізушілердің теңгерімдерінде тұрған КББ-нің жабдығы мен мүлкінің тізбесіне кіретін жабдықтардың бар болуы мен жай-күйі, жылжымалы КББ-нің маршруты және ағымдағы жағдайы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z114" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z114" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұстағаннан немесе ұстауды тоқтатқаннан немесе мамандандырылған тұраққа кіргізуден соң 20 минут ішінде сондай автокөлік құралы туралы мәліметтерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z115" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z115" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жылжымалы КББ-нің орнын ауыстырудың алдында жоспарланған орынның орналасу жерін (автомобиль жолының бағыты, километрі, елді мекеннің атауы) көрсете отырып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z116" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z116" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) демалуға және тамақ ішуге үзілістің басталуы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z117" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z117" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) КББ жабдығы мен мүлкінің ақаулы болуы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z118" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z118" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) КББ жұмысын тоқтату туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z119" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z119" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осы Қағидалардың 16 және 36-тармақтарында көзделген жағдайлар туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z120" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z120" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) құқық қорғау немесе бақылау органдарымен КББ-да арнайы шараларды өткізу туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z121" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z121" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) КББ арнайы автокөлік құралының қатысуымен жол-көлік оқиғасы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z122" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z122" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) штаттан тыс жағдайлар пайда болған жағдай туралы Комитеттің Ахуалдық орталығына хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салмақ өлшеу жабдығының жұмыс істемеуін және ол кезде тек салмақтық параметрлерге бақылау жүзеге аспайтындығын қоспағанда осы тармақтың 5) тармақшаларында көрсетілген жағдайлар пайда болған кезде, КББ-де көліктік бақылауды жүзеге асыру ақауларды жойғанға дейін тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4961,70 +4885,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2022 бастап күшіне енеді) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="73"/>
+    <w:bookmarkStart w:name="z123" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Комитеттің Ахуалдық орталығының кезекшісі КББ жұмысына нақты уақыт режимінде бейнебақылау телевизиялық жүйесі, бейнежетондар мен ақпараттық жүйелері арқылы мониторингті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің Ахуалдық орталығының қызметкерлері КББ жұмысына мониторингіні КББ-ға шығып жүзеге асырады. КББ-ға жүріп шығу нәтижелері бойынша Комитеттің Ахуалдық орталығының қызметкерлері ұсынымдармен жазбаша есеп береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5115,444 +5039,444 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="74"/>
+    <w:bookmarkStart w:name="z124" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Автомобиль тасымалдаушыларымен өзара қарым-қатынас және жеке қауіпсіздік шараларын қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z125" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z125" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. КББ қызметкерлерінің тасымалдаушылармен өзара қарым-қатынастары мемлекеттік қызметшінің этикасын, заңдылықты қатаң сақтауға, өзінің лауазымдық өкілеттіктерін нақты орындауға, азаматтарға игі ниетпен және құрметпен қарым-қатынас жасаумен құқық бұзушылықтың алдын алуда және жолын кесуде қатаңдықтың, батылдықтың және принципшілдіктің үйлесімділігіне негізделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z126" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z126" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Әкімшілік жауапкершілікке тарту кезінде КББ қызметкерлері бұзушыларға олардың ӘҚБтК-не сәйкес құқықтарын түсіндіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z127" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z127" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) хаттамамен және iстiң басқа да материалдарымен танысуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z128" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z128" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) түсiнiктемелер беруге, хаттаманың мазмұны мен ресiмделуi жөнiнде ескертулер жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z129" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z129" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дәлелдемелер ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z130" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z130" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтiнiшхаттар мен қарсылықтарды мәлiмдеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z131" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z131" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қорғаушының заң көмегiн пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z132" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z132" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) iсті қарау кезінде ана тiлiнде немесе өзi бiлетiн тiлде сөйлеуге және егер iс жүргiзiлiп отырған тiлдi бiлмесе, аудармашы көрсеткен қызметтерді өтеусіз пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z133" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z133" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) iс бойынша іс жүргiзудi қамтамасыз ету шараларының қолданылуы бойынша, нақты деректерге және мән-жайларға сәйкес келмейтін мәліметтер көрсетілген жағдайда әкiмшiлiк құқық бұзушылық туралы хаттаманы жасауда заңның бұзылуына, айыппұл төлеу қажеттігі туралы нұсқамаға және iс бойынша қаулыға шағым жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z134" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z134" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) үзiндi көшірме алуға және iстегi құжаттардың көшiрмелерiн түсiрiп алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z135" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z135" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өзiне осы Кодексте берiлген өзге де процестік құқықтарды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z136" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z136" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. КББ қызметкері көлік құралдарының жүріп өтуіне бақылауды жүзеге асыру кезінде өзінің жеке қауіпсіздігі бойынша мынадай негізгі шараларды сақтайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z137" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z137" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметтік міндеттерін орындау кезінде жол қозғалысының қатысушыларына айқын көріну және дер кезінде құқық бұзушылықтың алдын алу мүмкіндігіне ие болу үшін орын таңдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z138" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z138" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәуліктің қараңғы кезінде және көру мүмкіндігінің шектеулі жағдайында жарықтандырылған жол учаскелерінде бақылау жүргізеді, жарық шығаратын жезл мен жарық шағылдырғыш нысаны болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z139" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z139" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жол жамылғысының тайғақ учаскесінде тұруына болмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z140" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z140" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) егер көлік қозғалысына немесе өзінің жеке қауіпсіздігіне кедергі келтіретін болса, жол жиегінде тұрып құқық бұзушылықты болдырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке қауіпсіздігіне қауіп төнген жағдайда Ахуалдық орталықпен келісім бойынша көліктік бақылауды қауіп жағдайды жоюға дейін жүзеге асыруы тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="91"/>
+    <w:bookmarkStart w:name="z141" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Көлік құралының нақты салмақтық және габариттік параметрлеріне өлшеу жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z142" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z142" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Көлік құралдарының нақты салмақтық және габариттік параметрлерін тексеру және олардың Қазақстан Республикасының аумағында белгіленген жол берілетін параметрлерден асып кету шамасын айқындау жолымен ірі көлемді және ауыр салмақты көлік құралдарының жүруін көліктік бақылау мыналарды пайдалана отырып жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өлшеу құралы мен көлем шеңберлерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5805,70 +5729,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="93"/>
+    <w:bookmarkStart w:name="z152" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Көлік құралының нақты салмақтық параметрлерін өлшеу мынадай ретпен өткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көлік құралын өлшеуді жүзеге асыру алдында оның мемлекеттік тіркеу нөмірлік белгісі стационарлық үлгідегі салмақ өлшеу жабдығын және (немесе) жылжымалы мобильді таразыларға енгізіліп, сондай-ақ онда өлшеу күні мен уақыты белгіленеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6069,170 +5993,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="94"/>
+    <w:bookmarkStart w:name="z158" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Автокөлік құралдарының нақты салмақ параметрлері рұқсат етілгеннен параметрлерден 1 тоннаға асып жүріп өту кезінде, КББ-нің қызметкерлері </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізушіге бұзушылықтың орындауы туралы нұсқама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z159" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z159" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. "Қазақстан Республикасының автомобиль жолдарымен жүруге арналған автокөлік құралдарының жол берілетін параметрлерін бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 26 наурыздағы № 342 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11009 болып тіркелген) (бұдан әрі – Параметрлер) талаптарын ескере отырып, көлік құралының нақты габариттік параметрлерін және сызықтық өлшемін өлшеу көліктің осьтерінің бірқалыптылығын сақтайтын жол жабынынан немесе басқа да алаңнан оның ұзындығы, ені және биіктігі бойынша шеткі екі нүктенің арасында өлшенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z160" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z160" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Көлiк құралының салмақтық және габариттік параметрлерін өлшеу нәтижелері бойынша Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 27 ақпандағы № 206 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтiк құқықтық актiлердi мемлекеттiк тiркеу тiзiлiмiнде № 11395 болып тiркелген) Қазақстан Республикасының аумағында ірі габаритті және ауыр салмақты жүктерді тасымалдауды ұйымдастыру және оның жүзеге асыру қағидаларының 2-қосымшасына сәйкес нысан бойынша автокөлік құралының параметрлерін өлшем актісіне (бұдан әрі – Акт) бақылаудан өткені туралы мөртабан қоя отырып дереу жасалады, оның көшірмесі жүргізушіге және тасымалдаушының талап етуі бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жүргізуші Акт көшірмесін алудан бас тартқан жағдайда, оған тиісті жазба жүргізіледі. Жүргізушінің бас тартуын тіркеу техникалық аудиобейнежазба құралын қолдана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6269,246 +6193,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="97"/>
+    <w:bookmarkStart w:name="z161" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Егер стационарлық үлгідегі салмақ өлшеу жабдығы немесе жылжымалы мобильді таразыларда ақпаратты қағаз тасымалдағышқа басып шығару функциясы болған жағдайда, КББ қызметкерлері оларда белгіленген күні мен уақытының, сондай-ақ тексеріліп жатқан көлік құралының мемлекеттік тіркеу нөмірлік белгісінің дәлдігіне көз жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұйық жүкті тасымалдауды жүзеге асыратын көлік құралдарын өлшеу нәтижелері стационарлық үлгідегі салмақ өлшеу жабдығының және (немесе) жылжымалы мобильді таразылардың платформаларына көлік құралының дөңгелектерін қою салдарынан пайда болатын төгілу және (немесе) толқындарды болдыртпайтын жағдайларды қамтамасыз еткеннен кейін стационарлық үлгідегі салмақ өлшеу жабдығында және (немесе) жылжымалы мобильді таразыларда тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нақты салмақтық параметрлері жол берілетін параметрлерден артық анықталған жағдайда автокөлік құралдарын өлшеу нәтижелері бар мәтіндік ақпарат қағаз тасымалдағышта әкімшілік іс жүргізу материалдарына қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="98"/>
+    <w:bookmarkStart w:name="z162" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Көлік құралын бақылаулық өлшеу (өлшем) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z206" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z206" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жүргізушінің талабы бойынша басып шығару қағазында және (немесе) Актіде көлік құралының салмақтық немесе габариттік параметрлерін айқындау нәтижелерімен келіспеу туралы белгі жасалған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z207" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z207" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жүргізушінің талабы бойынша автоматтандырылған өлшеу станцияларында электронды тақтада (болған жағдайда) көрсетілген рұқсат етілген салмақтық габариттік параметрлерінің асқандығы туралы ақпаратпен келіспеген жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z208" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z208" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының аумағында белгіленген параметрлерге сәйкес келтіру үшін әкімшілік құқық бұзушылық туралы іс бойынша іс жүргізуді қамтамасыз ету және көлік құралдарын жеңілдету шараларын қабылдағаннан кейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z209" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z209" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы тармақтың 2) тармақшасында көзделген жағдайларды қоспағанда, автоматтандырылған өлшеу станциялары арқылы параметрлерден асып кеткенін, дұрыс жүрмегенін тіркеген кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z210" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z210" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Қазақстан Республикасы Көлік және коммуникация министрінің 2011 жылғы 23 ақпандағы № 87 бұйрығымен (Нормативтік құқықтық актiлердi мемлекеттік тіркеу тiзiлiмiнде № 6817 болып тіркелген) бекітілген Қазақстан Республикасының аумағында жүк көлігі құралдарын өлшеудің халықаралық сертификатын қолдану қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың 1) тармақшасында көзделген жағдайда көлік құралын бақылаулық өлшеу (өлшем) жүргізушінің өлшеу нәтижелерімен танысу сәтінен бастап 40 (қырық) минуттан кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6635,90 +6559,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="104"/>
+    <w:bookmarkStart w:name="z168" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Көлік құралының бақылаулық өлшеу (өлшем) Қағидалардың 30, 31, 33, 34, 35-тармақтарында айқындалған тәртіппен көлік құралының КББ бейнебақылау камераларының көру аймағында болған жағдайда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z169" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z169" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Көлік құралының салмақтық параметрлерін өлшеу жылжымалы мобильді таразыларда жүргізілген кезде аудиобейнежазба көлік құралының жалпы түрін, мемлекеттік тіркеу нөмірлік белгісін, дөңгелектердің платформаларда тұруын, сондай-ақ жылжымалы мобильді таразылардың әр платформасына шығарылған біліктік жүктемелерінің цифрлық деректерін тіркеу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлік құралының салмақтық параметрлерін өлшеу стационарлық үлгідегі салмақ өлшеу жабдығында жүргізілген кезде аудиобейнежазба көлік құралының жалпы түрін, мемлекеттік тіркеу нөмірлік белгісін, сондай-ақ дөңгелектердің платформаларда тұруын тіркеу арқылы жүзеге асырылады, бұл ретте стационарлық КББ ғимаратында көрінетін біліктік жүктемелерінің цифрлық деректерінің жазбасы Ахуалдық орталық қызметкерімен телевизиялық бейнебақылау жүйесі көмегімен тіркеу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6729,110 +6653,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлік құралының габариттік параметрлеріне бақылаулық өлшем жүргізген кезінде аудиобейнежазба көлік құралының жалпы түрін, мемлекеттік тіркеу нөмірлік белгісін, сондай-ақ өлшеу құралы мен көлем шеңберлерін пайдалана отырып, өлшеу барысын тіркеу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 36-тармағының 1) тармақшасымен көзделген жағдайда бастапқы өлшеу (өлшем) мен бақылаулық өлшеу (өлшем) өткізу арасында аудиобейнежазбады үздіксіз (тоқтаусыз) өткізу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="106"/>
+    <w:bookmarkStart w:name="z170" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Осы Қағидалардың 31 және 33-тармақтарымен көзделген, көлік құралының нақты салмақтық және габариттік параметрлерін өлшеу жүргізу тәртібін сақтамау фактілері пайда болған жағдайда, Ахуалдық орталық кезекшісі көлік құралының параметрлерін өлшеуді (өлшем) қайтадан жүргізу қажеттілігі туралы нұсқаулар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z171" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z171" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Көлік құралдарының салмақтық және габариттік параметрлерін басқа КББ-мен өлшеу, осы Қағидалардың 36-тармағымен көзделген жағдайларды қоспағанда, тасымалдаушымен мөртабаны қойылған тексеру нәтижелері туралы актінің көшірмесі, не жүк көлігі құралдарын өлшеудің халықаралық сертификатын ұсынған кезде жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z172" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z172" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Өлшеу құралы мен көлем шеңберлерінің, стационарлық үлгідегі салмақ өлшеу жабдығының және жылжымалы мобильді таразылардың қателігі тасымалдаушының пайдасына ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6924,68 +6848,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="109"/>
+    <w:bookmarkStart w:name="z174" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Стационарлық көліктік бақылау бекеттерінің жабдығы мен мүлік тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 13.10.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7475,68 +7399,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="110"/>
+    <w:bookmarkStart w:name="z176" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылжымалы көліктік бақылау бекеттерінің жабдығы мен мүлік тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 13.10.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8062,68 +7986,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="111"/>
+    <w:bookmarkStart w:name="z178" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> МАРШРУТ КАРТАСЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 26.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8721,68 +8645,68 @@
               </w:rPr>
               <w:t>3-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="112"/>
+    <w:bookmarkStart w:name="z212" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КББ келу және тексеру журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 3-1-қосымшамен толықтырылды - ҚР Көлік министрінің 20.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9825,68 +9749,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нұсқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="113"/>
+    <w:bookmarkStart w:name="z180" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КББ жабдығы мен мүлігін қабылдау-тапсыру актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көліктік бақылау бекеті __________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11182,68 +11106,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нұсқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="114"/>
+    <w:bookmarkStart w:name="z182" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тексеру нәтижелері туралы акті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көліктік бақылау бекеті __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16437,68 +16361,68 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="115"/>
+    <w:bookmarkStart w:name="z184" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мөртабан үлгісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Көлік министрінің 20.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16808,68 +16732,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="116"/>
+    <w:bookmarkStart w:name="z186" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының автомобиль көлігі туралы заңнамасының бұзылуын жою туралы нұсқама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 26.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18134,61 +18058,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ӘҚБтК-нің</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ӘҚБтК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>797-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес автокөлік құралын ұстау жүргізілді </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -18676,55 +18590,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>