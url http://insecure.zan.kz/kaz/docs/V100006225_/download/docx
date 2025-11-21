--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a6c61d4" w14:textId="a6c61d4">
+    <w:p w14:paraId="8e7e922" w14:textId="8e7e922">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,1346 +93,1766 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын уәкілетті органда тіркеу және оларды бұзу туралы ақпарат беру Ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2010 жылғы 12 сәуірдегі N 250 бұйрығы. Қазақстан Республикасы Әділет министрлігінде 2010 жылғы 13 мамырда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 6225 болып енгізілді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2010 жылғы 12 сәуірдегі N 250 бұйрығы. Қазақстан Республикасы Әділет министрлігінде 2010 жылғы 13 мамырда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 6225 болып енгізілді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...9 lines deleted...]
-      </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>РҚАО-ның ескертпесі!</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Заңының 27-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15) тармақшасына сәйкес, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жануарлар дүниесін пайдаланушылар жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасалған келісім шарттарды тіркеу және келісім шарттарды бұзу жөніндегі ақпараттарды уәкілетті органға ұсыну туралы Ережелері бекітілсін (бұдан әрі - Ережелер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Табиғат ресурстарын пайдалану стратегиясы департаменті осы бұйрықты Қазақстан Республикасы Әділет министрлігінде заңнамада белгіленген тәртіппен мемлекеттік тіркелуін қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрық ресми түрде жарияланған күнінен бастап он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Күрішбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...67 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2010 жылғы 12 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 250 бұйрығымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын уәкілетті органда тіркеу және оларды бұзу туралы ақпарат беру Ережесін бекіту туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...157 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын уәкілетті органда тіркеу және оларды бұзу туралы ақпарат беру Ережесін бекіту туралы</w:t>
-[...17 lines deleted...]
-1. Жалпы ережелер</w:t>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ережелер жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын уәкілетті органда тіркеу және оларды бұзу туралы ақпарат беру ретін анықтайды және Қазақстан Республикасының 2004 жылғы 9 шілдедегі «Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы» </w:t>
+      1. Осы Ережелер жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын уәкілетті органда тіркеу және оларды бұзу туралы ақпарат беру ретін анықтайды және Қазақстан Республикасының 2004 жылғы 9 шілдедегі "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде әзірленген.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жануарлар дүниесін пайдаланушылары мен жеке және заңды тұлғалар арасындағы жануарлар дүниесін пайдалану шарттарын (бұдан әрі – шарт) тіркеуді аңшылық алқаптар орналасқан жері бойынша жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті органның аумақтық бөлімшелері (бұдан әрі – инспекция) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      2. Жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын (бұдан әрі - шарт) уәкілетті органда тіркеуді Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті органның аумақтық бөлімшелерінде (бұдан әрі - инспекция) балық шаруашылығы су тоғандарының және/немесе учаскенің орналасқан жері бойынша, балық ресурстарын және басқа да су жануарларын пайдалануды жүзеге асырылатын жерде Балық шаруашылығы комитетінің аумақтық органдары өткізеді (бұдан әрі – Инспекция).</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жануарлар дүниесінің объектілерін пайдалану үшін балық ресурстарын және басқа да су жануарлары пайдаланушыларымен жеке және заңды тұлғалар арасында бекітілетін шарттар тіркеуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Шарттарды тіркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пайдаланушы жануарлар дүниесінің объектілерін пайдалану үшін жеке және заңды тұлғалар арасында шарт бекітілгеннен кейін он жұмыс күн барысында Инспекцияға осы Ережелерге қосымшаға сәйкес нысанасы бойынша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өтінішке келесі құжаттар қосымша беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шарттың түпнұсқасы мен көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шартты бекіткен тұлғалардың мемлекеттік тіркеу туралы куәліктерінің көшірмелері, заңнамамен бекіткен тәртіп бойынша куәландырылған (заңды тұлғалар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке куәлігінің көшірмесі (жеке тұлғалар үшін).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік тіркеудің ресми растауы жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттарын тіркейтін Журналына мәліметтерді енгізу болып табылады. Тіркеу өтініш білдірген күннен бастап 2 жұмыс күн ішінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Өтініш беруші осы Ережедегі 5 тармақта көрсетілген қажетті толық құжаттар пакетін бермеген жағдайда тіркеу жасалмайды. Тіркеуді жасамау туралы шешім өтініш берушіге 2 жұмыс күн ішінде жазбаша түрде хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Қорытынды ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жануарлар дүниесін пайдаланушы жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасасқан шарттары бұзылған жағдайда, 10 жұмыс күн ішінде жазбаша ақпаратты Инспекцияға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Шағымды қарау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Егер жануарлар дүниесін пайдалану шартын осы Ережеде бекітілген мерзімде тіркеу жүргізілмесе, жануарлар дүниесін пайдаланушы уәкілетті органға жазбаша түрде шағым жібере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қабылданған шағым есепке алу және шағымдар журналында тіркеліп, Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тыңдау тәртібін көздей отырып, ӘРПК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-тарауында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерде қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды қарастыру нәтижелері туралы өтініш берушіге жазбаша түрде хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның шешімімен келіспеген жағдайда, пайдаланушы берілген шешімге жоғарғы тұрған органға немесе сотқа шағымдануына болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлар дүниесінің объектілерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану үшін балық ресурстарын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа да су жануарлары пайдаланушыларымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке және заңды тұлғалар арасында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарды тіркеу Ережелеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Пайдаланушы жануарлар дүниесінің объектілерін пайдалану үшін жеке және заңды тұлғалар арасында шарт бекітілгеннен кейін он жұмыс күн барысында Инспекцияға осы Ережелерге қосымшаға сәйкес нысанасы бойынша өтініш береді.</w:t>
-[...397 lines deleted...]
-        <w:t>Нысан</w:t>
+      Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13720"/>
+        <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="465" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13720" w:type="dxa"/>
+            <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бастығына _________________________________________________________</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Бастығына _________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                       (Тегі, инициалдар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+           (жеке тұлға үшін - тегі, аты, әкесінің аты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+      тұратын орны; заңды тұлға үшін – заңды тұлғаның атауы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                          тұратын жері)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 телефон: _________________</w:t>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>                           Өтініш</w:t>
-[...34 lines deleted...]
-            </w:r>
+              <w:t>Өтініш</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мен (Біз) _________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                (жеке тұлға үшін - тегі, аты, әкесінің аты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                     заңды тұлға үшін - атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тегі, аты, әкесінің аты немесе толық атауы және банк реквизиттары)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...101 lines deleted...]
-                (өтініш берушінің қолы)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+      бекіткен балық ресурстарын пайдалану үшін шартты тіркеуді</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                         өтінемін (өтінеміз)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтінішке қосымша беріледі 1. __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                          2. __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                          3. __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___" 20______ жылы ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                (өтініш берушінің қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>