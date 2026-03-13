--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c07ff4c" w14:textId="c07ff4c">
+    <w:p w14:paraId="288f4f4" w14:textId="288f4f4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,923 +85,1123 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Түпнұсқа дәрілік заттың атауын бекіту ережесі туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 12 қарашадағы N 695 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 24 қарашада Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5883 болып енгізілді. Күші жойылды - Қазақстан Республикасы Денсаулық сақтау министрінің 2025 жылғы 24 қарашадағы № 151 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Денсаулық сақтау министрінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2009 жылғы 18 қыркүйектегі кодексінің 70-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> іске асыру мақсатында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған Түпнұсқа дәрілік заттың атауын бекіту ережесі бекітілсін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау министрлігінің Фармацевтикалық бақылау комитеті осы бұйрықты Қазақстан Республикасы Әділет министрлігіне мемлекеттік тіркеуге жіберсін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Әкімшілік-құқықтық жұмыс департаменті (Ф.Б. Бисмильдин) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін ресми жариялануын қамтамасыз етсін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Түпнұсқа дәрілік заттың атауын бекіту ережесі туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндет атқарушының 2007 жылғы 16 ақпандағы N 111 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде N 4567 тіркелген, Қазақстан Республикасының орталық атқарушы және басқа мемлекеттік органдарының нормативтік құқықтық актілер жинағында 2007 жылғы, наурыз, жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Денсаулық сақтау вице-министрі Е.А. Біртановқа жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осы бұйрық алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3590"/>
+        <w:gridCol w:w="8710"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ж. Досқалиев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      5. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Денсаулық сақтау вице-министрі Е.А. Біртановқа жүктелсін.</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2009 жылғы 12 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 695 бұйрығымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Түпнұсқа дәрілік заттың атауын бекіту ережесі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Ереже (бұдан әрі - Ереже) түпнұсқа дәрілік затты мемлекеттік тіркеу кезінде түпнұсқа дәрілік заттың атауын өндіруші ұйымдардың, әзірлеуші ұйымдардың бекіту тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Түпнұсқа дәрілік заттың атауын бекіту түпнұсқа дәрілік заттың сараптамасынан кейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Түпнұсқа дәрілік заттың атауы белгілі бір құрамы немесе фармакологиялық әсері бар түпнұсқа дәрілік затты сәйкестендіретін әріптердің (белгілердің) немесе жеке сөздердің белгілі бір үйлесімі түріндегі сөздік белгілеме болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Түпнұсқа дәрілік заттың атауын бекіту ережесі</w:t>
-[...110 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+        <w:t xml:space="preserve"> 2. Түпнұсқа дәрілік заттың атауын бекіту тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Түпнұсқа дәрілік заттың атауы оның құрамына және (немесе) әсеріне сәйкес, мүмкіндігінше қысқа, оңай айтылатын және үйлесімді болуы тиіс.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Құрамында бір дәрілік субстанция (монопрепарат) және халықаралық патенттелмеген атауы (ХПА) бар түпнұсқа дәрілік затты атау үшін осы атауды пайдалануға болады. Өндіруші-кәсіпорынды (әзірлеуші-ұйым) сәйкестендіру үшін осы атауға оның атауын немесе қысқартылған сөздерді қамтуға болады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Әртүрлі дәрілік нысанда шығарылатын және қолдану көрсетімі бірдей болатын түпнұсқа дәрілік заттың атауы оның құрамына кіретін негізгі дәрілік субстанцияның атауын қолдануға рұқсат етіледі. Бірдей дәрілік субстанцияның әртүрлі дәрілік нысандарына әртүрлі атаулар тек ерекшелік ретінде ғана, дәрілік нысанның және тиісінше, қолдану көрсетімдері өзгерістеріне байланысты дәрілік препараттың әсері айтарлықтай өзгергенде ғана болады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Құрамдасқан дәрілік заттың атауы дәрілік субстанцияның құрамына кіретін буындар мен әріптердің құрамдасуынан тұрады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Түпнұсқа дәрілік заттың атауын таңдағанда мыналарға:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрамы мен әсері жөнінде тұтынушыны шатастыратын және дәлелденбеген көрсетімдер бойынша қолдануға ынталандыратын атауларды пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дәрілік заттың атауында оны пайдалану, дәрілік заттың сипаттамасы, құрамы, дайындау тиісілі, сондай-ақ оның бірегей, мейлінше тиімді және қауіпсіз екендігін білдіретін тұтыну қасиеттеріне қатысты ақпараттың болуына;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрамы мен әсері бойынша әртүрлі немесе ұқсас, бұрын тіркелген дәрілік заттардың атауымен ұқсас немесе графикалық және (немесе) фонетикалық тұрғыда соларға үндес белгілерді дәрілік заттың жаңа атауы ретінде пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық патенттелмеген атауларды немесе графикалық және (немесе) фонетикалық тұрғыда ұқсас атауларды басқа химиялық құрамы немесе әсері бар дәрілік заттар үшін пайдалануға, сондай-ақ басқа химиялық және (немесе) фармакологиялық топтардың заттары атауларына тән сөздерді немесе сөздердің бөліктерін дәрілік заттың атауына енгізуге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өсімдік шикізатын және дәрілік өсімдік шикізатынан алынған дәрілік заттарды қоспағанда, дәрілік заттың атауына оның дәрілік түрі мен құрамындағы зат мөлшерін енгізуге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрамымен немесе оларға кіретін фармацевтикалық субстанциялар мөлшерлерінің арақатысы бойынша ерекшеленетін құрамдасқан дәрілік препараттар үшін бірдей атауды пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аурулар атаулары мен сырқаттану симптомдарын, анатомиялық және физиологиялық терминдерді, жеке есімдерді, географиялық атауларды, жалпы көпшілік қабылдаған нышандарды, тұрмыстық лексика сөздерін, графикалық және (немесе) фонетикалық тұрғыда тұрпайы сөздерге ұқсас сөздерді дәрілік зат атауында толық жаңғыртуға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы халқының тарихи-мәдени мұрасының аса құнды объектілерінің немесе бүкіл әлемдік мәдени және табиғи мұра объектілерінің ресми атауларымен бірдей немесе графикалық және (немесе) фонетикалық тұрғыда ұқсас белгілерді дәрілік заттың атауы ретінде пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық ұйымдардың қысқартылған немесе толық атауларын жаңғыртатын белгілерді пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұйымдардың, экономика салаларының атауларын және олардың қысқартылған атауларын жаңғыртатын белгілерді пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзінің мазмұны бойынша қоғамдық мүдделерге, адамгершілік және моральдық принциптерге қайшы келетін белгілерді пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарлардың түрін, сапасын, санын, қасиетін, тағайындалуын, құндылығын, сондай-ақ олардың өндірілетін немесе сатылатын орны мен уақытын көрсететін белгілерді дәрілік заттың атауына енгізуге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       авторлық құқықтарды бұза отырып, белгілі әдебиет, ғылым, өнер туындылары мен олардың бөліктерінің атауларын жаңғыртатын белгілерді пайдалануға жол берілмейді.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Түпнұсқа дәрілік заттың атауын бекіту үшін өтінім беруші дәрілік заттардың, медициналық мақсаттағы бұйымдар мен медициналық техниканың айналысы саласындағы мемлекеттік органға (бұдан әрі - мемлекеттік орган) осы Ережеге қосымшаға сәйкес өтінімді, ұсынылған атау негіздемесімен түсіндірме жазбаны, тіркелген тауар белгісінің өтініш берілген белгімен ұқсастықтың болуы немесе болмауы туралы Мемлекеттік тізілімнен ақпаратты немесе зияткерлік меншік саласындағы мемлекеттік орган бекіткен тауар белгісіне куәліктің көшірмесін береді. Өтінімде көрсетілген ақпарат жариялауға жатпайды.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қажет болған жағдайда мемлекеттік орган ұсынылған құжаттарды қарау үшін денсаулық сақтау саласындағы уәкілетті органның және оның ведомстволық бағыныстағы ұйымдарының мамандарын тартады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мемлекеттік орган өтінімді қабылдаған сәттен бастап отыз күнтізбелік күннен кешіктірмей түпнұсқа дәрілік заттың атауын бекіту (бекітпеу) туралы мемлекеттік органның бірінші басшысының немесе оның орнындағы тұлғаның бұйрығымен ресімделетін шешім қабылдайды.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Түпнұсқа дәрілік заттың атауын бекітуден мынадай себептермен:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       құжаттар осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұзыла отырып енгізілсе;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1068,737 +1270,965 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптар сақталмаса, бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...16 lines deleted...]
-Түпнұсқа дәрілік заттың</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түпнұсқа дәрілік заттың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауын бекіту ережесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Түпнұсқа дәрілік заттың атауын бекітуге</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Түпнұсқа дәрілік заттың атауын бекітуге</w:t>
-[...567 lines deleted...]
-        <w:t>      М.О.</w:t>
+        <w:t>ӨТІНІМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім беруші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке тұлғалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғылықты жерінің мекенжайы ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон, факс, E-mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңды тұлғалар үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон, факс, E-mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Химиялық атауы немесе сипаттамасы (стереохимиялық ақпаратты қоса):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Графикалық формуласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молекулалық формуласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фармакологиялық әсері: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолдану тәсілі мен дозалары: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ақпараттар: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            Толтырылған күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            200 __ ж. "____" _________                    _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                               қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.О.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2120,35 +2550,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>