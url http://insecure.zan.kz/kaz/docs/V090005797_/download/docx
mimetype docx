--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79c6e73" w14:textId="79c6e73">
+    <w:p w14:paraId="56a8970" w14:textId="56a8970">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,5819 +85,6360 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Есептілікті табыс ету тәртібі мен мерзімдерін және нысандарын, сондай-ақ байланысты гранттарды пайдалану барысы мен нәтижелері туралы берілетін ақпаратқа қойылатын талаптарды анықтау ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрінің 2009 жылғы 6 тамыздағы N 166 және Қазақстан Республикасы Қаржы министрінің 2009 жылғы 25 тамыздағы N 351 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 21 қыркүйекте Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5797 болып енгізілді</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...204 lines deleted...]
-      5. Осы бұйрық мемлекеттік тіркелген күнінен бастап қолданысқа енгізіледі.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрінің 2009 жылғы 6 тамыздағы N 166 және Қазақстан Республикасы Қаржы министрінің 2009 жылғы 25 тамыздағы N 351 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 21 қыркүйекте Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5797 болып енгізілді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 2025 жылғы 9 желтоқсандағы № 131 және Қазақстан Республикасы Қаржы министрінің 2025 жылғы 10 желтоқсандағы № 765 бірлескен бұйрығымен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...51 lines deleted...]
-        <w:t>    ______________ Б. Сұлтанов          _____________ Б. Жәмішев</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Қаржы министрінің 10.12.2025 № 765 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы Экономика  </w:t>
-[...17 lines deleted...]
-      </w:r>
+      2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджет кодексінің 170-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-2009 жылғы 06 тамыздағы N 166   </w:t>
-[...55 lines deleted...]
-бекітілген              </w:t>
+      1. Қоса беріліп отырған есептілікті табыс ету тәртібі мен мерзімдерін және нысандарын, сондай-ақ байланысты гранттарды пайдалану барысы мен нәтижелері туралы берілетін ақпаратқа қойылатын талаптарды анықтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ережесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Инвестициялық саясат және жоспарлау департаменті (Б. Тортаев) Заң департаментімен (Д. Ешімова) бірлесіп осы бұйрықтың Әділет министрлігінде мемлекеттік тіркелуін қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Экономика және бюджеттік жоспарлау вице-министрі М.Ә. Құсайыновқа және Қазақстан Республикасы Қаржы вице-министрі Б.Ш. Шолпанқұловқа жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрінің міндетін атқарушысының "Байланысты гранттарды пайдалану барысы мен нәтижелері туралы есептілікті және ақпаратты табыс ету ережесін бекіту туралы" 2005 жылғы 16 наурыздағы N 36 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күші жойылды деп танылсын (Қазақстан Республикасы нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2005 жылғы 28 наурызда N 3519 тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық мемлекеттік тіркелген күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және бюджеттік жоспарлау министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________ Б. Сұлтанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________ Б. Жәмішев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Экономика</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және бюджеттік жоспарлау министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2009 жылғы 06 тамыздағы N 166</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және Қазақстан Республикасы Қаржы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің 2009 жылғы 25 тамыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 351 бірлескен бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Есептілікті табыс ету тәртібі мен мерзімдерін</w:t>
+        <w:t xml:space="preserve"> Есептілікті табыс ету тәртібі мен мерзімдерін</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-және нысандарын, сондай-ақ байланысты гранттарды</w:t>
+        <w:t>және нысандарын, сондай-ақ байланысты гранттарды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-пайдалану барысы мен нәтижелері туралы</w:t>
+        <w:t>пайдалану барысы мен нәтижелері туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-берілетін ақпаратқа қойылатын талаптарды</w:t>
+        <w:t>берілетін ақпаратқа қойылатын талаптарды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-айқындау ережесі</w:t>
+        <w:t>айқындау ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Осы Есептілікті табыс ету тәртібі мен мерзімдерін және нысандарын, сондай-ақ байланысты гранттарды пайдалану барысы мен нәтижелері туралы берілетін ақпаратқа қойылатын талаптарды айқындау ережесі (бұдан әрі - Ереже) 2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджет </w:t>
+        <w:t xml:space="preserve">
+      1. Осы Есептілікті табыс ету тәртібі мен мерзімдерін және нысандарын, сондай-ақ байланысты гранттарды пайдалану барысы мен нәтижелері туралы берілетін ақпаратқа қойылатын талаптарды айқындау ережесі (бұдан әрі - Ереже) 2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі - Бюджет кодексі)    170-бабының </w:t>
+        <w:t xml:space="preserve"> (бұдан әрі - Бюджет кодексі)    170-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және есептілікті табыс ету тәртібі мен мерзімдерін және нысандарын, сондай-ақ байланысты гранттарды пайдалану барысы мен нәтижелері туралы берілетін ақпаратқа қойылатын талаптарды айқындайды.</w:t>
       </w:r>
-      <w:r>
-[...713 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z37" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2. Байланысты гранттардың іске асырылу мониторингін жүзеге асыру шеңберінде оларды пайдалану барысы мен нәтижелері туралы есептілікті және ақпаратты табыс етудің мақсаты байланысты гранттарды пайдалану тиімділігін бағалау, байланысты гранттарды тартуды жоспарлау процесін жетілдіру және байланысты гранттарды тарту саласындағы мемлекеттік саясатты қалыптастыру және жүзеге асыру жөнінде ұсыныстар тұжырымдау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Байланысты гранттарды пайдалану барысы мен нәтижелері туралы есепті жасау кезең-кезеңімен жүзеге асырылады және онда мыналар қамтылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік органдардың бюджеттік бағдарламаларының стратегиялық жоспарларына сәйкес жоспарланған мәліметтер көрінісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қол жеткен нәтижелерді (нақты мәліметтерді) жоспарланғандармен салыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жинау көздері мен әдістерін, сондай-ақ байланысты гранттарды пайдалану тиімділігін бағалау үшін ақпаратты өңдеу мен талдаудың пайдаланылған әдістерін көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) байланысты гранттарды пайдалану тиімділігін бағалау нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) байланысты гранттардың қаражатын пайдалану барысы мен нәтижелерінің донормен жасалған грант туралы келісім шарттарына, сондай-ақ донорлардың байланысты гранттарды беру рәсімдері мен саясатына сәйкестігін бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) байланысты гранттарды тарту саласындағы мемлекеттік саясатты қалыптастыру және жүзеге асыру жөніндегі ұсынымдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байланысты гранттарды пайдалану барысы мен нәтижелері туралы есептілік байланысты гранттарды пайдалану тиімділігін бағалау жөніндегі ақпаратты дайындау көзі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байланысты гранттарды пайдалану тиімділігін бағалау төменде көрсетілген ақпаратты өңдеу және талдау әдістерінің негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байланысты гранттарды іске асыру барысында қол жеткізілген тікелей материалдық немесе материалдық емес салдарлар болып табылатын нәтижелерге бағалау жүргізген кезде мынадай әдістер қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заттай көріністегі жұмыстар көлемінің, іске асыру мерзімдері мен қаржы шығындарының байланысты грантты жоспарлау сатысында көзделген тиісті көрсеткіштерге сәйкес келу дәрежесі белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсеткіштердің стандарттар талаптарына және жоспарлау сатысында құралған өзге де талаптарға сәйкес келу дәрежесі белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоспарлау сатысында қабылданған алғы шарттарды (бастапқы мәліметтерді), сондай-ақ күтілетін ағымдағы шығыстар мен оларды қаржыландыру көздерін растау дәрежесі белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаны іске асыру барысында туындаған кедергілер мен оларды жою шаралары талданады және іске асыруға қатысушы тараптардың іс-әрекеті бағаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоспарланған көрсеткіштерге қол жеткізу тиімділігі туралы қорытынды жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аяқталған жобаның әлеуметтік-экономикалық жағдайға әсер етуіне бағалау жүргізген кезде мынадай әдістер қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа жобалар қатарындағы жобаның мемлекеттік, салалық және секторалдық бағдарламалардың жоспарланған мақсаттарына қол жеткізуге үлесінің ара қатынасы белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағымдағы шығындар туралы нақты мәліметтер және жоспарлау сатысында құрылған алғы шарттарды (бастапқы мәліметтерді) растау дәрежесі талданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік, салалық және секторалдық бағдарламалардың жоспарланған мақсаттарына қол жеткізуге жоба үлесінің тиімділігі туралы қорытынды жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-Есептілікті табыс ету тәртібі   </w:t>
-[...3 lines deleted...]
-      </w:r>
+      4. Ай сайын, есепті айдан кейінгі айдың 5-күніне байланысты гранттарды іске асыруға жауапты Қазақстан Республикасының орталық атқарушы органдары мен өзге де мемлекеттік органдары (келісім бойынша) осы Ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4–қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бюджетті атқару жөніндегі орталық уәкілетті органға есептілік нысандарын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-мен мерзімдерін және нысандарын,</w:t>
-[...69 lines deleted...]
-ережесіне 1-қосымша        </w:t>
+      5. Мемлекеттік жоспарлау жөніндегі орталық уәкілетті орган алынған ақпараттар негізінде байланысты гранттарды пайдалануды бағалайды, ол мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) байланысты гранттарды тартудың орындылығын бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) байланысты гранттарды пайдалану арқылы жоспарланған және қол жеткізген нәтижелерді салыстыру, сондай-ақ олардың республиканың және өңірлердің әлеуметтік-экономикалық дамуына әсерін талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) байланысты гранттарды пайдалануға әсер еткен әртүрлі сыртқы факторларды бағалау мен талдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бағалаудың барлық түрлерін орындаған кезде әлеуметтік-экономикалық дамудың және бюджеттік параметрлердің болжамдарын және донорлардың (бар болған жағдайда) елдік бағдарламаларын әзірлеу шеңберінде байланысты гранттарды дайындау мен іске асыруды жақсарту жөніндегі ұсынымдар жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Байланысты гранттарды пайдалану барысы мен нәтижелері туралы жылдық есептілікті және ақпаратты байланысты гранттар тартылған өтінімдер бойынша жергілікті өкілді және атқарушы органдардың есептілігін ескере отырып, орталық мемлекеттік органдар мемлекеттік жоспарлау және бюджетті атқару жөніндегі орталық уәкілетті органдарға жоғарыда көрсетілген талаптарға сәйкес есепті жылдан кейінгі жылдың 5 наурызынан кешіктірмей тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептілікті табыс ету тәртібі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен мерзімдерін және нысандарын,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ байланысты гранттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану барысы мен нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы берілетін ақпаратқа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын талаптарды айқындау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ережесіне 1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Байланысты грант қаражатының игерілуі туралы деректер</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="953"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1673"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>Келісім-шарт сомасы (АҚШ долл.)</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+N р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаттың сомасы (АҚШ долл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты ұйым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларды, қызмет көрсетулерді (жұмыстарды) беруші фирма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Келісім-шартқа қол қойылған күн </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келісім-шарт сомасы (АҚШ долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
-[...242 lines deleted...]
-              <w:t>7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жиыны:</w:t>
+              <w:t>
+Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кестенің жалғасы</w:t>
+        <w:t>
+      кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2427"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1885"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2427" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>АҚШ долл. Қаражаттың жұмсалғаны</w:t>
+              <w:t>
+АҚШ долл. Қаражаттың жұмсалғаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жұмсалғаны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2471" w:type="dxa"/>
+              <w:t>
+Жұмсалғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Келесі айға арналған болжам (АҚШ долл.) </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1885" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Келесі айға арналған болжам (АҚШ долл.) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ескерту</w:t>
+              <w:t>
+Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ағымдағы жылы</w:t>
+              <w:t>
+Ағымдағы жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бір ай ішінде</w:t>
+              <w:t>
+Бір ай ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1536" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АҚШ долл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АҚШ долл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="285" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2427" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>14</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...147 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 20__ жылғы______ байланысты грант қаражатының түсуі мен жұмсалуы туралы ақпарат</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кодтары                             Донор</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-Функционалды топ                    Грант нөмірі</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Мекеме                              Қызмет көрсетілген банктер</w:t>
-[...3 lines deleted...]
-      </w:r>
+      1. Есепке Қазақстан Республикасының байланысты гранттың іске асырылуы үшін жауапты орталық атқарушы органның немесе өзге де мемлекеттік органының басшысы немесе оның орынбасары қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Бағдарлама                          Арнайы шоттар</w:t>
-[...3 lines deleted...]
-      </w:r>
+      2. N 10 және N 12-бағандарда теңгенің АҚШ долларына бағамы қаражатты байланысты гранттың шотынан алу күніне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептілікті табыс ету тәртібі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен мерзімдерін және нысандарын,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ байланысты гранттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану барысы мен нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы берілетін ақпаратқа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын талаптарды айқындау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ережесіне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ жылғы______ байланысты грант қаражатының түсуі мен жұмсалуы туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Кіші бағдарлама                     20___жылғы "__"_____кіріс қалдық:</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Кодтары                             Донор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Арнайы шот</w:t>
+      Функционалды топ                    Грант нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекеме                              Қызмет көрсетілген банктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама                          Арнайы шоттар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кіші бағдарлама                     20___жылғы "__"_____кіріс қалдық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы шот</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Грант қаражатының түсуі (бюджеттік жіктеменің коды)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="460"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1399"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="660" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N р/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1437" w:type="dxa"/>
+              <w:t>
+N р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаражаттың түскен күні</w:t>
+              <w:t>
+Қаражаттың түскен күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
+              <w:t>
+Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңгемен сомасы (мың теңге)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1316" w:type="dxa"/>
+              <w:t>
+Теңгемен сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюджеттік жіктеменің коды</w:t>
+              <w:t>
+Бюджеттік жіктеменің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
+              <w:t>
+Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассалық шығыстар (мың теңге)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1399" w:type="dxa"/>
+              <w:t>
+Кассалық шығыстар (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жыл басынан бергі бөлінген лимиттер (мың теңге)</w:t>
+              <w:t>
+Жыл басынан бергі бөлінген лимиттер (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="660" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>жыл басынан бергі</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="888" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>жыл басынан бергі</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="210" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="460" w:type="dxa"/>
-[...413 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="225" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жиыны:</w:t>
+              <w:t>
+Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20__ жылғы______ арнайы шоттағы таза қалдық: мың АҚШ долл.</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-                                             мың теңге</w:t>
-[...3 lines deleted...]
-      </w:r>
+      20__ жылғы______ арнайы шоттағы таза қалдық: мың АҚШ долл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                             теңге бағамы</w:t>
+                                                   мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                   теңге бағамы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Байланысты грант қаражаттың есептен шығару (бюджеттік жіктеменің коды)</w:t>
+        <w:t xml:space="preserve"> Байланысты грант қаражаттың есептен шығару (бюджеттік жіктеменің коды)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="990" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N р/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1522" w:type="dxa"/>
+              <w:t>
+N р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаражаттың есептен шығарылған күні</w:t>
+              <w:t>
+Қаражаттың есептен шығарылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
+              <w:t>
+Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңгемен сомасы (мың АҚШ долл.)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1357" w:type="dxa"/>
+              <w:t>
+Теңгемен сомасы (мың АҚШ долл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюджеттік жіктеменің коды</w:t>
+              <w:t>
+Бюджеттік жіктеменің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
+              <w:t>
+Шетелдік валютадағы сомасы (мың АҚШ долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассалық шығыстар (мың теңге)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1462" w:type="dxa"/>
+              <w:t>
+Кассалық шығыстар (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жыл басынан бергі бөлінген лимиттер (мың теңге)</w:t>
+              <w:t>
+Жыл басынан бергі бөлінген лимиттер (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="990" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="924" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>жыл басынан бергі</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="924" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>жыл басынан бергі</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бір айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="330" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...413 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="345" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жиыны:</w:t>
+              <w:t>
+Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...119 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-туралы ақпарат</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кодтары                                Донор</w:t>
+        <w:t>
+      Ескерту: Есепке Қазақстан Республикасының байланысты гранттың іске асырылуы үшін жауапты орталық атқарушы органның немесе өзге де мемлекеттік органының басшысы немесе оның орынбасары қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептілікті табыс ету тәртібі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен мерзімдерін және нысандарын,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ байланысты гранттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану барысы мен нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы берілетін ақпаратқа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын талаптарды айқындау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ережесіне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Байланысты грант қаражатының 20___ жылғы______ жұмсалуы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Функционалды топ                       Грант нөмірі</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Кодтары                                Донор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Мекеме                                 Қызмет көрсетілген банктер</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Функционалды топ                       Грант нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Бағдарлама                             Арнайы шоттар</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Мекеме                                 Қызмет көрсетілген банктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Кіші бағдарлама</w:t>
+      Бағдарлама                             Арнайы шоттар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кіші бағдарлама</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="747"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1849"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1335" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N р/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2887" w:type="dxa"/>
+              <w:t>
+N р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюджеттік жіктеменің коды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+              <w:t>
+Бюджеттік жіктеменің коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюджетпен барлық бекітілгені</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1839" w:type="dxa"/>
+              <w:t>
+Бюджетпен барлық бекітілгені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Есепті кезеңге арналған жоспар</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2070" w:type="dxa"/>
+              <w:t>
+Есепті кезеңге арналған жоспар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржыландыру лимиттері</w:t>
+              <w:t>
+Қаржыландыру лимиттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оффшорлық төлемдерді қоса алғанда, байланысты грант қаражатының есебінен жұмсалатын шығыстар</w:t>
+              <w:t>
+Оффшорлық төлемдерді қоса алғанда, байланысты грант қаражатының есебінен жұмсалатын шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1335" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -5920,957 +6463,1062 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>жыл басынан бергі</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті айдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="435" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="465" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жиыны:</w:t>
+              <w:t>
+Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...119 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-(жобаның атауы)</w:t>
-[...12 lines deleted...]
-жоба бойынша республикалық бюджеттен қоса қаржыландыру қаражатының жұмсалуы туралы ақпарат</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Функционалды топ                 Кіші бағдарлама</w:t>
+        <w:t>
+      Ескерту: Есепке Қазақстан Республикасының байланысты гранттың іске асырылуы үшін жауапты орталық атқарушы органның немесе өзге де мемлекеттік органының басшысы немесе оның орынбасары қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептілікті табыс ету тәртібі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен мерзімдерін және нысандарын,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ байланысты гранттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану барысы мен нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы берілетін ақпаратқа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын талаптарды айқындау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ережесіне 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(жобаның атауы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жоба бойынша республикалық бюджеттен қоса қаржыландыру қаражатының жұмсалуы туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Мекеме                           Донор</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Функционалды топ                 Кіші бағдарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Бағдарлама                       20___ жылғы "__"_____ жағдай бойынша</w:t>
+      Мекеме                           Донор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама                       20___ жылғы "__"_____ жағдай бойынша</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="513"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="480" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N р/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="913" w:type="dxa"/>
+              <w:t>
+N р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Санаттың атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1013" w:type="dxa"/>
+              <w:t>
+Санаттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Санаттың сомасы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1553" w:type="dxa"/>
+              <w:t>
+Санаттың сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тауарларды, қызмет көрсетулерді (жұмыстарды) беруші фирма</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1313" w:type="dxa"/>
+              <w:t>
+Тауарларды, қызмет көрсетулерді (жұмыстарды) беруші фирма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Келісім-шарттың сомасы (келісім шарт валютада)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1013" w:type="dxa"/>
+              <w:t>
+Келісім-шарттың сомасы (келісім шарт валютада)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Келісім-шартқа қол қойылған күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1113" w:type="dxa"/>
+              <w:t>
+Келісім-шартқа қол қойылған күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>АҚШ долларында жұмсалған қаражат</w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t>
+АҚШ долларында жұмсалған қаражат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республикалық бюджетте көрсетілген шығыстар</w:t>
+              <w:t>
+Республикалық бюджетте көрсетілген шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -6921,159 +7569,162 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Ерекшелігі</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассалық шығыстар (мың АҚШ долл.)</w:t>
+              <w:t>
+Кассалық шығыстар (мың АҚШ долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассалық шығыстар (мың теңге)</w:t>
+              <w:t>
+Кассалық шығыстар (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="480" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -7124,742 +7775,775 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...186 lines deleted...]
-              <w:t>жыл басынан бергі</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезең үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезең үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл басынан бергі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="480" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="513" w:type="dxa"/>
-[...413 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жиыны:</w:t>
+              <w:t>
+Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту:</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Есепке Қазақстан Республикасының байланысты гранттың іске асырылуы үшін жауапты орталық атқарушы органның немесе өзге де мемлекеттік органының басшысы немесе оның орынбасарлары қол қояды.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 7-бағанда жоба әрекеті басталғаннан бергі жұмсалған сома көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -7869,63 +8553,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8247,35 +8953,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>