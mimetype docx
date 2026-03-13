--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9a57343" w14:textId="9a57343">
+    <w:p w14:paraId="625e418" w14:textId="625e418">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,103 +86,189 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Концессия объектісінің құнын және концессионерлер қызметін мемлекеттік қолдаудың жиынтық құнын және шығындардың орнын толтыру көздерін айқындау әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасының Экономика және бюджеттік жоспарлау министрінің 2009 жылғы 23 ақпандағы N 24 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 24 наурызда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5604 болып енгізілді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Экономика және бюджеттік жоспарлау министрінің 2009 жылғы 23 ақпандағы N 24 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 24 наурызда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5604 болып енгізілді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2026 жылғы 12 қаңтардағы № 3 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырып жаңа редакцияда – ҚР Ұлттық экономика министрінің м.а. 16.02.2018 </w:t>
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 12.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Тақырып жаңа редакцияда – ҚР Ұлттық экономика министрінің м.а. 16.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Концессиялар туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1907,91 +1995,111 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>t страх</w:t>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>страх</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - t мерзімдегі сақтандыру қызметтерінің нарығын тексеру нәтижелері бойынша сақтандыру қызметінің нарықтық бағаларына сәйкес инфрақұрылымдық облигациялар бойынша мемлекет кепілгерлігі бойынша сақтандыруды қоса алғандағы концессия объектісін құрумен (салумен) байланысты сақтандырудың барлық түрлері бойынша шығыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       P </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>t аморт</w:t>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>аморт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> . - салық заңнамасында көзделген нормалар шегінде жаңа объектіні құруда (салуда) тікелей қолданылатын негізгі құралдар мен материалдық емес активтерге есептелетін амортизация;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3528,55 +3636,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3906,35 +4036,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>