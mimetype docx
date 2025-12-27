--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="84dc16c" w14:textId="84dc16c">
+    <w:p w14:paraId="86a7046" w14:textId="86a7046">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,358 +85,533 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Экономикалық дағдарыс жағдайында халықтың әлеуметтік осал топтарын дәрілік заттармен үздіксіз қамтамасыз етуді ұйымдастыру жөніндегі іс-шаралар туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 10 ақпандағы N 82 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 13 ақпанда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5546 болып енгізілді.</w:t>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 10 ақпандағы N 82 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2009 жылғы 13 ақпанда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5546 болып енгізілді. Күші жойылды - Қазақстан Республикасы Денсаулық сақтау министрінің 2025 жылғы 24 қарашадағы № 151 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Денсаулық сақтау министрінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Экономикалық дағдарыс жағдайында дәрілік заттармен үздіксіз қамтамасыз ету және дәрілік заттардың бағаларының өсуін тежеу мақсатында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Облыстардың, Астана және Алматы қалаларының денсаулық сақтау басқармалары бастапқы медициналық-санитарлық және консультациялық-диагностикалық көмек көрсететін денсаулық сақтау ұйымдарында дәріхана ұйымдарын ашу жолымен тегін медициналық көмектің кепілді көлемі шеңберінде халықты дәрілік заттармен қамтамасыз етсін және құрылған дәріхана ұйымдары арқылы дәрілік заттарды бөлу тегін медициналық көмектің кепілді көлемі шеңберінде дәрілік заттар өнімін берушілермен шарт жасассын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. &lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      1. Облыстардың, Астана және Алматы қалаларының денсаулық сақтау басқармалары бастапқы медициналық-санитарлық және консультациялық-диагностикалық көмек көрсететін денсаулық сақтау ұйымдарында дәріхана ұйымдарын ашу жолымен тегін медициналық көмектің кепілді көлемі шеңберінде халықты дәрілік заттармен қамтамасыз етсін және құрылған дәріхана ұйымдары арқылы дәрілік заттарды бөлу тегін медициналық көмектің кепілді көлемі шеңберінде дәрілік заттар өнімін берушілермен шарт жасассын. </w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақтың күші жойылды - Қазақстан Республикасы Денсаулық сақтау министрінің 2010.04.29 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 311</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...53 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Фармацевтикалық бақылау комитеті (С.А. Баймұқанов) осы бұйрықты Қазақстан Республикасы Әділет министрлігіне мемлекеттік тіркеуге жіберсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Әкімшілік-құқықтық жұмыс департаменті (А.Б. Молдағасымова) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін бұқаралық ақпарат құралдарында жариялауды қамтамасыз етсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Денсаулық сақтау министрлігінің жауапты хатшысы Б.Н. Садықовқа жүктелсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Осы бұйрық ресми жарияланған күнінен бастап қолданысқа енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3590"/>
+        <w:gridCol w:w="8710"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ж. Досқалиев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...102 lines deleted...]
-        <w:t xml:space="preserve">      Министр                                        Ж. Досқалиев </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -756,35 +933,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>