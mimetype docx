--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b1d53f4" w14:textId="b1d53f4">
+    <w:p w14:paraId="510fa74" w14:textId="510fa74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,109 +100,85 @@
         </w:rPr>
         <w:t>Жергілікті маңызы бар балық шаруашылығы су айдындарының тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облыстық әкімиятының 2008 жылғы 12 мамырдағы № 167 қаулысы. Ақтөбе облысының Әділет департаментінде 2008 жылғы 5 маусымда № 3254 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырыбы жаңа редакцияда – Ақтөбе облысының әкімдігінің 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 455</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -237,50 +213,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Ақтөбе облысының әкімдігі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -299,90 +276,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жергілікті маңызы бар балық шаруашылығы су айдындарының тізбесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -401,90 +378,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулы ол ресми түрде жарияланғаннан кейін 10 күнтізбелік күн өткеннен соң әрекет етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау облыс әкімінің бірінші орынбасары Ш.Өмірзақовқа жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -569,68 +546,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С.Сағындықов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -727,61 +686,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жергiлiктi маңызы бар балық шаруашылығы су айдындарының тiзбесi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Ақтөбе облысы әкімдігінің 01.08.2024 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Ақтөбе облысы әкімдігінің 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 221</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1308,51 +1267,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәртөк ауданындағы Жаңатаң ауылынан 3 километрдегі Елек өзенінің ескі арнасы</w:t>
+Мәртөк ауданы Жаңатаң ауылынан 3 шақырымдағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елек өзенінің ескі арнасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3168,69 +3145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-әуесқойлық (спорттық) балық аулау / кәсіпшілік балық аулау / көлде</w:t>
-[...17 lines deleted...]
-тауарлы балық өсіру шаруашылығы</w:t>
+әуесқойлық (спорттық) балық аулау / кәсіпшілік балық аулау / көлде тауарлы балық өсіру шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3298,52 +3257,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-64 </w:t>
+              <w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3447,52 +3406,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-61 </w:t>
+              <w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3561,87 +3520,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлкейек</w:t>
-[...35 lines deleted...]
-114 </w:t>
+Өлкейік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3745,52 +3704,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-100 </w:t>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3894,52 +3853,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-105 </w:t>
+              <w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4043,52 +4002,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-113 </w:t>
+              <w:t>
+113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4157,87 +4116,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сарықобда</w:t>
-[...35 lines deleted...]
-79</w:t>
+Сары Қобда өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+237</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4306,87 +4265,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тәңірберген</w:t>
-[...35 lines deleted...]
-73</w:t>
+Тәңірберген өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4455,421 +4414,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қайрақты</w:t>
-[...369 lines deleted...]
-Әуесқойлық (спорттық) балық аулау</w:t>
+Қайрақты өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әуесқойлық (спорттық) балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлдер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -5203,52 +4864,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1 </w:t>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5276,51 +4937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әйтеке би ауданы</w:t>
+Әйтеке би ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5352,52 +5013,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2 </w:t>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5425,51 +5086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әйтеке би ауданы</w:t>
+Әйтеке би ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5501,52 +5162,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-3 </w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5574,51 +5235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5723,51 +5384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5799,52 +5460,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5 </w:t>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5872,51 +5533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5948,52 +5609,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6 </w:t>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6021,51 +5682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6097,124 +5758,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-Ырғыз ауданы</w:t>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құтыкөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6319,51 +5980,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6395,52 +6056,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-9 </w:t>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6468,51 +6129,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6544,52 +6205,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-10 </w:t>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6617,51 +6278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ырғыз ауданы</w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6842,52 +6503,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-12 </w:t>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6991,52 +6652,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-13 </w:t>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7140,52 +6801,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-14 </w:t>
+              <w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7289,52 +6950,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-15 </w:t>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7438,52 +7099,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-16 </w:t>
+              <w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7587,52 +7248,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-17 </w:t>
+              <w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7736,52 +7397,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-18 </w:t>
+              <w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7885,52 +7546,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-19 </w:t>
+              <w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8034,52 +7695,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-20 </w:t>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8332,52 +7993,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-22 </w:t>
+              <w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8481,52 +8142,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-23 </w:t>
+              <w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8630,52 +8291,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-24 </w:t>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8779,52 +8440,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-25 </w:t>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9077,52 +8738,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-27 </w:t>
+              <w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9226,52 +8887,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-28 </w:t>
+              <w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9448,51 +9109,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қобда ауданы</w:t>
+Қобда ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9597,51 +9258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұғалжар ауданы</w:t>
+Мұғалжар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9746,51 +9407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұғалжар ауданы</w:t>
+Мұғалжар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9895,51 +9556,349 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шалқар ауданы</w:t>
+Шалқар ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кәсіпшілік балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курттыкол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уилский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көлде тауарлы балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көне Шалқар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалқар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9951,52 +9910,52 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кәсіпшілік балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Су қоймалары: </w:t>
+        <w:t>
+      Су қоймалары:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10011,52 +9970,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-№ </w:t>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10083,52 +10042,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Орналасқан жері, ауданы </w:t>
+              <w:t>
+Орналасқан жері, ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10160,124 +10119,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-3 </w:t>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10309,124 +10268,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-Ақтөбе қаласы </w:t>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақтөбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақтөбе қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10494,88 +10453,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-Ақтөбе қаласы </w:t>
+              <w:t>
+Сазды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақтөбе қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10607,124 +10566,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-Қарғалы ауданы</w:t>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарғалы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарғалы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10756,124 +10715,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-Мәртөк ауданы</w:t>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әшібек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәртөк ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10905,124 +10864,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-Мұғалжар ауданы </w:t>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әулие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұғалжар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11090,88 +11049,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-Мұғалжар ауданы</w:t>
+              <w:t>
+Айталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұғалжар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11203,52 +11162,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-7 </w:t>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11275,52 +11234,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Хромтау ауданы </w:t>
+              <w:t>
+Хромтау ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11352,52 +11311,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-8 </w:t>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11425,51 +11384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хромтау ауданы</w:t>
+Хромтау ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11574,51 +11533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хромтау ауданы</w:t>
+Хромтау ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11630,52 +11589,52 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлде тауарлы балық өсіру шаруашылығы / тор қоршамада балық өсіру шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Су тоғандар: </w:t>
+        <w:t>
+      Су тоғандар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11839,52 +11798,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1 </w:t>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11988,52 +11947,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1 </w:t>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12061,51 +12020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақтөбе қаласы</w:t>
+Ақтөбе қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12137,88 +12096,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-Беляев</w:t>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Беляевская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12359,51 +12318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алға ауданы</w:t>
+Алға ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12472,87 +12431,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көшпике</w:t>
-[...35 lines deleted...]
-Алға ауданы</w:t>
+Көшбике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алға ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13068,123 +13027,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чапаев</w:t>
-[...71 lines deleted...]
-көлде тауарлы балық өсіру шаруашылығы</w:t>
+Шолақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алға ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әуесқойлық (спорттық) балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13217,51 +13176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БАМ</w:t>
+Чапаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13289,51 +13248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-әуесқойлық (спорттық) балық аулау / тор қоршамада балық өсіру шаруашылығы</w:t>
+көлде тауарлы балық өсіру шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13366,51 +13325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алимбетов</w:t>
+БАМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13438,51 +13397,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көлде тауарлы балық өсіру шаруашылығы</w:t>
+әуесқойлық (спорттық) балық аулау / тор қоршамада балық өсіру шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13515,51 +13474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Буранов карьері</w:t>
+Алимбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13664,51 +13623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чугаев карьері</w:t>
+Бурановский карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13813,51 +13772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Буранов карьері-2</w:t>
+Чугаевский карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13962,51 +13921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алма шаруа қожалығының тоғаны</w:t>
+Бурановский карьері-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14111,51 +14070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ш.Қалдаяқов ауылының тоғаны</w:t>
+Ш. Қалдаяқов атындағы ауылдың тоғаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14409,51 +14368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңа Бадамша-1 карьері</w:t>
+Жаңа-Бадамша-1 карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14558,51 +14517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңа Бадамша-2 карьері</w:t>
+Жаңа-Бадамша-2 карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15154,51 +15113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чугаев-2 карьері</w:t>
+Чугаевский-2 карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15303,51 +15262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чугаев-3 карьері</w:t>
+Чугаевский-3 карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16495,51 +16454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чапаев карьері</w:t>
+Чапаевский карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18432,123 +18391,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жайсан</w:t>
-[...71 lines deleted...]
-көлде тауарлы балық өсіру шаруашылығы</w:t>
+Кузьмин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қобда ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әуесқойлық (спорттық) балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18581,123 +18540,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Яблунов</w:t>
-[...71 lines deleted...]
-көлде тауарлы балық өсіру шаруашылығы</w:t>
+Қарасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қобда ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әуесқойлық (спорттық) балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18730,87 +18689,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоса</w:t>
-[...35 lines deleted...]
-Мәртөк ауданы</w:t>
+Егіндібұлақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қобда ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18879,87 +18838,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөгет № 1</w:t>
-[...35 lines deleted...]
-Мәртөк ауданы</w:t>
+Жайсаң</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәртөк ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19028,51 +18987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөгет № 2</w:t>
+Яблуновский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19177,51 +19136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаратау-1</w:t>
+Жоса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19326,51 +19285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаратау-2</w:t>
+Бөгет № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19475,51 +19434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарашай</w:t>
+Бөгет № 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19624,51 +19583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңа</w:t>
+Қаратау-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19773,51 +19732,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казанка-1</w:t>
+Қаратау-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19922,51 +19881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казанка-2</w:t>
+Қарашай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20071,51 +20030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәртөк</w:t>
+Жаңа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20220,51 +20179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Егіз ата</w:t>
+Казанка-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20369,51 +20328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кораблев</w:t>
+Казанка-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20518,51 +20477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шортанды</w:t>
+Мәртөк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20667,51 +20626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Егіз ата 2 тоғаны</w:t>
+Егіз ата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20816,87 +20775,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айнақарасу</w:t>
-[...35 lines deleted...]
-Мұғалжар ауданы</w:t>
+Кораблевский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәртөк ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20965,87 +20924,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куб</w:t>
-[...35 lines deleted...]
-Ойыл ауданы</w:t>
+Шортанды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәртөк ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21114,87 +21073,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұқан</w:t>
-[...35 lines deleted...]
-Ойыл ауданы</w:t>
+Егіз ата 2 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәртөк ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21263,87 +21222,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Никельтау карьері</w:t>
-[...35 lines deleted...]
-Хромтау ауданы</w:t>
+Айнақарасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұғалжар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21412,87 +21371,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хромтау карьері</w:t>
-[...35 lines deleted...]
-Хромтау ауданы</w:t>
+Куб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ойыл ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21561,87 +21520,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кубинка</w:t>
-[...35 lines deleted...]
-Хромтау ауданы</w:t>
+Мұқан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ойыл ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21710,51 +21669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хромтау 2 карьері тоғаны</w:t>
+Никельтау карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21859,51 +21818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хромтау 3 карьері тоғаны</w:t>
+Хромтау карьері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22008,87 +21967,683 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шевченко тоғаны</w:t>
-[...35 lines deleted...]
-Темір ауданы</w:t>
+Кубинка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтау ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көлде тауарлы балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтау 2 карьері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтауский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көлде тауарлы балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтау 3 карьері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтауский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көлде тауарлы балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шевченко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темирский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көлде тауарлы балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалаулыкөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ырғыз ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22166,55 +22721,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>