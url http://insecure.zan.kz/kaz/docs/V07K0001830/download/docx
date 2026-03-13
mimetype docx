--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a4113f6" w14:textId="a4113f6">
+    <w:p w14:paraId="0a7753a" w14:textId="0a7753a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -792,64 +792,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2007 жылғы "30" мамырдағы</w:t>
+              <w:t>2007 жылғы 30 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№12/03 қаулысына</w:t>
+              <w:t>№ 12/03 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -857,71 +857,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карантин режимі енгізілуі тиіс өсімдіктер карантині саласындағы мемлекеттік бақылау нысандарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Қарағанды облысының әкімдігінің 16.05.2025 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Қарағанды облысының әкімдігінің 06.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/05</w:t>
+        <w:t>№ 08/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -1594,87 +1594,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...35 lines deleted...]
-3829,976</w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4043,476</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2868,81 +2868,80 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарағанды а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-3</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3020,60 +3019,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3149,60 +3171,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3239,155 +3284,86 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта рәсімделді, 09 қараша 2024жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3413,201 +3389,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
-[...35 lines deleted...]
-25 маусым 2007 жыл</w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 ақпан 2025 жыл, қайта рәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...72 lines deleted...]
-Ильичев а/о</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Надежда" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мичурин а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3635,179 +3610,203 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...35 lines deleted...]
-19 маусым 2015 жыл, бұрынғы жер пайдаланушы - "Ташимова Л." ф/қ</w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 маусым 2007 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...50 lines deleted...]
-          <w:p/>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жанат" ӨК, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ильичев а/о</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3833,203 +3832,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
-[...35 lines deleted...]
-09 тамыз 2023 жыл</w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 маусым 2015 жыл, бұрынғы жер пайдаланушы - "Ташимова Л." ф/қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...74 lines deleted...]
-          </w:p>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Абай ауданының тұрғын үй коммуналдық шаруашылығы, жолаушылар көлігі, автокөлік жолдары және тұрғын үй инспекциясы бөлімі" ММ, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4055,179 +4030,203 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7,5</w:t>
-[...35 lines deleted...]
-10 тамыз 2015 жыл</w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 тамыз 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...50 lines deleted...]
-          <w:p/>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мичурин а/о</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4253,164 +4252,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12,5</w:t>
-[...35 lines deleted...]
-25 тамыз 2016 жыл</w:t>
+7,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 тамыз 2015 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...35 lines deleted...]
-"Қарлығаш" ш/қ, а/ш танаптары</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Барс" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4451,203 +4450,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18,99</w:t>
-[...35 lines deleted...]
-04 тамыз 2017 жыл</w:t>
+12,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 тамыз 2016 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...74 lines deleted...]
-          </w:p>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарлығаш" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4673,179 +4648,203 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107</w:t>
-[...35 lines deleted...]
-25 тамыз 2016 жыл</w:t>
+18,99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04 тамыз 2017 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Олжас"ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағанды а/о</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4949,51 +4948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5006,81 +5005,80 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шевченко" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-2</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5158,60 +5156,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5249,86 +5270,88 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03 шілде 2018 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5470,135 +5493,89 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 маусым 2020 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5621,164 +5598,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147</w:t>
-[...35 lines deleted...]
-06 қазан 2023 жыл, қайта рәсімделді, бұрынғы жер пайдаланушы - "Колесникова" ш/қ</w:t>
+213,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 маусым 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...35 lines deleted...]
-"Татуин" ш/қ, а/ш танаптары</w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"TAS 2009" ЖШС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5819,164 +5796,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
-[...35 lines deleted...]
-23 маусым 2020 жыл</w:t>
+147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06 қазан 2023 жыл, қайта рәсімделді, бұрынғы жер пайдаланушы - "Колесникова" ш/қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...35 lines deleted...]
-Ауылдық округ әкімдігі, жер қоры</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Татуин" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6017,164 +5994,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-920</w:t>
-[...35 lines deleted...]
-04 тамыз 2021 жыл</w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 маусым 2020 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
-[...35 lines deleted...]
-"Жевлаков А.Н." ЖК, а/ш танаптары</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6215,184 +6192,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45,39</w:t>
-[...35 lines deleted...]
-қайта рәсімделді, 04 қыркүйек 2023 жыл</w:t>
+920</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04 тамыз 2021 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
-[...55 lines deleted...]
-а/ш танаптары</w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жевлаков А.Н." ЖК, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6433,164 +6390,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...35 lines deleted...]
-04 тамыз 2021 жыл</w:t>
+45,39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді, 04 қыркүйек 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...35 lines deleted...]
-"Крухинец" ш/қ, а/ш танаптары</w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сарыбұлақ" ф/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6631,51 +6588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5,9</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6708,125 +6665,102 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
-[...73 lines deleted...]
-          </w:p>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Крухинец" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6852,203 +6786,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,4</w:t>
-[...35 lines deleted...]
-қайта рәсімделді, 16 ақпан 2024 жыл</w:t>
+5,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04 тамыз 2021 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...103 lines deleted...]
-Ильичев а/о</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды ауылдық округі әкімдігінің аппараты" ММ, елді мекен қарасты жолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағанды а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7076,133 +7007,205 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-168</w:t>
-[...35 lines deleted...]
-қайта рәсімделді, 17 шілде 2024 жыл</w:t>
+2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді, 16 ақпан 2024 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...34 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖК "Бунтовский Илья Николаевич", а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ильичев а/о</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7228,88 +7231,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76</w:t>
-[...36 lines deleted...]
-14 шілде 2022 жыл</w:t>
+168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді, 17 шілде 2024 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7381,179 +7383,134 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-204</w:t>
-[...14 lines deleted...]
-          <w:p/>
+76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 шілде 2022 жыл</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7579,128 +7536,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,03</w:t>
-[...37 lines deleted...]
-          </w:p>
+204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7728,51 +7662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Южный кенті</w:t>
+Дубовка а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7800,51 +7734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1,2</w:t>
+0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7877,123 +7811,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...71 lines deleted...]
-Абай қаласы, Промышленный көш. 28А</w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі (Қызылорда- Павлодар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Южный кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8021,200 +7955,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,05</w:t>
-[...35 lines deleted...]
-15 тамыз 2023 жыл</w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01 тамыз 2022 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...71 lines deleted...]
-Құрма а/о</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Абай қаласы әкімдігі апараты" ММ, елді мекен жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абай қаласы, Промышленный көш. 28А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8242,51 +8176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,5</w:t>
+0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8319,123 +8253,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-[...71 lines deleted...]
-Қарабас кенті</w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрма а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8463,804 +8397,804 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,276</w:t>
-[...35 lines deleted...]
-11 шілде 2023 жыл</w:t>
+0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 тамыз 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II.</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚТЖ-Жүк тасымалы" Қарабас КЗХ 675407, теміржол жол бекеті,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарабас кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,276</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 шілде 2023 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...181 lines deleted...]
-            </w:r>
+II.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақтоғай ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1530</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Думан" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарабұлақ а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
-[...120 lines deleted...]
-10 тамыз 2008 жыл</w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 мамыр 2007 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...73 lines deleted...]
-          </w:p>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9286,200 +9220,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
-[...35 lines deleted...]
-23 тамыз 2019 жыл</w:t>
+208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 тамыз 2008 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-Абай а/о</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жерқоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жидебай а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9507,1025 +9441,1048 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-222</w:t>
-[...35 lines deleted...]
-11 қыркүйек 2020 жыл</w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 тамыз 2019 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III.</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абай а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 қыркүйек 2020 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...180 lines deleted...]
-            </w:r>
+III.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқаржырау ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3098,66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...179 lines deleted...]
-07 шілде 2006 жыл</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Агрохолдинг BEREKE" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ростовка а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 желтоқсан 2022 жылы, қайта рәсімделді, бұрынғы жер пайдаланушы - "Киров" ӨК ЖШС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...180 lines deleted...]
-03 қыркүйек 2010 жыл</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Асыл" ӨК, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каражар а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+686</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07 шілде 2006 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...50 lines deleted...]
-          <w:p/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Дизель плюс" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұзды а/о</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10551,202 +10508,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...35 lines deleted...]
-02 қыркүйек 2019 жыл</w:t>
+590</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03 қыркүйек 2010 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауылдық округ әкімдігі, жер қоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10772,642 +10706,642 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290</w:t>
-[...35 lines deleted...]
-28 маусым 2016 жыл</w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02 қыркүйек 2019 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...179 lines deleted...]
-12 тамыз 2016 жыл</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доскей а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+290</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 маусым 2016 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...179 lines deleted...]
-қайта рәсімделді</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенттік округ әкімдігі, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғ.Мустафин атындағы кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 тамыз 2016 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...71 lines deleted...]
-Ғ.Мустафин атындағы кенті</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұзды а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11435,200 +11369,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,2</w:t>
-[...35 lines deleted...]
-23 тамыз 2016 года</w:t>
+120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...71 lines deleted...]
-Доскей а/о</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ақ Нұра ХПП" ЖШС кәсіпорынның аумағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғ.Мустафин атындағы кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11656,201 +11590,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,23</w:t>
-[...35 lines deleted...]
-25 тамыз 2021 жыл</w:t>
+8,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 тамыз 2016 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...35 lines deleted...]
-"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі (Қарағанды-Аягөз-Бөғаз)</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, елді мекен жерлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көкпекті а/о</w:t>
+Доскей а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11878,164 +11812,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
-[...35 lines deleted...]
-04 тамыз 2022 жыл</w:t>
+0,23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 тамыз 2021 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...35 lines deleted...]
-Ауылдық округ әкімдігі, елді мекен жерлері</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Стрелец" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12076,200 +12010,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...35 lines deleted...]
-09 тамыз 2022 жыл</w:t>
+0,23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06 тамыз 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...71 lines deleted...]
-Петровка а/о</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі (Қарағанды-Аягөз-Бөғаз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көкпекті а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12297,936 +12232,1041 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
-[...35 lines deleted...]
-14 тамыз 2024 жыл</w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04 тамыз 2022 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV.</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, елді мекен жерлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 тамыз 2022 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Петровка а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауылдық округ әкімдігі, жер қоры</w:t>
-[...144 lines deleted...]
-қайта рәсімделді</w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 тамыз 2024 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...188 lines deleted...]
-29 маусым 2006 жыл</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Нур-Адил" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанаталап а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 тамыз 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...117 lines deleted...]
-06 маусым 2024 жыл</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Марат" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоғызқұдық а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 тамыз 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...73 lines deleted...]
-          </w:p>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13252,200 +13292,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99</w:t>
-[...35 lines deleted...]
-16 маусым 2011 жыл</w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 қыркүйек 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-Н.Абдиров атындағы а/о</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ботақара кенті әкімдігі апараты" ММ, елді мекен жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ботақара кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13473,557 +13513,539 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83,2</w:t>
-[...35 lines deleted...]
-15 маусым 2011 года</w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 тамыз 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...213 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарқаралы ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5523,138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...43 lines deleted...]
-          <w:p/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегісшілдік а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...104 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14049,182 +14071,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
-[...35 lines deleted...]
-09 қыркүйек 2021 жыл- бұрынғы жер пайдаланушы "ауылдық округ әкімдігі, жер қоры</w:t>
+636,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 шілде 2025 жыл, қайта рәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -14247,164 +14223,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
-[...35 lines deleted...]
-29 тамыз 2023 жыл</w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 шілде 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...35 lines deleted...]
-"Алпан" ш/қ, а/ш танаптары</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Шокпартас" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -14445,164 +14421,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
-[...35 lines deleted...]
-29 тамыз 2023 жыл</w:t>
+330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 маусым 2006 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-Ауылдық округ әкімдігі, жер қоры</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Елдос" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -14643,182 +14621,137 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
-[...35 lines deleted...]
-29 тамыз 2023 жыл</w:t>
+1257,23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06 қыркүйек 2019 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -14841,1026 +14774,1018 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-755</w:t>
-[...37 lines deleted...]
-          </w:p>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V.</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаршығалы а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 маусым 2011 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н.Абдиров атындағы а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Черниговский и К" ЖШС, а/ш танаптары</w:t>
-[...144 lines deleted...]
-қайта рәсімделді</w:t>
+83,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 маусым 2011 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...156 lines deleted...]
-06 маусым 2012 жыл</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Әбу" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Томар а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 қыркүйек 2021 жыл- бұрынғы жер пайдаланушы ауылдық округ әкімдігі, жер қоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...179 lines deleted...]
-06 тамыз 2004 жыл</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Әлішер" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 тамыз 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...74 lines deleted...]
-          </w:p>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Алпан" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15886,164 +15811,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
-[...35 lines deleted...]
-16 маусым 2006 жыл</w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 тамыз 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...35 lines deleted...]
-"Михайлев А.Н." ш/қ, а/ш танаптары</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -16084,1262 +16009,1069 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160</w:t>
-[...35 lines deleted...]
-14 шілде 2004 жыл</w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 тамыз 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-"Алабас-Агро" ф/қ, а/ш танаптары</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...71 lines deleted...]
-қайта рәсімделді, </w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+759</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді, 04 тамыз 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-12 шілде 2006 жыл</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 тамыз 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...181 lines deleted...]
-          </w:p>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарқаралы ауданының тұрғын үй коммуналдық шаруашылығы, жолаушылар көлігі, автокөлік жолдары және тұрғын үй инспекциясы бөлімі" ММ, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...179 lines deleted...]
-12 маусым 2013 жыл</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сырбаева" ж/к, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 шілде 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...181 lines deleted...]
-            </w:r>
+V.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұра ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10003,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...79 lines deleted...]
-          <w:p/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Черниговский и К" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көбетей а/о</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17365,606 +17097,514 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-674</w:t>
-[...35 lines deleted...]
-20 маусым 2007 жыл</w:t>
+900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-09 шілде 2008 жыл</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+572,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08 шілде 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...179 lines deleted...]
-14 тамыз 2020 жыл</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+158,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06 маусым 2012 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...35 lines deleted...]
-"Қарағанды облысының жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық маңызы бар автожолдарға берілген жер телімі, (Қарағанды - Шахтинск-Есенгелді - Кайнар - Нура, 144-165 км.)</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Отқанжар" ЖШС, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17992,861 +17632,854 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-19 шілде 2023 жыл</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06 тамыз 2004 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кертінді а/о </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 маусым 2006 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Михайлев А.Н." ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жумадилов" ш/қ, а/ш танаптары</w:t>
-[...143 lines deleted...]
-қайта рәсімделді</w:t>
+160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 шілде 2004 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...179 lines deleted...]
-14 тамыз 2013 жыл</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Алабас-Агро" ф/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қайта рәсімделді, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...72 lines deleted...]
-Николаев а/о</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Карой" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарой а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18874,2431 +18507,2572 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-308</w:t>
-[...35 lines deleted...]
-қайта рәсімделді</w:t>
+671</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 шілде 2006 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...157 lines deleted...]
-19 шілде 2006 жыл</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Тассуат-Агро" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тассуат а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді, бұрынғы жер пайдаланушы "Индустриальный" ӨК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...156 lines deleted...]
-19 шілде 2006 жыл</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Альдеран" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақмешіт а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 маусым 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VII.</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Шортанов Е.Ж." ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заречный а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+674</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 маусым 2007 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...179 lines deleted...]
-26 шілде 2007 жыл</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Кайнар" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайнар а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 шілде 2008 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...180 lines deleted...]
-14 маусым 2013 жыл</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Прежевальское" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұзбел а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+327</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 тамыз 2020 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...156 lines deleted...]
-14 маусым 2013 жыл</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облысының жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық маңызы бар автожолдарға берілген жер телімі, (Қарағанды - Шахтинск-Есенгелді - Кайнар - Нура, 144-165 км.) "Ахмет аул-2030" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изенді а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 шілде 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...156 lines deleted...]
-Қайта рәсімделді</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ "Ахмет аул-2030" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ахмет а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1099,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 қыркүйек 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+VI.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осакаров ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Тағылы" ш/қ, а/ш танаптары</w:t>
-[...121 lines deleted...]
-            </w:r>
+594,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...83 lines deleted...]
-              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-127</w:t>
-[...35 lines deleted...]
-20 шілде 2012 жыл</w:t>
+"Жумадилов" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сұңқар а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...156 lines deleted...]
-14 маусым 2013 жыл</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бірлік" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сарыозек а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 тамыз 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...179 lines deleted...]
-12 маусым 2013 жыл</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"TAVRIDA 1" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Николаев а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+308</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...69 lines deleted...]
-          </w:p>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21324,1360 +21098,1401 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66,6</w:t>
-[...35 lines deleted...]
-02 шілде 2013 жыл</w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 шілде 2006 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...181 lines deleted...]
-            </w:r>
+VII.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...83 lines deleted...]
-              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290</w:t>
-[...35 lines deleted...]
-29 шілде 2014 жыл</w:t>
+"Денис" ЖШС, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Красная Поляна а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 шілде 2007 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...156 lines deleted...]
-19 тамыз 2021 жыл</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қайрақты" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағылы а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+531</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 маусым 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сарыжал"ш/қ, а/ш танаптары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 маусым 2013 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I.</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Кайнар" ш/қ, а/ш танаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайта рәсімделді</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Тағылы" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...173 lines deleted...]
-20 мамыр 2004 жыл</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 маусым 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Нұр" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -22700,551 +22515,616 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13,7</w:t>
-[...35 lines deleted...]
-20 мамыр 2004 жыл</w:t>
+127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 шілде 2012 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...150 lines deleted...]
-20 мамыр 2004 жыл</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 маусым 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
-16 мамыр 2011 жыл</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Дружба" ш/қ, а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көктіңкөлі а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 маусым 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...72 lines deleted...]
-            </w:r>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23271,202 +23151,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
-[...35 lines deleted...]
-26 мамыр 2004 жыл</w:t>
+66,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02 шілде 2013 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ауылдық округ әкімдігі, жер қоры </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...72 lines deleted...]
-Балқаш қаласы.-Гүлшат кенті</w:t>
+Шет а/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23494,159 +23373,182 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210</w:t>
-[...35 lines deleted...]
-14 маусым 2010 жыл</w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 тамыз 2015 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -23669,202 +23571,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...35 lines deleted...]
-14 маусым 2010 жыл</w:t>
+290</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 шілде 2014 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...73 lines deleted...]
-          </w:p>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Үңірек" ш/қ,а/ш танаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23890,667 +23769,670 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...35 lines deleted...]
-17 тамыз 2022 жыл</w:t>
+45,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 тамыз 2021 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приозерск қаласы</w:t>
-[...71 lines deleted...]
-24,9</w:t>
+Аудандар бойынша ЖИЫНЫ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28943,874</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...211 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балқаш қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
-13 маусым 2012 жыл</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Балқаш қаласының тұрғын-үй коммуналдық шаруашылық жолаушылар көлігі және автомобиль жолдары бөлімі" ММ, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 лет ВЛКСМ саябағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 мамыр 2004 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -24572,52 +24454,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-ТМ аумағы</w:t>
+              <w:t xml:space="preserve">
+Жезқазған көш. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24645,87 +24527,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...35 lines deleted...]
-05 тамыз 2020 жыл</w:t>
+13,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 мамыр 2004 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -24747,52 +24629,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Достық көш. </w:t>
+              <w:t>
+ескі саяжайлар алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24820,559 +24702,598 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...35 lines deleted...]
-05 тамыз 2020 жыл</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 мамыр 2004 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балқаш-Қоңырат жол бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 мамыр 2011 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ әкімдігі, жер қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұбар-Түбек ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...173 lines deleted...]
-17 маусым 2010 жыл</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 мамыр 2004 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-Чкалов көш. </w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰҚ"АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балқаш қаласы.-Гүлшат кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25400,200 +25321,154 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9,3</w:t>
-[...35 lines deleted...]
-17 маусым 2010 жыл</w:t>
+210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 маусым 2010 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...101 lines deleted...]
-автожолдарға берілген жер телімі</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балқаш каласы.- Бекитау -Ата демалыс үйіне апаратын тасжол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25621,200 +25496,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,06</w:t>
-[...35 lines deleted...]
-08 тамыз 2022 жыл</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 маусым 2010 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-автожолдарға берілген жер телімі</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Балқаш қаласының тұрғын-үй коммуналдық шаруашылық жолаушылар көлігі және автомобиль жолдары бөлімі" ММ, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жас жұбайлар паркі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25842,942 +25717,914 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,12</w:t>
-[...35 lines deleted...]
-08 тамыз 2022 жыл</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 тамыз 2022 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...180 lines deleted...]
-            </w:r>
+II.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приозерск қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...208 lines deleted...]
-11 шілде 2023 жыл</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Приозерск қаласының тұрғын-үй коммуналдық шаруашылығы жолаушылар көлігі және автокөлік жолдары бөлімі" ММ, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Абай көш. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтарәсімделді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-11 шілде 2023 жыл</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жағалаудағы босалқы жерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 маусым 2012 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТМ аумағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05 тамыз 2020 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Достық көш. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -26800,924 +26647,1002 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі (Қарағанды-Шахтинск-Есенгелді-Шебаковск)</w:t>
-[...143 lines deleted...]
-11 шілде 2023 жыл</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05 тамыз 2020 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...180 lines deleted...]
-            </w:r>
+III.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саран қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,789</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...166 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Саран қаласының тұрғын-үй коммуналдық шаруашылығы жолаушылар көлігі және автокөлік жолдары бөлімі" ММ, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шахтер көш. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 маусым 2010 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Чкалов көш. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 маусым 2010 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Шөптесін өсімдіктерде тоғышарлық етуші А р а м с о я у (Cuscutasp.)</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігіжәне автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08 тамыз 2022 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I.</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігіжәне автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автожолдарға берілген жер телімі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27744,973 +27669,1266 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,2</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+0,12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08 тамыз 2022 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Актас кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ақ Нұра ХПП" ЖШС, кәсіпорын аумағы</w:t>
-[...143 lines deleted...]
-23 тамыз 2016 жыл</w:t>
+0,08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+08 тамыз 2022 жыл </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"QARMET" АҚ Күзенбаев атындағы шахта, автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,279</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 шілде 2023 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"QARMET" АҚ көмір департаметі, теміржолдарға берілген жер телімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саран – Дубовка темір жол жол жиегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Приозерск қаласының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі" ММ, елді мекен жерлері</w:t>
-[...143 lines deleted...]
-05 тамыз 2020 жыл</w:t>
+0,05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 шілде 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...101 lines deleted...]
-18,2</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шахтинск қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Т е ң б і л п е п и н о в и р у с ы (Pepinomosaicvirus)</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қарағанды облыстық жолаушылар көлігі және автомобиль жолдары басқармасы" ММ, облыстық, аудандық маңызы бар автожолдарға берілген жер телімі (Қарағанды-Шахтинск-Есенгелді-Шебаковск)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автожолдарға берілген жер телімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+0,112 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 шілде 2023 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I</w:t>
-[...36 lines deleted...]
-Абай ауданы</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Шахтинск қаласының тұрғын-үй коммуналдық шаруашылығы, жолаушылар көлігі және авто көлік жолдары бөлімі" ММ, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Парковая көш. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28737,924 +28955,2454 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...33 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">
+0,12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 маусым 2023 жыл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалалар бойынша ЖИЫНЫ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+425,921</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...101 lines deleted...]
-3</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жатаған (қызғылт) укекіре бойынша ЖИЫНЫ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29369,795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шөптесін өсімдіктерде тоғышарлық етуші А р а м с о я у (Cuscutasp.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқаржырау ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі (Қызылорда- Павлодар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғ.Мұстафин атындағы кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03 қыркүйек 2025 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осакарвка ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" ҰК" АҚ Қарағанды облыстық филиалы, республикалық маңызы бар автожолдарға берілген жер телімі (Қызылорда- Павлодар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трудовое а/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03 қыркүйек 2025 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приозерск қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Приозерск қаласының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі" ММ, елді мекен жерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бауржан Момышұлы көш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05 тамыз 2020 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 тамыз 2025 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Арамсояу бойынша ЖИЫНЫ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Облыс бойынша БАРЛЫҒЫ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169</w:t>
-[...35 lines deleted...]
-27023,557</w:t>
+178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29420,795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ш/қ – шаруа қожалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ш/қ – шаруа қожалығы</w:t>
+      а/ш – ауыл шаруашылығы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      а/ш – ауыл шаруашылығы</w:t>
+      ф/қ – фермерлік қожалығы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ф/қ – фермерлік қожалығы</w:t>
+      а/о – ауылдық округі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      а/о – ауылдық округі</w:t>
+      ЖШС – жауапкершілігі шектеулі серіктестігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖШС – жауапкершілігі шектеулі серіктестігі</w:t>
+      АҚ – акционерлік қоғам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      АҚ – акционерлік қоғам</w:t>
+      д/о- демалыс орын</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      д/о- демалыс орын</w:t>
+      қ.- қала</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қ.- қала</w:t>
+      к.- кент</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      к.- кент</w:t>
+      ММ – мемлекеттік мекеме</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ММ – мемлекеттік мекеме</w:t>
+      ӨК - өндірістік кооператив</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ӨК - өндірістік кооператив</w:t>
+      ЖК - жеке кәсіпкер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖК - жеке кәсіпкер</w:t>
+      т/ж - теміржолы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      т/ж - теміржолы</w:t>
+      көш. - көше</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...60 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -30034,31 +31782,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>