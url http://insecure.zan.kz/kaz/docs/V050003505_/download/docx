--- v0 (2025-10-05)
+++ v1 (2026-01-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2350cb4" w14:textId="2350cb4">
+    <w:p w14:paraId="45fc638" w14:textId="45fc638">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -200,74 +200,136 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z93" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Әкімшілік қадағалауда тұрған адамдарды есепке алу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін. </w:t>
+      1. Қоса беріліп отырған Әкімшілік қадағалаудағы адамдарды есепке алу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z94" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Облыстардың, республикалық маңызы бар қалалардың және астананың, Көліктегі полиция департаменттерінің бастықтары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z76" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1050,124 +1112,228 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z2" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік қадағалауда тұрған адамдарды есепке алу</w:t>
+        <w:t xml:space="preserve"> Әкімшілік қадағалаудағы адамдарды есепке алу қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 517</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Әкімшілік қадағалаудағы адамдарды есепке алу қағидалары (бұдан әрі – Қағидалар) әкімшілік қадағалаудағы адамдарды есепке алу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...64 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Әкімшілік қадағалау рецидивті қылмыстың алдын алудың нысаны болып табылады, заңдылықты, азаматтардың құқықтары мен бостандықтарының кепілдіктерін сақтау негізінде іске асырылады және ішкі істер органдары бас бостандығынан айыру орындарынан босатылған адамдар тарапынан құқық бұзушылықтың алдын алу мақсатында олардың мінез-құлқын қадағалау түріндегі мәжбүрлеу шарасы ретінде заңнамада белгіленген шектеулерді сот қаулысы негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1474,568 +1640,608 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Есепте тұрғандармен профилактикалық жұмыс жүргізу барысын бақылауды жергілікті полиция қызметіне жетекшілік ететін ішкі істер органы бастығының орынбасары не жергілікті полиция қызметінің басшысы жүзеге асырады, олар тоқсан сайын әкімшілік қадағалау істерінің жүргізілуін тексереді.</w:t>
+      5. Есепте тұрғандармен профилактикалық жұмыс жүргізу барысын бақылауды қоғамдық қауіпсіздік бөлімшесіне жетекшілік ететін ішкі істер органы бастығының орынбасары не қоғамдық қауіпсіздік бөлімшесінің басшысы жүзеге асырады, олар тоқсан сайын әкімшілік қадағалау істерінің жүргізілуін тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Бас бостандығынан айыру орындарынан босатылу кезінде әкімшілік қадағалау белгіленген адамдарды есепке алуды және олармен профилактикалық жұмысты ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Ішкі істер органының бастығы немесе оның орынбасары түзеу мекемесінен жазасын өтеген адамға қатысты әкімшілік қадағалау туралы қаулыны алғаннан кейін, ол қаулыны қадағаланушы тұратын учаскенің учаскелік инспекторына, сондай-ақ криминалдық полицияның жедел уәкіліне береді және оларға қадағаланушының таңдаған тұрғылықты жеріне келуіне бақылау жасауды ұйымдастыруды тапсырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қадағаланушыны профилактикалық есепке қойғаннан кейін бұл туралы ішкі істер органы әкімшілік қадағалау орнату туралы қаулы келіп түскен түзеу мекемесіне хабарлайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Учаскелік инспектор Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в) тармағы бойынша әкімшілік қадағалау орнату туралы қаулыны алған сәттен бастап тәулік ішінде Қазақстан Республикасының аумағынан тыс жерге шығуға тыйым салуға Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің "Бүркіт" бірыңғай ақпараттық жүйесіне енгізу үшін тапсырма жоспарын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес толтырады және "Бүркіт" бірыңғай ақпараттық жүйесіне енгізу үшін облыстың, республикалық маңызы бар қалалардың, астананың қоғамдық қауіпсіздік бөлімшесінің бастығына жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Таңдаған тұрғылықты жеріне келгеннен және қадағалаудағыны есепке қойғаннан кейін учаскелік инспектор оған тұрғылықты жері бойынша тіркеу ережесін сақтау туралы ескертеді және олардың сот белгілеген шектеуді сақтауын бақылайды, бас бостандығынан айыру орындарынан жіберілген ақпараттық-іздеу картасында (бұдан әрі – Т-АІК) көрсетілген деректердің шынайылығын тексереді, Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген шектеулерді орнату туралы өз ұсыныстарын ішкі істер органының бастығына (оның міндетін атқаратын адамға) баяндайды, қадағалаудағы адамға байланыс сызбасын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қадағаланушының сырт пішінінің өзгеруі (татуировкалар), тұрғылықты жерінің, жұмысқа орналасуының өзгеруі туралы ақпарат түзету парағына енгізіледі және ақпараттық-аналитикалық орталықтың бөлімшелеріне (бұдан әрі - ААО) бір тәулік ішінде жіберіледі. Сол сияқты қадағаланушыға байланысты барлық өзгерістер ААО түзету парағымен хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 655</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="21"/>
+    <w:bookmarkStart w:name="z9" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ішкі істер органының бастығы (оның міндетін атқаратын адам) қадағаланушыға шектеу орнату туралы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ұсыну шығарады және оны үш күн ішінде сотқа жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоғамдық қауіпсіздік бөлімшесінің бастығы соттың шектеу орнату туралы қаулысын алып, учаскелік инспектордың қатысуымен қадағаланушыға әкімшілік қадағалаудың, оның міндеттерін және орнатылған қадағалаудың қағидалары мен шектеулерін бұзғаны үшін жауапкершілігін түсіндіреді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       Қадағаланушыға қатысты белгіленген шектеулердің тізбесін ішкі істер органының ұсынуы бойынша оның жеке басын, өмір сүру салтын және мінез-құлқын ескере отырып, судья Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген шектеулер шегінде қысқартуы немесе толықтыруы мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Шектеулер тізбесін қысқарту немесе оны толықтыру туралы ұсынысты әкімшілік қадағалауды жүзеге асыратын учаскелік инспектор дайындайды және ішкі істер органының бастығы (оның міндетін атқаратын адам) қол қойғаннан кейін сотқа жібереді. Судьяның шектеулерді өзгерту туралы қаулысын алған күннен бастап үш күн мерзімде қадағаланушыға қол қойғызып жарияланады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 517</w:t>
-[...407 lines deleted...]
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4346,100 +4552,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        37. Қадағаланушыға басқа жерге уақытша кетуге және онда бір тәуліктен артық болуға рұқсат берілген жағдайда қолхат арқылы бағыттық парақ беріледі (14-қосымша), онда басқа елді-мекенге шығуға рұқсат берілген күні, бару мақсаты мен болу мерзімі, қадағаланушының ішкі істер органында тіркелу, шақыру бойынша белгіленген уақытта ішкі істер органына келу, тұрақты тұратын жері бойынша оны қадағалауды жүзеге асыратын учаскелік инспекторға өзінің оралғаны туралы хабарлау міндеттері көрсетіледі. Қадағаланушының кеткені туралы учаскелік инспектор ол келуге тиіс аумаққа қызмет көрсететін ішкі істер органына жазбаша түрде хабарлайды (15-қосымша). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z39" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Қадағаланушы басқа ішкі істер органы қызмет көрсету аумағына келгеннен кейін жергілікті полиция қызметінің уәкілетті қызметкері немесе осы адам тұратын қызмет көрсету аумағындағы учаскелік инспектор қадағаланушының келгені және кеткені туралы бағыттық парағына белгі енгізеді, оларды ішкі істер органының мөрімен (мөртабанымен) растайды.</w:t>
+      38. Қадағаланушы басқа ішкі істер органы қызмет көрсету аумағына келгеннен кейін қоғамдық қауіпсіздік бөлімшесінің уәкілетті қызметкері немесе осы адам тұратын қызмет көрсету аумағындағы учаскелік инспектор қадағаланушының келгені және кеткені туралы бағыттық парағына белгі енгізеді, оларды ішкі істер органының мөрімен (мөртабанымен) растайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 655</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6326,51 +6532,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қадағалауға алынған адамның белгіленген шектеулерді сақтауы туралы мониторингілеу пультінің деректерін пайдалана отырып, ақпарат жинауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z116" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) электрондық бақылау құралдарын бұзу, рұқсатсыз шешу, сот белгілеген шектеулерді бұзу фактілері туралы ақпарат алған кезде жергілікті полиция қызметі бастығына не оны алмастыратын адамға баяндатпен баяндайды және осы Қағидаларға 23-қосымшаға сәйкес нысан бойынша қадағалауға алынған адамдағы электрондық бақылау құралдары арқылы анықталған бұзушылықтарды есепке алу журналына тиісті белгілер жүргізеді.</w:t>
+      2) электрондық бақылау құралдарын бұзу, рұқсатсыз шешу, сот белгілеген шектеулерді бұзу фактілері туралы ақпарат алған кезде қоғамдық қауіпсіздік бөлімшесінің бастығына не оны алмастыратын адамға баяндатпен баяндайды және осы Қағидаларға 23-қосымшаға сәйкес нысан бойынша қадағалауға алынған адамдағы электрондық бақылау құралдары арқылы анықталған бұзушылықтарды есепке алу журналына тиісті белгілер жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі істер органының бастығына (оның міндетін атқаратын адамға) электрондық бақылау құралдарының жұмысындағы барлық тіркелген жұмыс істемей қалуы және істен шығуы фактілерін дереу баянатпен баяндайды, осы Қағидаларға 24-қосымшаға сәйкес нысан бойынша оларды қадағалауға алынған адамдағы электрондық бақылау құралдарының бұзылуын есепке алу журналында көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z117" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6413,51 +6619,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 59-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z118" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25188,55 +25414,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25562,31 +25788,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>