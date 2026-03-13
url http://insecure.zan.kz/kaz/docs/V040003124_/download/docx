--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="62919fc" w14:textId="62919fc">
+    <w:p w14:paraId="75d26ef" w14:textId="75d26ef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1796,51 +1796,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Инвестициялық қордың активтерін құрайтын және қор биржасының тізіміне кіретін қаржы құралы ол тізіміне кіретін қор биржасының бағалы қағаздарын бағалау әдістемесіне сәйкес нарықтық немесе индикативтік бағасы бойынша не Bloomberg (Блумберг) немесе Reuters (Рейтер) ақпараттық-талдау жүйелерінің деректері бойынша бағаланады.</w:t>
+      7. Инвестициялық қордың активтерін құрайтын және қор биржасының тізіміне кіретін қаржы құралы ол тізіміне кіретін қор биржасының ішкі құжаттарына сәйкес нарықтық бағасы немесе клирингтік ұйымның есеп айырысу бағасы бойынша не Bloomberg (Блумберг) немесе Reuters (Рейтер) ақпараттық-талдау жүйелерінің деректері бойынша бағаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдік мемлекеттердің заңнамасына сәйкес шығарылған қаржы құралдары Bloomberg (Блумберг) немесе Reuters (Рейтер) ақпараттық-талдау жүйелерінің деректері бойынша бағалау жүргізілетін сауда күнін жабу бағасы бойынша жұмыс күнінің соңына бағаланады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1881,50 +1881,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4312,51 +4332,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Акционерлiк инвестициялық қор акцияларын сатып алу бағасы акционерлiк инвестициялық қор акционерлерiнiң жалпы жиналысы бекiткен акциялардың құнын айқындау әдiстемесiне сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z21" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14-1. Тәуекелді инвестициялау инвестициялық пай қорының пайын қоспағанда инвестициялық пай қоры пайының есептелген құны күнделікті басқарушы компанияның ресми Интернет-ресурсында орналастырылады.</w:t>
+      14-1. Тәуекелді инвестициялаудың инвестициялық пай қорының пайын қоспағанда, инвестициялық пай қоры пайының есептелген құны басқарушы компанияның ресми интернет-ресурсында келесі жұмыс күні сағат 18:00-ден кешіктірілмей орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4381,91 +4401,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз), өзгерту енгізілді - 2010.09.03 </w:t>
-[...9 lines deleted...]
-        <w:t>N 121</w:t>
+        <w:t xml:space="preserve"> қараңыз) қаулысымен, жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">(қолданысқа енгiзiл тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16544,55 +16544,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>