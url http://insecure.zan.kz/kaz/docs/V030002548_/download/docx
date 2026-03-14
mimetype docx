--- v0 (2025-10-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b6b2d23" w14:textId="b6b2d23">
+    <w:p w14:paraId="bd1d7a4" w14:textId="bd1d7a4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -562,175 +562,175 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру төлемдеріне кепілдік беру қорына қатысудың үлгі шарты Алматы қаласы                     "___"___________ 2003 жыл </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамы (бұдан әрі – Қор) Жарғы негізінде іс-әрекет жасайтын Төраға ___________ арқылы және ___________ сақтандыру ұйымы, Қазақстан Республикасы бейрезидент-сақтандыру ұйымының филиалы (бұдан әрі – сақтандыру ұйымы - қатысушы) Жарғы (Қазақстан Республикасы бейрезидент-сақтандыру ұйымының филиалы туарлы ереже) негізінде іс-әрекет жасайтын Төраға (бұдан әрі – Филиалдың басшысы) ___________ арқылы, бұдан әрі Тараптар деп аталады, төмендегілер туралы шарт жасады:</w:t>
+      "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамы (бұдан әрі – Қор) Жарғы негізінде іс-әрекет жасайтын Төраға ___________ арқылы және ___________ сақтандыру ұйымы, Қазақстан Республикасы бейрезидент-сақтандыру ұйымының филиалы (бұдан әрі – сақтандыру ұйымы - қатысушы) Жарғы (Қазақстан Республикасы бейрезидент-сақтандыру ұйымының филиалы туарлы ереже) негізінде іс-әрекет жасайтын Төраға (Қазақстан Республикасы бейрезидент-сақтандыру ұйымы филиалының басшысы (бұдан әрі – Филиалдың басшысы) ___________ арқылы, бұдан әрі Тараптар деп аталады, төмендегілер туралы шарт жасады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы шартта пайдаланылатын ұғымдардың "Сақтандыру төлемдеріне кепілдік беру қоры туралы" 2003 жылғы 3 маусымдағы Қазақстан Республикасының </w:t>
+      Осы шартта пайдаланылатын ұғымдардың "Сақтандыру төлемдеріне кепілдік беру қоры туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң) айқындалған түсіндірмелері бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы шарттың Сақтандыру төлемдеріне кепілдік беру қорына қатысу тәртібіне реттейтін ережелері "Сақтандыру қызметі туралы" 2000 жылғы 18 желтоқсандағы Қазақстан Республикасының </w:t>
+      Осы шарттың Сақтандыру төлемдеріне кепілдік беру қорына қатысу тәртібін айқындайтын ережелері "Сақтандыру қызметі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ерекшеліктерді ескере отырып сақтандырудың кепілдік берілген түрлері бойынша Қазақстан Республикасының аумағында сақтандыру қызметін жүзеге асыратын Қазақстан Республикасы бейрезидент-сақтандыру ұйымдарының филиалдарына қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.02.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -915,110 +915,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Сақтандыру ұйымы - қатысушы міндетті жарна сомасын Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8329 болып тіркелген "Сақтандыру төлемдеріне кепілдік беру қорының қатысушылары - сақтандыру ұйымдарының міндетті, қосымша жарналар мен шартты міндеттемелердің мөлшерлемесін есептеу әдістемесін, міндетті, қосымша және төтенше жарналарды төлеу тәртібі мен мерзімдерін, шартты міндеттемелерді қалыптастыру мен есепке алу тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 387 </w:t>
+      3. Сақтандыру ұйымы - қатысушы міндетті жарна сомасын "Сақтандыру төлемдеріне кепілдік беру қорының қатысушылары – сақтандыру ұйымдарының, Қазақстан Республикасының бейрезидент-сақтандыру ұйымдары филиалдарының міндетті, қосымша жарналар мен шартты міндеттемелердің мөлшерлемесін есептеу әдістемесін, міндетті, бастапқы біржолғы, қосымша және төтенше жарналарды төлеу тәртібі мен мерзімдерін, шартты міндеттемелерді қалыптастыру мен есепке алу тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 387 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі - № 387 қаулы) сәйкес дербес есептейді.</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8329 болып тіркелген) (бұдан әрі - № 387 қаулы) сәйкес дербес есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 204</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1413,50 +1413,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-1-тарау 4-4-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>