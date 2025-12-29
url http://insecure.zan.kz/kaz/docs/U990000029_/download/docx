--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a17d56a" w14:textId="a17d56a">
+    <w:p w14:paraId="24a9bd1" w14:textId="24a9bd1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3023,92 +3023,80 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы прокуратурасының</w:t>
-[...11 lines deleted...]
-        <w:t>ЖАЛПЫ ШТАТ САНЫ</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы прокуратурасының ЖАЛПЫ ШТАТ САНЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Президентінің 27.05.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 560</w:t>
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Президентінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -3189,686 +3177,677 @@
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикасының</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>прокуратурасы</w:t>
+              <w:t>Прокуратурасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оның</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ішінде</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...17 lines deleted...]
-</w:t>
+              <w:t xml:space="preserve">: Бас прокуратура, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бас прокуратура, </w:t>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құқық</w:t>
+              <w:t>қорғау</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>органдарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академиясы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, прокуратура </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органдары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құқықтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статистика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комитет, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құқықтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статистика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комитеттің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумақтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңестірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органдары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инвесторлардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтарын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>қорғау</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдарының</w:t>
-[...469 lines deleted...]
-              <w:t xml:space="preserve"> комитет</w:t>
+              <w:t>комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-</w:t>
+              <w:t>5884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -4564,55 +4543,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>