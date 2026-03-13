--- v1 (2025-12-29)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24a9bd1" w14:textId="24a9bd1">
+    <w:p w14:paraId="3dfb316" w14:textId="3dfb316">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,100 +100,107 @@
         </w:rPr>
         <w:t>Қазақстан Республикасының мемлекеттік органдары жүйесін одан әрі оңтайландыру жөніндегі шаралар туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Президентінің 1999 жылғы 22 қаңтардағы N 29 Жарлығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...38 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасында мемлекеттік басқару жүйесін одан әрі жетілдіру мақсатында қаулы етемін: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Республикалық бюджет есебінен қамтылған мемлекеттік органдардың штат саны 1-4-қосымшаларға сәйкес бекітілсін. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгерістер енгізілді - ҚР Президентінің 1999.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -214,154 +221,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1557 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мемлекеттік органдардың босатылатын қызметкерлеріне Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген әлеуметтік кепілдіктер мен өтемдер беріледі деп белгіленсін. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Қосымшаларда аталған мемлекеттік органдар өз актілерін осы Жарлыққа сәйкес келтірсін. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Қазақстан Республикасының Үкіметі осы Жарлықтан туындайтын өзге де шаралар қолдансын. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Осы Жарлық қол қойылған күнінен бастап күшіне енеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -378,89 +401,99 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Президенті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -556,62 +589,61 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. Қосымшаға өзгерістер енгізілді - ҚР Президентінің 2000.02.04 N </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қосымшаға өзгерістер енгізілді - ҚР Президентінің 2000.02.04 N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>331</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2000.10.12 N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1534,256 +1566,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі); 19.01.23 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 20.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2024 ж. бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 13.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 570</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 27.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 632</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 28.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 861</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының тиісті заңнамалық актілеріне өзгерістер мен толықтырулар енгізуді көздейтін Қазақстан Республикасының заңдары қолданысқа енгізілген күннен бастап қолданысқа енгізілетін Агенттіктің атом энергиясын пайдалану саласындағы мемлекеттік саясатты қалыптастыру және уранды барлау жөніндегі операцияларды реттеу бойынша мемлекеттік саясатты іске асыру бойынша функцияларды жүзеге асыруы жөніндегі нормалар мен ережелерді қоспағанда, қол қойылған күнінен бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 26.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 975</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі); 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының республикалық бюджет есебінен қамтылған жекелеген</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>мемлекеттік органдарының штат саны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1794,1126 +1860,1349 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...19 lines deleted...]
-            </w:r>
+              <w:t>Саны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...19 lines deleted...]
-            </w:r>
+              <w:t>Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Парламенті Палаталарының аппараттары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>405</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Президентінің Іс Басқармасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Конституциялық Сотының аппараты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Жоғары Сот Кеңесінің аппараты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Жоғары аудиторлық палатасының аппараты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Материалдық-техникалық қамтамасыз ету басқармасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Сот әкімшілігі, оның ішінде: облыстардағы, астанадағы және республикалық маңызы бар қалалардағы аумақтық бөлімшелер (Сот әкімшілігінің департаменттері)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>6243</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, соның ішінде оның аумақтық органдары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>848</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адам құқықтары жөніндегі ұлттық орталық, оның ішінде өкілдіктер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі, оның ведомствосы және ведомствоның аумақтық бөлімшелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2470</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі, соның ішінде оның аумақтық бөлімшелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>391</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Қаржылық мониторинг агенттігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1867</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Атом энергиясы жөніндегі агенттігі, оның ведомствосы және ведомствоның аумақтық бөлімшелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3009,170 +3298,165 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы прокуратурасының ЖАЛПЫ ШТАТ САНЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...7 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 2-қосымша жаңа редакцияда – ҚР Президентінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
@@ -3759,96 +4043,113 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қорғау</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>комитеті</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5884</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3979,344 +4280,379 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...7 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. Жарлық 3-қосымшамен толықтырылды - ҚР Президентінің 15.07.1999 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен; жаңа редакцияда – ҚР Президентінің 09.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 970</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен; өзгерістер енгізілді - ҚР Президентінің 22.09.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1066</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 27.09.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.11.2010 бастап қолданысқа енгізіледі); 04.02.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>; 16.11.2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 29.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 734</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 15.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 961</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07. 2022 бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Жоғарғы Соты жанындағы Сот әкімшілігі жөніндегі комитеттің штат саны ЛИМИТІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Қазақстан Республикасының жергілікті соттары судьяларының штат саны</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Лимит алынып тасталды - ҚР Президентінің 2010.09.22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 1066</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>ЛИМИТІ</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Облыстық және оған теңестірілген соттардың судьялары 475</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының жергілікті соттары судьяларының штат саны</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ЛИМИТІ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Облыстық және оған теңестірілген соттардың судьялары 475</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық және оған теңестірілген соттардың судьялары 2179</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4442,100 +4778,119 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы қаржы полициясы органдарының</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ШТАТ САНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...7 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 4-қосымша алып тасталды - ҚР Президентінің 29.08.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 900</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>