--- v0 (2025-11-26)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e32dca4" w14:textId="e32dca4">
+    <w:p w14:paraId="70ad9a2" w14:textId="70ad9a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -894,100 +894,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының Президенті Кеңестің төрағасы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z13" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Лауазымы бойынша: Қазақстан Республикасының Премьер-Министрі, Қазақстан Республикасы Ұлттық Банкінің Төрағасы, Қазақстан Республикасы Премьер-Министрінің орынбасарлары, Қазақстан Республикасының Сыртқы істер министрі, Қазақстан Республикасының Көлік министрі, Қазақстан Республикасының Қаржы министрі, Қазақстан Республикасының Өнеркәсіп және құрылыс министрі, Қазақстан Республикасының Ұлттық экономика министрі, Қазақстан Республикасы Президентінің экономикалық мәселелерге жетекшілік ететін көмекшісі және Кеңестің жұмыс органының бірінші басшысы Кеңестің тұрақты мүшелері болып табылады.</w:t>
+      7. Лауазымы бойынша: Қазақстан Республикасының Премьер-Министрі, Қазақстан Республикасы Ұлттық Банкінің Төрағасы, Қазақстан Республикасы Премьер-Министрінің орынбасарлары, Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасары, Қазақстан Республикасының Сыртқы істер министрі, Қазақстан Республикасының Көлік министрі, Қазақстан Республикасының Қаржы министрі, Қазақстан Республикасының Өнеркәсіп және құрылыс министрі, Қазақстан Республикасының Ұлттық экономика министрі және Кеңестің жұмыс органының бірінші басшысы Кеңестің тұрақты мүшелері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Президентінің 09.04.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1813,99 +1813,119 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Комиссия қазақстандық тараптан алты өкілден және шетелдік тараптан алты өкілден тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстандық тараптан лауазымы бойынша: Қазақстан Республикасы Президентінің экономикалық мәселелерге жетекшілік ететін көмекшісі (Комиссия төрағасы), Қазақстан Республикасының Сыртқы істер, Әділет, Ұлттық экономика, Өнеркәсіп және құрылыс, Көлік министрліктері бірінші басшыларының орынбасарлары, Кеңестің жұмыс органының бірінші басшысы (Комиссия хатшысы) Комиссияның мүшелері болып табылады.</w:t>
+      Қазақстан тарапынан лауазымы бойынша: Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасары (Комиссия төрағасы), Қазақстан Республикасының Сыртқы істер, Әділет, Ұлттық экономика, Өнеркәсіп және құрылыс, Көлік министрліктері бірінші басшыларының орынбасарлары, Кеңестің жұмыс органының бірінші басшысы (Комиссия хатшысы) Комиссияның мүшелері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Президентінің 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 837</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+        <w:t xml:space="preserve">; өзгеріс енгізілді – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>