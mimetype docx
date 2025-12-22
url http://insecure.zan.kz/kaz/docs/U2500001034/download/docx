--- v0 (2025-10-14)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d1c688b" w14:textId="d1c688b">
+    <w:p w14:paraId="4fd56d3" w14:textId="4fd56d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -667,58 +667,76 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есірткі, қару-жарақ, мәдени, тарихи, көркемдік құндылықтар және басқалар сияқты бақыланатын объектілердің заңсыз айналымы саласындағы қылмыскерліктің ауқымын кеңейтуге қатты алаңдаушылық білдіре отырып,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тараптардың күш-жігерін үйлестіру және бақыланатын объектілерді мемлекеттік шекара арқылы заңсыз тасымалдау саласындағы қылмыскерлікке қарсы іс-қимылдың тиімді шараларын қабылдау қажеттілігін сезіне отырып, төмендегілер туралы уағдаласты:</w:t>
+      Тараптардың күш-жігерін үйлестіру және бақыланатын объектілерді мемлекеттік шекара арқылы заңсыз тасымалдау саласындағы қылмыскерлікке қарсы іс-қимылдың тиімді шараларын қабылдау қажеттілігін сезіне отырып,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төмендегілер туралы уағдаласты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-бап</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -741,51 +759,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бақыланатын объектілер - ең алдымен еркін сатуға тыйым салынған немесе азаматтық айналымы шектелген тауарлар, құралдар, заттар мен нәрселер, сондай-ақ қылмыстық жолмен алынған немесе қылмыстың іздері сақталған заттар не қылмыс жасау қаруы мен құралдары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      халықаралық бақыланатын жеткізілім (бұдан әрі ХБЖ) қылмыстарды анықтау және оларды дайындайтын, жасайтын немесе жасаған адамдарды анықтау, адам мен азаматтың құқықтарына, бостандықтарына, қоғамға, ұлттық қауіпсіздікке, мемлекетке қауіп төндіретін оқиғалар немесе әрекеттер туралы ақпарат алу мақсатында Тараптардың құзыретті органдарының бақыланатын объектілердің Тараптардың аумағында орнын ауыстыруын бақылауымен байланысты жедел-іздестіру іс-шарасы;</w:t>
+      халықаралық бақыланатын жеткізілім (бұдан - әрі ХБЖ) - қылмыстарды анықтау және оларды дайындайтын, жасайтын немесе жасаған адамдарды анықтау, адам мен азаматтың құқықтарына, бостандықтарына, қоғамға, ұлттық қауіпсіздікке, мемлекетке қауіп төндіретін оқиғалар немесе әрекеттер туралы ақпарат алу мақсатында Тараптардың құзыретті органдарының бақыланатын объектілердің Тараптардың аумағында орнын ауыстыруын бақылауымен байланысты жедел-іздестіру іс-шарасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жөнелту мемлекеті - аумағынан ХБЖ жанындағы бақыланатын объектіні әкету жүзеге асырылатын Тарап;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
@@ -1129,51 +1147,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) өңіраралық, халықаралық қылмыстық байланыстарды, бақыланатын объектілердің орын ауыстыру арналарын және бағдарларын анықтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в) адам мен азаматтың құқықтарына, бостандықтарына, қоғамға, ұлттық кауіпсіздікке, мемлекетке қауіп төндіретін оқиғалар немесе әрекеттер туралы ақпарат алу;</w:t>
+      в) адам мен азаматтың құқықтарына, бостандықтарына, қоғамға, ұлттық қауіпсіздікке, мемлекетке қауіп төндіретін оқиғалар немесе әрекеттер туралы ақпарат алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) халықаралық шарттарға сәйкес қылмыскерлікке қарсы күресте жәрдемдесу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
@@ -1397,51 +1415,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-бап</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Тараптың құзыретті органының сұрау салуы ХБЖ өткізу үшін негіз болып табылады,</w:t>
+      1. Тараптың құзыретті органының сұрау салуы ХБЖ өткізу үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. ХБЖ өткізуге жіберілетін сұрау салуда мыналар болуға тиіс:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
@@ -1577,51 +1595,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ж) сұрау салуды тиісінше орындау үшін пайдалы болуы мүмкін өзге де ақпарат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. ХБЖ өткізуге сұрау салуға Тараптың құзыретті органының басшысы немесе оның орынбасары қол қояды, елтаңбалы мөрмен куәландырылады және жазбаша нысандар оның ішінде мәтінді берудің техникалық құралдарын пайдалана отырып жіберіледі. Сұрау салудың түпнұсқалығына немесе мазмұнына күмән туындаған жағдайда ХБЖ өткізуге қатысушы Тараптардың құзыретті органдары қосымша растауды сұрата алады.</w:t>
+      3. ХБЖ өткізуге сұрау салуға Тараптың құзыретті органының басшысы немесе оның орынбасары қол қояды, елтаңбалы мөрмен куәландырылады және жазбаша нысанда, оның ішінде мәтінді берудің техникалық құралдарын пайдалана отырып жіберіледі. Сұрау салудың түпнұсқалығына немесе мазмұнына күмән туындаған жағдайда ХБЖ өткізуге қатысушы Тараптардың құзыретті органдары қосымша растауды сұрата алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-бап</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1633,51 +1651,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Транзит мемлекетінің құзыретті органы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      а) жөнелтуші мемлекеттің және межелі мемлекеттің құзыретті органдарын транзиттік қабылдау фактісі, бақыланатын объектінің орнының ауысу және сүйемелдену бағдары туралы, қосымша қорғау шараларының қолданылуы туралы жедел хабардар етеді, сондай-ақ қажет болған жағдайда құжаттандырудың техникалық құралдарын қолдана отырып, жасырын бакылау бойынша жедел-іздестіру іс-шараларының кешенін ұйымдастырады және жүргізеді;</w:t>
+      а) жөнелтуші мемлекеттің және межелі мемлекеттің құзыретті органдарын транзиттік қабылдау фактісі, бақыланатын объектінің орнының ауысу және сүйемелдену бағдары туралы, қосымша қорғау шараларының қолданылуы туралы жедел хабардар етеді, сондай-ақ қажет болған жағдайда құжаттандырудың техникалық құралдарын қолдана отырып, жасырын бақылау бойынша жедел-іздестіру іс-шараларының кешенін ұйымдастырады және жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) мүдделі мемлекеттік органдармен келісу бойынша бақыланатын объектінің жүру бағдары бойынша қауіпсіз орын ауыстыруын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
@@ -1813,51 +1831,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в) осы Шарттың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "в" және "г" тармақтарында көрсетілген адамдар ХБЖ-ға қатысқан жағдайда көрсетілген адамдардың қауіпсіздігін, жәрдемдесудің құпиялыдығын, астыртын болуын, аталған адамдарды олардың өміріне және денсаулығына қауіп төндірмей іс-шарадан қауіпсіз шығаруды толық көлемде қамтамасыз етеді;</w:t>
+        <w:t xml:space="preserve"> "в" және "г" тармақтарында көрсетілген адамдар ХБЖ-ға қатысқан жағдайда көрсетілген адамдардың қауіпсіздігін, жәрдемдесудің құпиялылығын, астыртын болуын, аталған адамдарды олардың өміріне және денсаулығына қауіп төндірмей іс-шарадан қауіпсіз шығаруды толық көлемде қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) қылмыстық топ мүшелерінің (жеткізуді ұйымдастырушылардың, курьерлердің, жүк алушылардың) жеке басын анықтайды, өз мемлекетінің аумағында оларды ұстауды және бақыланатын объектіні алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
@@ -1949,131 +1967,131 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ХБЖ-ны тоқтату үшін мыналар негіздер болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ж) оны шешу үшін ХБЖ жүзеге асырылған міндеттердің орындалуы;</w:t>
+      а) оны шешу үшін ХБЖ жүзеге асырылған міндеттердің орындалуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      з) бақыланатын объектінің орнын ауыстыруды жүзеге асыратын адамның өмірі мен денсаулығына қатердің туындауы;</w:t>
+      б) бақыланатын объектінің орнын ауыстыруды жүзеге асыратын адамның өмірі мен денсаулығына қатердің туындауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      и) бақыланатын объектінің жоғалуына алып келуі мүмкін немесе ХБЖ-ны одан әрі өткізуді орынсыз ететін жағдайлардың туындауы;</w:t>
+      в) бақыланатын объектінің жоғалуына алып келуі мүмкін немесе ХБЖ-ны одан әрі өткізуді орынсыз ететін жағдайлардың туындауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      к) қылмыстық әрекетін әшкерелеу мақсатында ХБЖ өткізілген адамдардың ХБЖ өткізу фактісінің анықталуы;</w:t>
+      г) қылмыстық әрекетін әшкерелеу мақсатында ХБЖ өткізілген адамдардың ХБЖ өткізу фактісінің анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      л) ХБЖ-ның одан әрі өткізілуін мүмкін етпейтін өзге де мән-жайлар.</w:t>
+      д) ХБЖ-ның одан әрі өткізілуін мүмкін етпейтін өзге де мән-жайлар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-бап</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2359,51 +2377,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17-бап</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы Шартқа оның ажырамас бөліп болып табылатын өзгерістер енпзілуі мүмкін, олар тиісті хаттамамен ресімделеді.</w:t>
+      Осы Шартқа оның ажырамас бөлігі болып табылатын өзгерістер енгізілуі мүмкін, олар тиісті хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18-бап</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>