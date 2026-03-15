--- v0 (2025-11-06)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2140aa6" w14:textId="2140aa6">
+    <w:p w14:paraId="f3c5789" w14:textId="f3c5789">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -670,54 +670,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кеңестің қызметін қамтамасыз етуді Қазақстан Республикасы Президентінің Әкімшілігі және Кеңестің жұмыс органы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі Кеңестің жұмыс органы (бұдан әрі - Кеңестің жұмыс органы) болып табылады.</w:t>
+      6. Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі Кеңестің жұмыс органы (бұдан әрі – Кеңестің жұмыс органы) болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Кеңестің алдына қойылған міндеттерді іске асыру мақсатында оның төрағасының шешімімен Кеңестің жұмыс топтары (бұдан әрі - жұмыс топтары) құрылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -962,74 +1024,198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасының Президенті Кеңестің төрағасы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрі Кеңестің хатшысы болып табылады.</w:t>
+      11. Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрі Кеңестің хатшысы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Қазақстан тарапынан лауазымы бойынша: Қазақстан Республикасының Премьер-Министрі, Қазақстан Республикасы Президенті Әкімшілігінің Басшысы, Қазақстан Республикасының Сыртқы істер министрі, Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Төрағасы, "Самұрық- Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамының басқарма төрағасы (келісім бойынша), Қазақстан Республикасы Президентінің халықаралық мәселелер жөніндегі көмекшісі, Қазақстан Республикасы Президентінің экономикалық мәселелер жөніндегі көмекшісі, Қазақстан Республикасының Ғылым және жоғары білім министрі, Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрі және Қазақстан Республикасы Президентінің цифрландыру мәселелеріне жетекшілік ететін кеңесшісі Кеңестің мүшелері болып табылады.</w:t>
+      12. Қазақстан тарапынан лауазымы бойынша: Қазақстан Республикасының Премьер-Министрі, Қазақстан Республикасының Президенті Әкімшілігінің Басшысы, Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасарлары, Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Төрағасы, "Самұрық-Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамының басқарма төрағасы (келісім бойынша), Қазақстан Республикасы Президентінің цифрландыру мәселелеріне жетекшілік ететін көмекшісі, Қазақстан Республикасының Сыртқы істер министрі, Қазақстан Республикасының Ғылым және жоғары білім министрі, Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрі және Қазақстан Республикасы Президентінің халықаралық мәселелер жөніндегі кеңесшісі Кеңестің мүшелері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Шетел тарапынан жасанды интеллект саласындағы халықаралық ұйымдардың өкілдері, шетелдік компаниялардың бірінші басшылары немесе олардың орынбасарлары Кеңестің мүшелері болып табылады, олар осы Ереженің 14-16-тармақтарында көзделген тәртіппен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2385,55 +2571,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>