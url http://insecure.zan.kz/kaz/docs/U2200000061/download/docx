--- v0 (2025-10-06)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d64dd6" w14:textId="0d64dd6">
+    <w:p w14:paraId="837ab35" w14:textId="837ab35">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы құқық қорғау органдарының, табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу және оларды жою, халыққа шұғыл медициналық және психологиялық көмек көрсету жөніндегі функцияларды жүзеге асыратын азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің қызметкерлері антының мәтінін және ант беру тәртібін бекіту, сондай-ақ Қазақстан Республикасы Президентінің кейбір жарлықтарының күші жойылды деп тану туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+        <w:t>Қазақстан Республикасы құқық қорғау органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің қызметкерлері антының мәтінін және ант беру тәртібін бекіту, сондай-ақ Қазақстан Республикасы Президентінің кейбір жарлықтарының күші жойылды деп тану туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Президентінің 2022 жылғы 19 желтоқсандағы № 61 Жарлығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Жарлықтың тақырыбы жаңа редакцияда – ҚР Президентінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Құқық қорғау қызметі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -176,170 +214,230 @@
         <w:t>
       1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы құқық қорғау органдарының қызметкерлері антының мәтіні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z3" w:id="3"/>
-[...15 lines deleted...]
-      2) Табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу және оларды жою, халыққа шұғыл медициналық және психологиялық көмек көрсету жөніндегі функцияларды жүзеге асыратын азаматтық қорғау органдарының қызметкерлері антының мәтіні;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Азаматтық қорғау органдарының қызметкерлері антының мәтіні;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасы мемлекеттік фельдъегерлік қызметінің қызметкерлері антының мәтіні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z4" w:id="4"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасы мемлекеттік фельдъегерлік қызметінің қызметкерлері антының мәтіні;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының құқық қорғау органдары, азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызметі қызметкерлерінің ант беру қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z5" w:id="5"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді – ҚР Президентінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Жарлыққа қосымшаға сәйкес Қазақстан Республикасы Президентінің кейбір жарлықтарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>күші жойылды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Жарлық қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z7" w:id="7"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -583,68 +681,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 61 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы құқық қорғау органдарының қызметкерлері АНТЫНЫҢ МӘТІНІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, __________ (тегі, аты, әкесінің аты (бар болса) (бұдан әрі – Т.А.Ә.) Қазақстан Республикасының құқық қорғау органдарына қызметке кіре отырып:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -898,68 +996,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 61 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу және оларды жою, халыққа шұғыл медициналық және психологиялық көмек көрсету жөніндегі функцияларды жүзеге асыратын азаматтық қорғау органдарының қызметкерлері АНТЫНЫҢ МӘТІНІ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+        <w:t xml:space="preserve"> Азаматтық қорғау органдарының қызметкерлері антының мәтіні</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Антының мәтініне өзгеріс енгізілді – ҚР Президентінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, __________ (тегі, аты, әкесінің аты (бар болса) (бұдан әрі – Т.А.Ә.) Қазақстан Республикасының азаматтық қорғау органдарына қызметке кіре отырып:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1076,50 +1212,86 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ант қабылдаған адамның Т.А.Ә. _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Ант мәтіні құқық қорғау органдары қызметкерлерінің антын қабылдайтын мемлекеттік өртке қарсы қызмет органдарының қызметкерлеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1213,68 +1385,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 61 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы мемлекеттік фельдъегерлік қызметінің қызметкерлері АНТЫНЫҢ МӘТІНІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, __________ (тегі, аты, әкесінің аты (бар болса) (бұдан әрі – Т.А.Ә.) Қазақстан Республикасының мемлекеттік фельдъегерлік қызметіне қызметке кіре отырып:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1510,438 +1682,538 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 61 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының құқық қорғау органдары, табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу және оларды жою, халыққа шұғыл медициналық және психологиялық көмек көрсету жөніндегі функцияларды жүзеге асыратын азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызметі қызметкерлерінің ант беру ҚАҒИДАЛАРЫ</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының құқық қорғау органдары, азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызметі қызметкерлерінің ант беру қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидаларының тақырыбы жаңа редакцияда – ҚР Президентінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қазақстан Республикасының құқық қорғау органдары, азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызметі қызметкерлерінің ант беру қағидалары (бұдан әрі – Қағидалар) "Құқық қорғау қызметі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іске асыру мақсатында әзірленді және Қазақстан Республикасының құқық қорғау органдары, азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызметі қызметкерлерінің (бұдан әрі – қызметкерлер) ант беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> іске асыру мақсатында әзірленді және Қазақстан Республикасының құқық қорғау органдары, табиғи және техногендік сипаттағы төтенше жағдайлардың алдын алу және оларды жою, халыққа шұғыл медициналық және психологиялық көмек көрсету жөніндегі функцияларды жүзеге асыратын азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызметі қызметкерлерінің (бұдан әрі – қызметкерлер) ант беру тәртібін айқындайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Президентінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...15 lines deleted...]
-      2. Мыналар:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының құқық қорғау органдарына, азаматтық қорғау органдарына және мемлекеттік фельдъегерлік қызметіне бірінші рет қызметке кіретін, арнаулы атақ немесе сыныптық шен берілген адамдар – арнаулы атақ немесе сыныптық шен берілгеннен кейін екі айдан кешіктірмей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының құқық қорғау органдарына, азаматтық қорғау органдарына және мемлекеттік фельдъегерлік қызметіне бірінші рет қызметке кіретін, арнаулы атақ немесе сыныптық шен берілген адамдар – арнаулы атақ немесе сыныптық шен берілгеннен кейін екі айдан кешіктірмей;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымының бұрын Ант қабылдамаған курсанттары – оқуға қабылданғаннан кейін екі айдан кешіктірмей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
-[...15 lines deleted...]
-      2) білім беру ұйымының бұрын Ант қабылдамаған курсанттары – оқуға қабылданғаннан кейін екі айдан кешіктірмей;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бұған дейін қандай да бір себептер бойынша Ант қабылдамаған қызметкерлер ант қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...15 lines deleted...]
-      3) бұған дейін қандай да бір себептер бойынша Ант қабылдамаған қызметкерлер ант қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қызметкерлер бір рет Ант береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4. Ант беру рәсімін өткізу күнін, уақыты мен орнын Қазақстан Республикасының тиісті құқық қорғау органының, азаматтық қорғау органының немесе мемлекеттік фельдъегерлік қызметінің басшысы не уәкілетті басшы айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ант Қазақстан Республикасының мемлекеттік рәміздерімен, Қазақстан Республикасы құқық қорғау органының, азаматтық қорғау саласындағы уәкілетті органның және мемлекеттік фельдъегерлік қызметінің рәміздерімен безендірілген орындарда Қазақстан Республикасының тиісті құқық қорғау органы, азаматтық қорғау органы және мемлекеттік фельдъегерлік қызметі басшысының не уәкілетті басшының жетекшілігімен салтанатты жағдайда қабылданады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
-[...15 lines deleted...]
-      5. Ант Қазақстан Республикасының мемлекеттік рәміздерімен, Қазақстан Республикасы құқық қорғау органының, азаматтық қорғау саласындағы уәкілетті органның және мемлекеттік фельдъегерлік қызметінің рәміздерімен безендірілген орындарда Қазақстан Республикасының тиісті құқық қорғау органы, азаматтық қорғау органы және мемлекеттік фельдъегерлік қызметі басшысының не уәкілетті басшының жетекшілігімен салтанатты жағдайда қабылданады.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ант қабылдау рәсіміне мемлекеттік органдардың, ардагерлік ұйымдардың және бұқаралық ақпарат құралдарының өкілдері шақырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
-[...15 lines deleted...]
-      6. Ант қабылдау рәсіміне мемлекеттік органдардың, ардагерлік ұйымдардың және бұқаралық ақпарат құралдарының өкілдері шақырылуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ант қабылдайтын қызметкерлер, сондай-ақ Ант қабылдау рәсіміне қатысатын жеке құрам салтанатты (салтанатты, салтанатты-шығу) киім нысанын киеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
-[...15 lines deleted...]
-      7. Ант қабылдайтын қызметкерлер, сондай-ақ Ант қабылдау рәсіміне қатысатын жеке құрам салтанатты (салтанатты, салтанатты-шығу) киім нысанын киеді.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ант қабылдау рәсімі Қазақстан Республикасының Мемлекеттік Гимнін орындаудан басталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...15 lines deleted...]
-      8. Ант қабылдау рәсімі Қазақстан Республикасының Мемлекеттік Гимнін орындаудан басталады.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қазақстан Республикасының тиісті құқық қорғау органының, азаматтық қорғау органының және мемлекеттік фельдъегерлік қызметінің басшысы не уәкілетті басшы Анттың және Қазақстан Республикасының халқына адал болуға ант қабылдаған қызметкерлерге жүктелетін жауаптылықтың маңызын қысқаша түсіндіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
-[...15 lines deleted...]
-      9. Қазақстан Республикасының тиісті құқық қорғау органының, азаматтық қорғау органының және мемлекеттік фельдъегерлік қызметінің басшысы не уәкілетті басшы Анттың және Қазақстан Республикасының халқына адал болуға ант қабылдаған қызметкерлерге жүктелетін жауаптылықтың маңызын қысқаша түсіндіреді.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ант беретін қызметкерлер саптан шығады, Ант мәтінін дауыстап айтады немесе оқиды және оған қол қояды, содан кейін сапқа оралады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
-[...15 lines deleted...]
-      10. Ант беретін қызметкерлер саптан шығады, Ант мәтінін дауыстап айтады немесе оқиды және оған қол қояды, содан кейін сапқа оралады.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ант мәтіні Ант беретін адамдардың таңдауы бойынша қазақ немесе орыс тілінде айтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
-[...15 lines deleted...]
-      Ант мәтіні Ант беретін адамдардың таңдауы бойынша қазақ немесе орыс тілінде айтылады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ант қабылдау рәсімі Қазақстан Республикасының Мемлекеттік Гимнін орындаумен аяқталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
-[...15 lines deleted...]
-      11. Ант қабылдау рәсімі Қазақстан Республикасының Мемлекеттік Гимнін орындаумен аяқталады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қызметкерлер қол қойған Ант мәтіні бар бланктар олардың жеке істеріне қоса тігіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
-[...15 lines deleted...]
-      12. Қызметкерлер қол қойған Ант мәтіні бар бланктар олардың жеке істеріне қоса тігіледі.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Қызметкерлерінің уақтылы Ант қабылдауы үшін жауапкершілік, оны қабылдауды ұйымдастыру және есепке алу Қазақстан Республикасы құқық қорғау органдарының, азаматтық қорғау органдарының немесе мемлекеттік фельдъегерлік қызметінің кадр қызметтерінің басшыларына жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2033,148 +2305,148 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 61 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің күші жойылған кейбір жарлықтарының ТІЗБЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мемлекеттік өртке қарсы қызмет органдарының қатардағы және басшы құрамы антының мәтінін бекіту туралы" Қазақстан Республикасы Президентінің 2000 жылғы 15 қыркүйектегі № 446 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы ішкі істер органдарының қатардағы және басшы құрамдағы адамдары антының мәтінін бекіту туралы" Қазақстан Республикасы Президентінің 2005 жылғы 23 сәуірдегі № 1559 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы құқық қорғау органдарының қызметкерлерін аттестациядан өткізу туралы үлгі ережені бекіту туралы" Қазақстан Республикасы Президентінің 2005 жылғы 8 шілдедегі № 1612 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2207,184 +2479,184 @@
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы прокуратура органдарының кейбір мәселелері туралы" Қазақстан Республикасы Президентінің 2011 жылғы 20 қазандағы № 166 Жарлығының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының құқық қорғау органдарында кадр саясатын іске асырудың кейбір мәселелері туралы" Қазақстан Республикасы Президентінің 2016 жылғы 16 наурыздағы № 211 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы құқық қорғау органдарының қызметкерлерін аттестациядан өткізу туралы үлгі ережені бекіту туралы" Қазақстан Республикасы Президентінің 2005 жылғы 8 шілдедегі № 1612 Жарлығына өзгеріс енгізу туралы" Қазақстан Республикасы Президентінің 2016 жылғы 21 желтоқсандағы № 390 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>