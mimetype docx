--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd6c3fd" w14:textId="dd6c3fd">
+    <w:p w14:paraId="a50aa71" w14:textId="a50aa71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2995,522 +2995,426 @@
         <w:t>
       44-2) тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі мен көлемін, сондай-ақ осындай тауарлар, жұмыстар, көрсетілетін қызметтер сатып алынатын, Қазақстан Республикасы ішкі істер органдары жүйесіне басшылықты жүзеге асыратын орталық атқарушы орган бекітетін қылмыстық-атқару (пенитенциарлық) жүйесі мекемелерінің мемлекеттік кәсіпорындарының тізбесін келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z254" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44-3) Қазақстан Республикасының мүгедектігі бар адамдардың қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасының мүгедектігі бар адамдардың қоғамдық бірлестіктері құрған, тауарларды өндіретін және (немесе) беретін, жұмыстарды орындайтын, қызметтерді көрсететін ұйымдардан сатып алынатын, халықты әлеуметтік қорғау саласындағы уәкілетті орган айқындайтын тауарлардың, жұмыстардың, көрсетілетін қызметтердің жекелеген түрлерінің тізбесін келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...115 lines deleted...]
-    <w:bookmarkStart w:name="z176" w:id="88"/>
+    <w:bookmarkStart w:name="z266" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-4) ұсынылатын (ұзартылатын) салықтық жеңілдікті келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z176" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) мемлекеттік монополия, арнаулы құқық субъектісі өндіретін және өткізетін тауарларға, жұмыстарға, көрсетілетін қызметтерге баға белгілеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z177" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z177" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46) бекітілген кестеге сәйкес жекелеген мемлекеттік монополия, арнаулы құқық субъектілерінің қызметіне талдау жүргізу және Қазақстан Республикасының Үкіметіне мемлекеттік монополия, арнаулы құқық саласына жатқызылған қызметті бәсекелес ортаға беру бойынша ұсыныстар жіберу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z178" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z178" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасын бұзушылық белгілерін анықтау мақсатында тауар нарықтарындағы бағаларға мониторинг жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z179" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z179" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) нарық субъектісінің, мемлекеттік, жергілікті атқарушы органдардың, мемлекет нарық субъектілерінің қызметін реттеу функцияларын берген ұйымның әрекеттерінде (әрекетсіздігінде) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасын бұзушылық белгілерінің бар екені туралы хабарлама беру тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z180" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z180" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) келісу комиссиясының Қазақстан Республикасының Ұлттық Банкіне және өзінің құрамына қатысты Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасын бұзушылықтарды тергеп-тексеру нәтижелері жөніндегі қорытындының жобасын қарау бойынша әрекет ету тәртібін Қазақстан Республикасының Ұлттық Банкімен келісу бойынша әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z181" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z181" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасын бұзушылық белгілерін анықтау мақсатында тауар нарықтарындағы бағаларды мониторингтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z182" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z182" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51) тауарларды сатып алу мен сауда-саттықты өткізуді мониторингтеу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z183" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z183" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) өткізілген сатып алу туралы ақпараттың нысанын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z262" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z262" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52-1) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       зияткерлік меншік объектілері болып табылатын тауарларды, көрсетілетін қызметтерді сатып алынатын тауарларға, көрсетілетін қызметтерге қатысты айрықша құқықтарға ие тұлғалардан сатып алған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарларды, жұмыстарды, көрсетілетін қызметтерді ұлттық қауіпсіздік, сайлау комиссиялары органдарының қызметін қамтамасыз ететін ұйымдардан сатып алуды қоспағанда, мемлекеттік органның Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің жарлықтарында белгіленген, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы мемлекетке тиесілі акционерлік қоғамдардан, жауапкершілігі шектеулі серіктестіктерден және өзі оларға қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардан тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алған жағдайларда, шартты тікелей жасасу арқылы бір көзден сатып алу тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде ұқсас тауарларды, жұмыстарды, көрсетілетін қызметтерді өндіруді жүзеге асыратын жеке кәсіпкерлік субъектілерінің жоқ екендігі туралы монополияға қарсы органның қорытындысын беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="97"/>
+    <w:bookmarkStart w:name="z263" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52-2) көрмелер, семинарлар, конференциялар, кеңестер, форумдар, симпозиумдар, тренингтер материалдарын сатып алған, сондай-ақ аталған іс-шараларға қатысу үшін ақы төлеген жағдайларда, шартты тікелей жасасу арқылы мемлекеттік сатып алуды жүзеге асыру кезінде тиісті тауарларды, жұмыстарды, көрсетілетін қызметтерді бәсекелестік негізде сатып алудың өзге де мүмкіндігінің жоқ екендігі туралы монополияға қарсы органның қорытындысын беру;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z264" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z264" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52-3) ұқсас тауарларды, жұмыстарды, көрсетілетін қызметтерді өндіруді жүзеге асыратын жеке кәсіпкерлік субъектілерінің жоқ екендігі туралы және тиісті тауарларды, жұмыстарды, көрсетілетін қызметтерді бәсекелестік негізде сатып алудың өзге де мүмкіндігінің жоқ екендігі туралы монополияға қарсы органның қорытындысын беру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z184" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z184" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) жекелеген тауар нарықтарында және (немесе) жекелеген нарық субъектілерінің тауарларына (жұмыстарына, көрсетілетін қызметтеріне) мемлекеттік бағалық реттеуді енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z185" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z185" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) жекелеген тауар нарықтарында және (немесе) жекелеген нарық субъектілерінің тауарларына (жұмыстарына, көрсетілетін қызметтеріне) мемлекеттік бағалық реттеуді енгізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z186" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z186" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) құқық қорғау органдарының сұрау салулары бойынша өз құзыреті шегінде Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасының мәселелері бойынша сараптамалар жүргізу және қорытындылар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z187" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z187" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) құқық қорғау органдарының сұрау салуы бойынша тауар нарықтарындағы бәсекелестіктің жай-күйі туралы талдамалық ақпаратты беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z188" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z188" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) мыналардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       экономикалық шоғырландыруды жүзеге асыру туралы өтінішхаттың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3521,1912 +3425,1788 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік кәсіпорынды, акцияларының (үлестерінің) елу пайыздан астамы мемлекетке тиесілі заңды тұлғаны және олармен үлестес тұлғаларды құру туралы өтінішхаттың; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әрекеттерде (әрекетсіздікте) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасын бұзушылық белгілерінің болуы туралы хабарламаның нысандарын белгілеу және айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="104"/>
+    <w:bookmarkStart w:name="z189" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) нұсқамаларды (өзiнiң немесе аумақтық бөлімшенің) қайта қарау, сондай-ақ монополияға қарсы органның аумақтық бөлімшелері қабылдаған нұсқамаларды тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z190" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z190" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасында белгiленген жағдайларда нарық субъектiсiн мәжбүрлеп бөлу немесе оның құрамынан құрылымдық бөлiмшелерi базасында бiр немесе бiрнеше заңды тұлғаны бөлiп шығару туралы талап қоюмен сотқа жүгiну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z191" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z191" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасында көзделген жағдайларда, нарық субъектілеріне мәмілелерді (әрекеттерді) жүзеге асыруға алдын ала келісім беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z249" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z249" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60-1) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасында көзделген жағдайларда нарық субъектілерін, сондай-ақ жылжымайтын мүлікке құқықтарды мемлекеттік тіркеуге, қайта тіркеуге келісім беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z192" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z192" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) мемлекеттік кәсіпорындарды, акцияларының (үлестерінің) елу пайыздан астамы мемлекетке тиесілі заңды тұлғаларды және олармен үлестес тұлғаларды құруға келісім беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z193" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z193" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) мемлекеттік кәсіпорындардың, акцияларының (жарғылық капиталға қатысу үлестерінің) елу пайыздан астамы мемлекетке тиесілі заңды тұлғалардың және олармен үлестес, өз қызметін Қазақстан Республикасының аумағында жүзеге асыратын тұлғалардың жүзеге асыратын қызмет түрлерін кеңейтуге және (немесе) өзгертуге келісім беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z194" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z194" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) тауар биржаларының қызметі саласындағы мемлекеттік саясатты қалыптастыруға және іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z195" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z195" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) тауар биржаларының қызметін реттеу саласындағы нормативтік құқықтық актілерді келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z196" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z196" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуын мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z197" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z197" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) тауар биржаларының қызметіне талдау және мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z198" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z198" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) коммерциялық немесе заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді қоспағанда, тауар биржаларының қызметі және биржа саудасының мәселелері жөнінде ақпарат жариялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z199" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z199" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) биржа саудасын дамыту және жетілдіру бойынша ұсыныстарды тұжырымдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z200" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z200" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасында белгіленген тәртіппен тауар биржалары саласындағы қызметті лицензиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69-1) Қазақстан Республикасының тауар биржалары туралы заңнамасында көзделген жағдайларда тауар биржасы, биржалық брокер, тауар биржасының клирингтік орталығы лицензиясының қолданылуын тоқтата тұру туралы шешім қабылдау, сондай-ақ лицензиядан айыру (кері қайтарып алу) туралы ақпаратты өзінің интернет-ресурсында жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) өз қызметін тауар биржасында жүзеге асыратын және биржалық тауарлармен мәмілелер жасайтын тауар биржаларының, биржалық брокерлердің және тауар биржаларының клирингтік орталықтарының Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z272" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-1) қаржы мониторингі жөніндегі уәкілетті органмен келісу бойынша, өз қызметін тауар биржасында жүзеге асыратын және биржалық тауарлармен мәмілелер жасайтын тауар биржасы, биржалық брокерлер және тауар биржаларының клирингтік орталықтары үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z202" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) тауар биржалары саласындағы лицензиялардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">72) алып тасталды – ҚР Президентінің 01.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...176 lines deleted...]
-    <w:bookmarkStart w:name="z204" w:id="119"/>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінде белгіленген тәртіппен тауар биржалары саласындағы әкімшілік құқық бұзушылықтар туралы істерді қозғау және қарау, сондай-ақ әкімшілік жазаларды қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z205" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z205" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) тауар биржасының монополияға қарсы органға есептерді ұсыну қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z265" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z265" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74-1) биржадағы сауда-саттыққа жосықсыз қатысушылардың тізілімін қалыптастыру және жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z206" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z206" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75) тауар биржаларында және электрондық сауда алаңдарында тиісінше өткізілген сауда-саттық барысында қалыптасқан, монополиялық жоғары (төмен) деп танылмайтын биржалық тауарлардың бағасын айқындау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z207" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z207" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасына сәйкестігі тұрғысынан қорытынды беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z208" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z208" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасына сәйкестігі тұрғысынан қорытынды беру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z209" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z209" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) бәсекелестікке әсер етуге бағалау жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z210" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z210" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) негізгі қуатқа тең қол жеткізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z211" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z211" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) мемлекеттік кәсіпорындардың, акцияларының (жарғылық капиталға қатысу үлестерiнiң) елу пайыздан астамы мемлекетке тиесілі заңды тұлғалардың және олармен үлестес тұлғалардың қызметіне жүзеге асырылатын қызмет түрлерін құру, кеңейту және (немесе) өзгерту кезінде монополияға қарсы органның келісімін алу, сондай-ақ монополияға қарсы органның келісімі алынған сол қызмет түрлерін ғана жүзеге асыру тұрғысынан мониторинг жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z212" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z212" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) мемлекеттік кәсіпорындардың, акцияларының (жарғылық капиталға қатысу үлестерiнiң) елу пайыздан астамы мемлекетке тиесілі заңды тұлғалардың және олармен үлестес тұлғалардың қызметіне жүзеге асырылатын қызмет түрлерін құру, кеңейту және (немесе) өзгерту кезінде монополияға қарсы органның келісімін алу, сондай-ақ монополияға қарсы органның келісімі алынған сол қызмет түрлерін ғана жүзеге асыру тұрғысынан мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z213" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z213" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) мемлекеттік органдар мен заңды тұлғалардың Қазақстан Республикасы Президентінің тапсырмасы бойынша бастама жасалған, экономиканы қолдау, халықтың іскерлік белсенділігі мен жұмыспен қамтылуын ынталандыру үшін дағдарысқа қарсы іс-шаралар кешенін іске асыру жөніндегі қызметін қоспағанда, мемлекеттік қолдау шараларын көрсететін тұлғалардың қызметіне Қазақстан Республикасы Кәсіпкерлік кодексінің 194-бабында көзделген талаптардың сақталуы тұрғысынан мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z250" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z250" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82-1) Қазақстан Республикасының заңнамасында белгіленген тәртіппен республикалық мемлекеттік-жекешелік әріптестік жобасына бизнес-жоспарды, республикалық мемлекеттік инвестициялық жобаның инвестициялық ұсынысын, республикалық мемлекеттік-жекешелік әріптестік жобасының конкурстық (аукциондық) құжаттамасын, оның ішінде оларға жекеше әріптестердің мемлекеттік функциялардың іске асырылуын қамтамасыз етуін көздейтін жобалар бойынша бәсекелестікті қорғау және монополистік қызметті шектеу саласына қатысты бөлігінде өзгерістер және (немесе) толықтырулар енгізу кезінде келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z259" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z259" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82-2) мемлекеттік органдар мен заңды тұлғалардың Қазақстан Республикасы Президентінің тапсырмасы бойынша бастама жасалған экономиканы қолдау, халықтың іскерлік белсенділігі мен жұмыспен қамтылуын ынталандыру үшін дағдарысқа қарсы іс-шаралар кешенін іске асыру жөніндегі қызметін қоспағанда, мемлекеттік қолдау шараларын көрсететін тұлғалардың қызметіне Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>194-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптардың сақталуы тұрғысынан мониторинг жүргізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z214" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z214" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) сенім білдірілген адамдардің тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z260" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z260" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-1) конгломераттардың мемлекеттік тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z215" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z215" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) сенім білдірілген адамдардің тізілімін жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z251" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z251" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84-1) өтініш берушілер көтеретін жүйелік проблемаларды талдау және анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z255" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z255" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84-2) мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті орган бекітетін мемлекеттік органдар қызметіне салалық (ведомстволық) функционалдық шолу жүргізу жөніндегі әдістемеге сәйкес қызметке функционалдық талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z256" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z256" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84-3) цифрлық трансформацияны жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z267" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-4) мемлекеттік саясатты қалыптастыруға қатысу және көлеңкелі экономикаға қарсы іс-қимыл бойынша шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z268" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-5) Қазақстан Республикасының заңнамасына сәйкес жұмылдыру дайындығы және жұмылдыру саласында іс-шараларды ұйымдастыру және өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z269" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-6) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, деректерді басқару жөніндегі талаптардың сақталуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z270" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-7) әзірленген мемлекеттік құпиялардың Қазақстан Республикасының заңнамасына сәйкес, оның ішінде өзіне ведомостволық бағынысты ұйымдарда да қорғалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z271" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-8) реттелетін салада мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z216" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді – ҚР Президентінің 01.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">; 29.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 07.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 809</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 965</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 26.12.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1159</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...163 lines deleted...]
-    <w:bookmarkEnd w:id="142"/>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...181 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Агенттік төрағасының, Агенттік Басқармасының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z218" w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z218" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Агенттікті басқаруды төраға жүзеге асырады, ол Агенттікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z219" w:id="145"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z219" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Агенттік төрағасы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z220" w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z220" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Агенттік төрағасының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын үш орынбасары, оның ішінде бір бірінші орынбасары болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z221" w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z221" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Агенттік төрағасының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z222" w:id="148"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z222" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Агенттіктің жұмысын ұйымдастырады және оған басшылық етуді жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z223" w:id="149"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z223" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Агенттіктің құқықтық актілеріне қол қояды, қарамағындағы жұмыскерлерге нұсқаулар мен тапсырмалар береді, Агенттіктің құзыретіне жатқызылған мемлекеттік функцияларды жүзеге асыру бойынша өзге де ұйымдастырушылық-өкімдік шараларды қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z224" w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z224" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Агенттіктің құрылымдық және аумақтық бөлімшелері туралы ережелерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z225" w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z225" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Агенттіктің аумақтық бөлімшелерінің құрылымын Қазақстан Республикасының Президенті бекіткен жалпы штат саны шегінде бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z226" w:id="152"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z226" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының Президентіне Агенттіктің, оның аумақтық бөлімшелерінің қызметкерлерін мемлекеттік наградалармен наградтау туралы ұсынулар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z227" w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z227" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік органдармен және өзге де ұйымдармен қарым-қатынаста Агенттік атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z228" w:id="154"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z228" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) өзінің құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттіктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін атқаруды Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="155"/>
+    <w:bookmarkStart w:name="z229" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Агенттік төрағасы өз орынбасарларының өкілеттіктерін Қазақстан Республикасының қолданыстағы заңнамасына сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z230" w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z230" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Агенттіктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z231" w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z231" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Агенттік төрағасы құратын Басқарма Агенттіктің алқалы басқару органы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттіктің Басқармасы туралы ережені және оның құрамын Агенттіктің төрағасы бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттік Басқармасының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="158"/>
+    <w:bookmarkStart w:name="z232" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бәсекелестік саясатты қалыптастыру және дамыту саласындағы басымдықтарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z233" w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z233" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының бәсекелестікті қорғау саласындағы заңнамасын бұзушылықтарды тергеп-тексеру нәтижелері жөніндегі қорытындыларды, экономикалық шоғырлануға келісім беру туралы өтінішхатты қарау нәтижелері жөніндегі қорытындыларды қарау нәтижелері бойынша шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z234" w:id="160"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z234" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жекелеген тауар нарықтарындағы бәсекелестіктің жай-күйі және монополистік қызметті шектеу бойынша қабылданатын шаралар туралы жыл сайынғы жылдық есепті мақұлдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z235" w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z235" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Басқарманың жұмыс регламентін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z236" w:id="162"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z236" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Басқарма туралы ережеге сәйкес Агенттіктің құзыретіне кіретін өзге де мәселелер жөніндегі шешімдерді қарау және қабылдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z237" w:id="163"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z237" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Агенттіктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z238" w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z238" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Агенттік Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығымен оқшауланған мүлікке ие бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Агенттіктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="165"/>
+    <w:bookmarkStart w:name="z239" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Агенттікке бекітіп берілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z240" w:id="166"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z240" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, Агенттік, өзіне бекітіп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z241" w:id="167"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z241" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Агенттікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z242" w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z242" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Агенттікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5445,68 +5225,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="169"/>
+    <w:bookmarkStart w:name="z243" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Агенттіктің аумақтық бөлімшелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Президентінің 15.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5861,68 +5641,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің Алматы қаласы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің Шымкент қаласы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="170"/>
+    <w:bookmarkStart w:name="z261" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Агенттіктің қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бөліммен толықтырылды – ҚР Президентінің 30.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6070,80 +5850,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 428 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="171"/>
+    <w:bookmarkStart w:name="z49" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ҚҰРЫЛЫМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Құрылымына өзгеріс енгізілді – ҚР Президентінің 17.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6673,200 +6453,200 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 428 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="172"/>
+    <w:bookmarkStart w:name="z51" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің кейбір актілеріне енгізілетін</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ӨЗГЕРІСТЕР МЕН ТОЛЫҚТЫРУЛАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z52" w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z52" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының мемлекеттік органдары жүйесін одан әрі оңтайландыру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 1999 жылғы 22 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 1999 ж., № 1, 2-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z53" w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z53" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z54" w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z54" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z55" w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z55" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7021,520 +6801,520 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="177"/>
+    <w:bookmarkStart w:name="z56" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Күші жойылды – ҚР Президентінің 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 290</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z63" w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z63" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Орталық мемлекеттік органдар мен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары қызметінің тиімділігін жыл сайынғы бағалау жүйесі туралы" Қазақстан Республикасы Президентінің 2010 жылғы 19 наурыздағы № 954 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 24, 173-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z64" w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z64" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қызметінің тиімділігіне бағалау жүргізілетін орталық мемлекеттік органдардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z65" w:id="180"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z65" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z66" w:id="181"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z66" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z67" w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z67" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Мемлекеттік рәміздер және Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының геральдикасы мәселелері туралы" Қазақстан Республикасы Президентінің 2011 жылғы 30 қыркүйектегі № 155 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 55, 783-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z68" w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z68" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі мен сипаттамаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z69" w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z69" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының тізбесі" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z70" w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z70" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Төсбелгілер:" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z71" w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z71" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 1-4-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z72" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z72" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-4. Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі: "Монополияға қарсы қызметтің үздігі".";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z73" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z73" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының сипаттамалары (бұдан әрі – Сипаттамалар)" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z74" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z74" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы кіші бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z75" w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z75" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің төсбелгісі"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z76" w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z76" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Монополияға қарсы қызметтің үздігі" (127-қосымша)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z77" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z77" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Монополияға қарсы қызметтің үздігі" төсбелгісі диаметрі 35 мм сегіз бұрышты пішінде болады және сары түсті металдан (латунь) жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төсбелгінің беткі жағында шаңырақ пен қалықтаған қыран орналасқан және айналасында – "Монополияға қарсы қызметтің үздігі" деген жазу бар. Эмблема және мәтін – шығыңқы жылтырақ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7563,830 +7343,830 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төсбелгі құлақша мен шығыршық арқылы көгілдір түсті қатқыл лентамен тысталған тік бұрышты тағанға жалғанады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төсбелгі киімге визорлы бекіткіші бар түйреуіш арқылы бекітіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="193"/>
+    <w:bookmarkStart w:name="z78" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы өзгерістер мен толықтыруларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Сипаттамаларға 127-қосымшамен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z79" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z79" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларымен марапаттау (ведомстволық және оларға теңестірілген өзге де наградаларынан айыру) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z80" w:id="195"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z80" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "3. Ведомстволық наградалармен марапаттау негіздері" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z81" w:id="196"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z81" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы кіші бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z82" w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z82" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Монополияға қарсы қызметтің үздігі" төсбелгісі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z83" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z83" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. "Монополияға қарсы қызметтің үздігі" төсбелгісімен монополияға қарсы органды басқарған Қазақстан Республикасының азаматтары, монополияға қарсы органда кемінде 5 жыл жұмыс істеген, республикадағы монополияға қарсы қызметті дамытуға зор үлес қосқан монополияға қарсы органның қызметкерлері лауазымдық міндеттерін үлгілі орындағаны, мінсіз мемлекеттік қызметі, ерекше маңызды және күрделі тапсырмаларды орындағаны, жемісті еңбек қызметі және жұмыстағы басқа да жетістіктері үшін, сондай-ақ Қазақстан Республикасының монополияға қарсы қызметінің жүйесін дамытуға үлес қосқан шетелдік адамдар марапатталады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z84" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z84" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Мемлекеттік саяси және әкімшілік қызметшілер лауазымдарының тізілімін бекіту туралы" Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 150 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 70-71, 520-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z85" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z85" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Мемлекеттік саяси және әкімшілік қызметшілер лауазымдарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізілімінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z86" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z86" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Мемлекеттік әкімшілік лауазымдар" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тарауда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z87" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z87" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "А" корпусы" деген бөлімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-санатында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z88" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z88" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасы Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z89" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z89" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасының Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі, Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z90" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z90" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Б" корпусы" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z91" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z91" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       B санаттарының тобында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z92" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z92" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z93" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z93" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Парламенті палаталарының аппараттары, Қазақстан Республикасы Премьер-Министрінің Кеңсесі, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаменті (Қазақстан Республикасы Жоғарғы Сотының аппараты), Қазақстан Республикасы Конституциялық Кеңесінің аппараты, Қазақстан Республикасы Жоғары Сот Кеңесінің аппараты, Қазақстан Республикасы Президентінің Іс басқармасы, Қазақстан Республикасы Орталық сайлау комиссиясының аппараты, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет), Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі, Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z94" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z94" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В-3 санатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z95" w:id="210"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z95" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) басқармасының (қызметтің) басшысы" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z96" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z96" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет), Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігi басқармасының (қызметтің) басшысы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z97" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z97" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) басқармасының (қызметтің) басшысы" деген жолдан кейін мынадай мазмұндағы жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z98" w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z98" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің баспасөз хатшысы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z99" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z99" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В-4 санатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z100" w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z100" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Президенті Іс басқарушысының, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) төрағаларының көмекшісі, кеңесшісі" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z101" w:id="216"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z101" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Президенті Іс басқарушысының, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет), Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі төрағаларының көмекшісі, кеңесшісі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z102" w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z102" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Азаматтардың "А" корпусының мемлекеттік әкімшілік қызметіне кіруінің кейбір мәселелері туралы" Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 151 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 70-71, 521-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z103" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z103" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген "А" корпусының мемлекеттік әкімшілік лауазымдарына қойылатын арнайы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>біліктілік талаптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z104" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z104" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z105" w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z105" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) орталық атқарушы органдардың жауапты хатшылары; Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасының Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Жоғары Сот Кеңесі, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі, Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы; жауапты хатшы лауазымы енгізілмеген орталық атқарушы органдар аппараттарының басшылары, Адам құқықтары жөніндегі ұлттық орталықтың басшысы;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8556,68 +8336,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сипаттамаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>127-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="221"/>
+    <w:bookmarkStart w:name="z106" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Монополияға қарсы қызметтің үздігі" төсбелгісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="6096000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -8698,55 +8478,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>