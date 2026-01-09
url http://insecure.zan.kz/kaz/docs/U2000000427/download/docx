--- v0 (2025-10-14)
+++ v1 (2026-01-09)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="af5cc2c" w14:textId="af5cc2c">
+    <w:p w14:paraId="4ef22b5" w14:textId="4ef22b5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,64 +174,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының Президенті</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен Үкiметі актiлерiнiң жинағында</w:t>
+              <w:t>Президенті мен Үкiметі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актiлерiнiң жинағында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жариялануға тиiс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -278,51 +291,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Президентінің 29.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -933,51 +946,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Президентінің 29.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1155,51 +1168,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Президентінің 29.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1523,51 +1536,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді – ҚР Президентінің 29.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 15.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 674</w:t>
       </w:r>
       <w:r>
@@ -1898,50 +1911,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       байланыс операторларынан респонденттер жөнінде байланыс деректерін алу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларынан және (немесе) байланыс желілерін иеленушілерден абоненттер туралы иесі көрсетілмеген деректерді үшінші тұлғаларға бермей статистикалық қызметті жүзеге асыру үшін алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       мемлекеттік статистика саласындағы өзінің өкілеттіктері мен функцияларының бір бөлігін ведомствоға беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ұлттық Банкін қоспағанда, мемлекеттік статистика органдарына жататын мемлекеттік органдардан мемлекеттік статистика саласындағы уәкілетті орган қалыптастыратын ресми статистикалық ақпаратты түзу үшін қажетті бастапқы статистикалық және әкімшілік деректерді өтеусіз негізде алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2298,51 +2329,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       статистикалық жұмыстар жоспарын орындау үшін респонденттердің бастапқы статистикалық деректерді ұсыну графигін, әкімшілік деректерді ұсыну графигін және ресми статистикалық ақпаратты тарату графигін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      статистикалық жұмыстар жоспарында көзделген көлемде ресми статистикалық ақпаратты тарату графигіне сәйкес статистикалық жарияланымдарды қалыптастыруды және ресми статистикалық ақпаратты, сондай-ақ ұлттық санақ қорытындылары туралы ақпаратты таратуды қамтамасыз ету;</w:t>
+      статистикалық жұмыстар жоспарында көзделген көлемде ресми статистикалық ақпаратты тарату графигіне сәйкес статистикалық жарияланымдарды қалыптастыруды және ресми статистикалық ақпаратты, ұлттық санақ қорытындылары туралы ақпаратты таратуды, сондай-ақ цифрлық карталарда көрінуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік статистика органдарына жататын мемлекеттік органдар мен Қазақстан Республикасының Ұлттық Банкіне сұрау салуы негізінде иесіздендірілген бастапқы статистикалық деректерді үшінші тұлғаларға берусіз тек статистикалық мақсаттарда пайдалану үшін ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2699,84 +2730,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 29.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 15.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 674</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve">; 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z173" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2829,50 +2880,68 @@
         <w:t>
       1-1) мемлекеттік жоспарлау жөніндегі уәкілетті органмен бірлесіп қолданылатын дереккөздер және (немесе) Түйінді ұлттық индикаторлар картасы индикаторларының тиісті есеп-қисаптарының әдістемелерін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z293" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2) мемлекеттік жоспарлау жөніндегі уәкілетті орган бекітетін Қазақстан Республикасының Ұлттық даму жоспарын, мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың даму жоспарларын әзірлеу, іске асыру, мониторинг жүргізу және түзету әдістемесін келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3) мемлекеттік органдардың қолдануы үшін метадеректерді қалыптастырудың үлгілік әдістемесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z175" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік жоспарлау және мемлекеттік басқару жүйелерін жетілдіру бойынша ұсыныстарды тұжырымдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z176" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3499,50 +3568,68 @@
         <w:t>
       21) статистикалық жұмыстар жоспары бекітілетін жылдың 1 шілдесіне дейінгі мерзімде мемлекеттік органдардың және Қазақстан Республикасы Ұлттық Банкінің ұсыныстарын ескере отырып, сондай-ақ статистикалық қызметті талдау қорытындылары негізінде күнтізбелік үш жылға арналған статистикалық жұмыстар жоспарын, респонденттердің бастапқы статистикалық деректерді ұсыну графигін, әкімшілік деректерді ұсыну графигін және ресми статистикалық ақпаратты тарату графигін қалыптастыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z195" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) статистикалық жұмыстар жоспарын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1) мемлекеттік статистика органдарына жататын мемлекеттік органдардың және Қазақстан Республикасы Ұлттық Банкінің статистикалық қызметінің мемлекеттік органдардың статистикалық ақпаратты түзу процесін сипаттаудың үлгілік әдістемесінде бекітілген талаптарға сәйкестігіне талдау жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z196" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) статистикалық жұмыстар жоспарына сәйкес жалпымемлекеттік статистикалық байқауларды ұйымдастыру және жүргізу, соның ішінде бағаларды тіркеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z197" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3971,74 +4058,92 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) ұлттық анықтамалық ақпараттың элементтерін әзірлеу және бекіту тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z209" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36) жалпымемлекеттік статистикалық байқаулар жүргізу үшін статистикалық нысандарды, оларды толтыру жөніндегі нұсқаулықтарды, сондай-ақ оларды бекіту тәртібін бекіту;</w:t>
+      36) жалпымемлекеттік статистикалық байқаулар жүргізу үшін статистикалық нысандарды және оларды толтыру жөніндегі нұсқаулықтарды бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z210" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) статистикалық байқаулар жүргізу кезінде бекітілген статистикалық нысандар бойынша анық бастапқы статистикалық деректерді ұсыну тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-1) жалпымемлекеттік және ведомстволық статистикалық байқаулар жүргізу үшін статистикалық нысандарды және оларды толтыру жөніндегі нұсқаулықтарды бекіту қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z211" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) ғылыми әдістер мен тәсілдер, оның ішінде әдістемелер негізінде жалпымемлекеттік статистикалық байқаулар бойынша статистикалық әдіснаманы әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z212" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4095,1888 +4200,1978 @@
         <w:t>
       40-1) ғылыми әдістер мен тәсілдер негізінде көрсеткіштерді есептеу әдістемелерін келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z214" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) шаруашылық бойынша есепке алу деректерінің анықтығын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z215" w:id="79"/>
-[...15 lines deleted...]
-      42) шаруашылық бойынша есепке алу деректерінің анықтығына нақтылау жүргізу қағидаларын бекіту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42) алып тасталды – ҚР Президентінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) мемлекеттік статистика саласындағы уәкілетті орган ресми дереккөздерден алған деректерді мониторингтеу, талдау және салыстыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z216" w:id="80"/>
-[...15 lines deleted...]
-      43) мемлекеттік статистика саласындағы уәкілетті орган ресми дереккөздерден алған деректерді мониторингтеу, талдау және салыстыру;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) салықтық құпияны құрайтын мәліметтерге қолжетімділігі бар лауазымды адамдардың тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z217" w:id="81"/>
-[...15 lines deleted...]
-      44) салықтық құпияны құрайтын мәліметтерге қолжетімділігі бар лауазымды адамдардың тізбесін бекіту;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) Қазақстан Республикасының заңнамасында салықтық құпия ретінде айқындалған, ұсынылатын мәліметтер тізбесін және оларды ұсыну тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z218" w:id="82"/>
-[...15 lines deleted...]
-      45) Қазақстан Республикасының заңнамасында салықтық құпия ретінде айқындалған, ұсынылатын мәліметтер тізбесін және оларды ұсыну тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) өз құзыреті шеңберінде реттелетін саладағы Қазақстан Республикасының заңнамасын бұзатын, мемлекеттік органдар қабылдаған актілерді жою, өзгерту, сондай-ақ оларды Қазақстан Республикасының заңнамасына сәйкес келтіру туралы ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z219" w:id="83"/>
-[...15 lines deleted...]
-      46) өз құзыреті шеңберінде реттелетін саладағы Қазақстан Республикасының заңнамасын бұзатын, мемлекеттік органдар қабылдаған актілерді жою, өзгерту, сондай-ақ оларды Қазақстан Республикасының заңнамасына сәйкес келтіру туралы ұсыныстар енгізу;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) дерекқорды ғылыми және ғылыми-техникалық қызметте Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша сәйкестендірілмеген түрінде пайдалану үшін ұсыну тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z220" w:id="84"/>
-[...15 lines deleted...]
-      47) дерекқорды ғылыми және ғылыми-техникалық қызметте Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша сәйкестендірілмеген түрінде пайдалану үшін ұсыну тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) шаруашылық бойынша есепке алуды жүргізу жөніндегі статистикалық әдіснаманы және тіркеу жазбаларын жүргізуді ұйымдастыру нысандарын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z221" w:id="85"/>
-[...15 lines deleted...]
-      48) шаруашылық бойынша есепке алуды жүргізу жөніндегі статистикалық әдіснаманы және тіркеу жазбаларын жүргізуді ұйымдастыру нысандарын бекіту;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) әкімшілік деректерді өтеусіз негізде ұсыну тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z222" w:id="86"/>
-[...15 lines deleted...]
-      49) әкімшілік деректерді өтеусіз негізде ұсыну тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік статистика саласындағы әкімшілік құқық бұзушылықтар туралы істер бойынша іс жүргізуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z223" w:id="87"/>
-[...15 lines deleted...]
-      50) Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік статистика саласындағы әкімшілік құқық бұзушылықтар туралы істер бойынша іс жүргізуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) өз құзыреті шеңберінде Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген тәртіппен әкімшілік құқық бұзушылықтар туралы істер бойынша ұсыну енгізу және кассациялық наразылық келтіру туралы өтінішхат беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z224" w:id="88"/>
-[...15 lines deleted...]
-      51) өз құзыреті шеңберінде Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген тәртіппен әкімшілік құқық бұзушылықтар туралы істер бойынша ұсыну енгізу және кассациялық наразылық келтіру туралы өтінішхат беру;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) әкімшілік құқық бұзушылық туралы іс бойынша қаулыға, әкімшілік құқық бұзушылық туралы іс бойынша іс жүргізуді жүзеге асыратын органның (лауазымды адамның) әрекеттері (әрекетсіздігі) мен шешімдеріне шағымды өз құзыреті шеңберінде қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z225" w:id="89"/>
-[...15 lines deleted...]
-      52) әкімшілік құқық бұзушылық туралы іс бойынша қаулыға, әкімшілік құқық бұзушылық туралы іс бойынша іс жүргізуді жүзеге асыратын органның (лауазымды адамның) әрекеттері (әрекетсіздігі) мен шешімдеріне шағымды өз құзыреті шеңберінде қарау;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Қазақстан Республикасы Парламенті комитеттерінің, Қазақстан Республикасы Президенті Әкімшілігі бөлімдерінің, Қазақстан Республикасы Үкіметі Аппаратының және өзге де мемлекеттік органдардың сұрау салуы бойынша ресми статистикалық ақпаратты тарату графигінде көзделмеген статистикалық ақпаратты ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z226" w:id="90"/>
-[...15 lines deleted...]
-      53) Қазақстан Республикасы Парламенті комитеттерінің, Қазақстан Республикасы Президенті Әкімшілігі бөлімдерінің, Қазақстан Республикасы Үкіметі Аппаратының және өзге де мемлекеттік органдардың сұрау салуы бойынша ресми статистикалық ақпаратты тарату графигінде көзделмеген статистикалық ақпаратты ұсыну;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-1) ресми статистикалық ақпаратты тарату графигінде көзделмеген және оны әзірлеуге қосымша шығындарды талап ететін статистикалық ақпаратты өтеулі негізде ұсыну тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z297" w:id="91"/>
-[...15 lines deleted...]
-      53-1) ресми статистикалық ақпаратты тарату графигінде көзделмеген және оны әзірлеуге қосымша шығындарды талап ететін статистикалық ақпаратты өтеулі негізде ұсыну тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-2) ресми статистикалық ақпаратты тарату графигінде көзделмеген және оны әзірлеуге қосымша шығындарды талап ететін талдамалық ақпаратты өтеулі негізде ұсыну тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z298" w:id="92"/>
-[...15 lines deleted...]
-      53-2) ресми статистикалық ақпаратты тарату графигінде көзделмеген және оны әзірлеуге қосымша шығындарды талап ететін талдамалық ақпаратты өтеулі негізде ұсыну тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) монополияға қарсы органның келісуімен мемлекеттік монополия субъектісі, ведомствоның ведомстволық бағынысты ұйымы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсететін қызметтердің) бағаларын белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z227" w:id="93"/>
-[...15 lines deleted...]
-      54) монополияға қарсы органның келісуімен мемлекеттік монополия субъектісі, ведомствоның ведомстволық бағынысты ұйымы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсететін қызметтердің) бағаларын белгілеу;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) ұлттық санақтар жүргізу тәртібі мен мерзімдерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z228" w:id="94"/>
-[...15 lines deleted...]
-      55) ұлттық санақтар жүргізу тәртібі мен мерзімдерін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) ұлттық санақ жүргізу жөніндегі іс-шаралар жоспарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z229" w:id="95"/>
-[...15 lines deleted...]
-      56) ұлттық санақ жүргізу жөніндегі іс-шаралар жоспарын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) пилоттық санақ жүргізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z230" w:id="96"/>
-[...15 lines deleted...]
-      57) пилоттық санақ жүргізу тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) санақ парақтарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z231" w:id="97"/>
-[...15 lines deleted...]
-      58) санақ парақтарын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) ұлттық санақтарды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z232" w:id="98"/>
-[...15 lines deleted...]
-      59) ұлттық санақтарды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық санақтарды жүргізу кезінде орталық және жергілікті атқарушы органдардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z233" w:id="99"/>
-[...15 lines deleted...]
-      60) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық санақтарды жүргізу кезінде орталық және жергілікті атқарушы органдардың қызметін үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) мемлекеттік органдармен ақпараттық жүйелерді интеграцияламай өзара іс-қимыл жасау туралы бірлескен актілерді әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z234" w:id="100"/>
-[...15 lines deleted...]
-      61) мемлекеттік органдармен ақпараттық жүйелерді интеграцияламай өзара іс-қимыл жасау туралы бірлескен актілерді әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) ұлттық санақ қорытындыларын қалыптастыру мен жариялауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z235" w:id="101"/>
-[...15 lines deleted...]
-      62) ұлттық санақ қорытындыларын қалыптастыру мен жариялауды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) мемлекеттік статистика органдарының статистикалық әдіснаманы әзірлеу мен қалыптастыруға қатысу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z236" w:id="102"/>
-[...15 lines deleted...]
-      63) мемлекеттік статистика органдарының статистикалық әдіснаманы әзірлеу мен қалыптастыруға қатысу қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) мемлекеттік статистика органдарына жататын мемлекеттік органдар және Қазақстан Республикасының Ұлттық Банкі әзірлеген ведомстволық статистикалық байқаулар бойынша статистикалық әдіснаманы келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z237" w:id="103"/>
-[...15 lines deleted...]
-      64) мемлекеттік статистика органдарына жататын мемлекеттік органдар мен Қазақстан Республикасының Ұлттық Банкі әзірлеген ведомстволық статистикалық байқаулар бойынша статистикалық нысандар мен статистикалық әдіснаманы келісу;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) ресми статистикалық ақпаратты тарату графигінде көзделмеген және респонденттердің бастапқы статистикалық деректерді ұсыну графигіне сәйкес респонденттер ұсынатын бастапқы статистикалық деректер негізінде әзірленген статистикалық ақпаратты өтеусіз негізде ұсыну қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z238" w:id="104"/>
-[...15 lines deleted...]
-      65) ресми статистикалық ақпаратты тарату графигінде көзделмеген және респонденттердің бастапқы статистикалық деректерді ұсыну графигіне сәйкес респонденттер ұсынатын бастапқы статистикалық деректер негізінде әзірленген статистикалық ақпаратты өтеусіз негізде ұсыну қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-1) мемлекеттік статистика саласындағы уәкілетті органға ұсынылатын деректер өнімінің меншік иесін немесе иеленушісін деректер өнімдерін берушілер тізіліміне енгізу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z299" w:id="105"/>
-[...15 lines deleted...]
-      65-1) мемлекеттік статистика саласындағы уәкілетті органға ұсынылатын деректер өнімінің меншік иесін немесе иеленушісін деректер өнімдерін берушілер тізіліміне енгізу тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) үй шаруашылықтарынан олардың кірістері мен шығыстары туралы қажетті бастапқы статистикалық деректерді өтеулі және өтеусіз негізде алу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z239" w:id="106"/>
-[...15 lines deleted...]
-      66) үй шаруашылықтарынан олардың кірістері мен шығыстары туралы қажетті бастапқы статистикалық деректерді өтеулі және өтеусіз негізде алу қағидаларын бекіту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67) алып тасталды – ҚР Президентінің 19.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">68) алып тасталды – ҚР Президентінің 19.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Қазақстан Республикасының бюджет заңнамасына сәйкес өтеулі қызметтер көрсету шарты бойынша жалпымемлекеттік статистикалық байқаулар мен ұлттық санақтарды жүргізу кезінде интервьюерлердің саны мен олардың көрсетілетін қызметтерінің құнын есептеуді бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:p>
-[...141 lines deleted...]
-      69) Қазақстан Республикасының бюджет заңнамасына сәйкес өтеулі қызметтер көрсету шарты бойынша жалпымемлекеттік статистикалық байқаулар мен ұлттық санақтарды жүргізу кезінде интервьюерлердің саны мен олардың көрсетілетін қызметтерінің құнын есептеуді бекіту;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) жалпымемлекеттік статистикалық байқаулар мен ұлттық санақтарды жүргізу кезінде адамдарды интервьюер ретінде тарту қағидаларын әзірлеу және бекіту және олардың жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z243" w:id="108"/>
-[...15 lines deleted...]
-      70) жалпымемлекеттік статистикалық байқаулар мен ұлттық санақтарды жүргізу кезінде адамдарды интервьюер ретінде тарту қағидаларын әзірлеу және бекіту және олардың жұмысын ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) байланыс операторларынан респонденттер бойынша байланыс деректерін алу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z244" w:id="109"/>
-[...15 lines deleted...]
-      71) байланыс операторларынан респонденттер бойынша байланыс деректерін алу қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) статистикалық әдіснама өзгерген жағдайда және жаңартылған, құжатпен расталған ақпарат негізінде статистикалық мақсаттар үшін жарияланған ресми статистикалық ақпаратты қайта қарау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z245" w:id="110"/>
-[...15 lines deleted...]
-      72) статистикалық әдіснама өзгерген жағдайда және жаңартылған, құжатпен расталған ақпарат негізінде статистикалық мақсаттар үшін жарияланған ресми статистикалық ақпаратты қайта қарау қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) Қазақстан Республикасының үшінші елдерге қатысты арнайы қорғау, демпингке қарсы және өтемақы шаралары туралы заңнамасына сәйкес тергеп-тексеру жүргізу мақсатында сыртқы сауда қызметі саласындағы уәкілетті органның сұрау салуы бойынша, сондай-ақ тергеп-тексеруді жүргізетін органның сұрау салуы бойынша сыртқы сауда қызметі саласындағы уәкілетті орган арқылы мәліметтер ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z246" w:id="111"/>
-[...15 lines deleted...]
-      73) Қазақстан Республикасының үшінші елдерге қатысты арнайы қорғау, демпингке қарсы және өтемақы шаралары туралы заңнамасына сәйкес тергеп-тексеру жүргізу мақсатында сыртқы сауда қызметі саласындағы уәкілетті органның сұрау салуы бойынша, сондай-ақ тергеп-тексеруді жүргізетін органның сұрау салуы бойынша сыртқы сауда қызметі саласындағы уәкілетті орган арқылы мәліметтер ұсыну;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) сауда қызметін реттеу саласындағы уәкілетті органның сұрау салуы бойынша мәліметтерді Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасына сәйкес сыртқы сауда қызметін кедендік-тарифтік және тарифтік емес реттеуді қолдану мақсатында ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z247" w:id="112"/>
-[...15 lines deleted...]
-      74) сауда қызметін реттеу саласындағы уәкілетті органның сұрау салуы бойынша мәліметтерді Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасына сәйкес сыртқы сауда қызметін кедендік-тарифтік және тарифтік емес реттеуді қолдану мақсатында ұсыну;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) мемлекеттік статистика саласындағы уәкілетті органның ақпараттық-статистикалық жүйелерін, дерекқорлары мен олардың платформаларын, статистикалық тіркелімдерін, интернет-ресурстарын қалыптастыруды, сүйемелдеу мен жаңартуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z248" w:id="113"/>
-[...15 lines deleted...]
-      75) мемлекеттік статистика саласындағы уәкілетті органның ақпараттық-статистикалық жүйелерін, дерекқорлары мен олардың платформаларын, статистикалық тіркелімдерін, интернет-ресурстарын қалыптастыруды, сүйемелдеу мен жаңартуды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) ресми статистикалық ақпаратты тарату графигінде көзделмеген статистикалық және талдамалық ақпаратты қалыптастыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z249" w:id="114"/>
-[...15 lines deleted...]
-      76) ресми статистикалық ақпаратты тарату графигінде көзделмеген статистикалық және талдамалық ақпаратты қалыптастыруды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) Қазақстан Республикасының заңнамасында көзделген жағдайларда ведомствоның ведомстволық бағынысты ұйымының даму жоспарын және оны орындау жөніндегі есепті қарау, келісу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z250" w:id="115"/>
-[...15 lines deleted...]
-      77) Қазақстан Республикасының заңнамасында көзделген жағдайларда ведомствоның ведомстволық бағынысты ұйымының даму жоспарын және оны орындау жөніндегі есепті қарау, келісу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексіне (Салық кодексі) сәйкес салықтық әкімшілендіруді және (немесе) бақылауды жүзеге асыру үшін мемлекеттік кірістер органдарына шаруашылық бойынша есепке алу кітабында ескерілген әкімшілік деректерді ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z251" w:id="116"/>
-[...15 lines deleted...]
-      78) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексіне (Салық кодексі) сәйкес салықтық әкімшілендіруді және (немесе) бақылауды жүзеге асыру үшін мемлекеттік кірістер органдарына шаруашылық бойынша есепке алу кітабында ескерілген әкімшілік деректерді ұсыну;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) мемлекеттік қызметтер көрсету сапасына ішкі мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z252" w:id="117"/>
-[...15 lines deleted...]
-      79) мемлекеттік қызметтер көрсету сапасына ішкі мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) әкімшілік дереккөздерге қатысты мерзімдік тексерулер жүргізудің жартыжылдық жоспарларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z253" w:id="118"/>
-[...15 lines deleted...]
-      80) әкімшілік дереккөздерге қатысты мерзімдік тексерулер жүргізудің жартыжылдық жоспарларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-1) мемлекеттік бақылау нәтижелері туралы қорытындылардың нысандарын, әкімшілік дереккөздерге қатысты мемлекеттік статистика саласындағы тексерулерді тағайындау, тоқтата тұру, қайта бастау, тоқтату, ұзарту туралы актілердің нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z286" w:id="119"/>
-[...15 lines deleted...]
-      80-1) мемлекеттік бақылау нәтижелері туралы қорытындылардың нысандарын, әкімшілік дереккөздерге қатысты мемлекеттік статистика саласындағы тексерулерді тағайындау, тоқтата тұру, қайта бастау, тоқтату, ұзарту туралы актілердің нысандарын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) нормативтік құқықтық актілерге құқықтық мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z254" w:id="120"/>
-[...15 lines deleted...]
-      81) нормативтік құқықтық актілерге құқықтық мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) өз құзыреті шегінде консультативтік-кеңесші органдардың, ведомствоаралық жұмыс топтарының, сараптама комиссияларының қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z255" w:id="121"/>
-[...15 lines deleted...]
-      82) өз құзыреті шегінде консультативтік-кеңесші органдардың, ведомствоаралық жұмыс топтарының, сараптама комиссияларының қызметін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-1) статистикалық қызметте пайдалану үшін оңтайлы дереккөзді таңдау мақсатында статистикалық байқаулар деректерін басқа деректермен салыстыруды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z282" w:id="122"/>
-[...15 lines deleted...]
-      82-1) статистикалық қызметте пайдалану үшін оңтайлы дереккөзді таңдау мақсатында статистикалық байқаулар деректерін басқа деректермен салыстыруды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-2) әкімшілік деректердің сапасын бағалау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z283" w:id="123"/>
-[...15 lines deleted...]
-      82-2) әкімшілік деректердің сапасын бағалау тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-3) Агенттікке цифрлық трансформациялауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z284" w:id="124"/>
-[...15 lines deleted...]
-      82-3) Агенттікке цифрлық трансформациялауды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-4) мемлекеттік органдардың қызметіне салалық (ведомстволық) функционалдық шолу жүргізу жөніндегі әдістемеге сәйкес Агенттіктің қызметіне функционалдық талдау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z285" w:id="125"/>
-[...15 lines deleted...]
-      82-4) мемлекеттік органдардың қызметіне салалық (ведомстволық) функционалдық шолу жүргізу жөніндегі әдістемеге сәйкес Агенттіктің қызметіне функционалдық талдау жүргізу;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-5) деректерді басқару жөніндегі уәкілетті органмен бірлесіп, деректерді басқару жөніндегі талаптарды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z300" w:id="126"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z301" w:id="127"/>
+    <w:bookmarkStart w:name="z301" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82-6) Заңның 8-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құпия болып табылмайтын мәліметтерді ұсыну;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-7) Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларының және (немесе) байланыс желілерін иеленушілердің абоненттер туралы иесі көрсетілмеген деректерді үшінші тұлғаларға бермей статистикалық қызметті жүзеге асыру үшін мемлекеттік статистика саласындағы уәкілетті органға Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша ұсыну тәртібін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z256" w:id="128"/>
-[...15 lines deleted...]
-      83) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді - ҚР Президентінің 15.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 979</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 19.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 605</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 674</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; ; 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарлықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Агенттік төрағасының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z258" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Агенттікті басқаруды Агенттік төрағасы жүзеге асырады, ол Агенттікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z259" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Агенттік төрағасы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z260" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Агенттік төрағасының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын үш орынбасары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z261" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Агенттік төрағасының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z262" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Агенттіктің қызметіне басшылық етуді, ведомствоның қызметін бақылау мен үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z263" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасында белгіленген тәртіппен Агенттік аппаратының басшысын және ведомство басшысының орынбасарларын лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z264" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Агенттік пен оның ведомствосының еңбек қатынастары мәселелері өзінің құзыретіне жатқызылған жұмыскерлеріне (қызметкерлеріне) Қазақстан Республикасының заңнамасында белгіленген тәртіппен тәртіптік жазалар қолданады және көтермелеу мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z265" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Президентіне Агенттіктің, ведомствоның, ведомствоның аумақтық бөлімшелерінің, ведомстволық бағынысты ұйымдардың жұмыскерлерін және өзге де адамдарды мемлекеттік наградалармен наградтау және оларға Қазақстан Республикасының құрметті атақтарын беру туралы ұсынулар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z266" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Агенттіктің құқықтық актілеріне қол қояды, қарамағындағы жұмыскерлерге нұсқаулар мен тапсырмалар береді, Агенттіктің құзыретіне жатқызылған мемлекеттік функцияларды жүзеге асыру бойынша өзге де ұйымдастырушылық-өкімдік шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z267" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ведомство туралы ережені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z268" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының Президенті бекіткен жалпы штат санының лимиті шегінде ведомствоның және оның аумақтық бөлімшелерінің құрылымын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z269" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік органдармен және өзге де ұйымдармен қарым-қатынаста Агенттіктің атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z270" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Агенттіктің жанынан консультативтік-кеңесші органдар мен сараптама комиссияларын құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z271" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттік төрағасы болмаған кезеңде оның өкілеттіктерін атқаруды Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z272" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Агенттік төрағасы өз орынбасарларының өкілеттіктерін Қазақстан Республикасының қолданыстағы заңнамасына сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z273" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Агенттіктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z274" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Агенттіктің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z275" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Агенттік Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығымен оқшауланған мүлікке ие бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттіктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z276" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Агенттікке бекітіп берілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z277" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, Агенттік өзіне бекітіп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z278" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Агенттікті қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z279" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Агенттікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді - ҚР Президентінің 15.08.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Президентінің 15.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 19.06.2023 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="129"/>
+    <w:bookmarkStart w:name="z280" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Агенттік төрағасының мәртебесі, өкілеттіктері</w:t>
-[...471 lines deleted...]
-      25. Агенттікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Президентінің 15.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5989,68 +6184,68 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының Ақпараттық-есептеу орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z281" w:id="153"/>
+    <w:bookmarkStart w:name="z281" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының аумақтық бөлімшелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Президентінің 15.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6560,68 +6755,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 427 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="154"/>
+    <w:bookmarkStart w:name="z64" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің ҚҰРЫЛЫМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Құрылымы жаңа редакцияда – ҚР Президентінің 17.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6967,200 +7162,200 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 427 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="155"/>
+    <w:bookmarkStart w:name="z66" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің кейбір актілеріне енгізілетін</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ӨЗГЕРІСТЕР МЕН ТОЛЫҚТЫРУЛАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z67" w:id="156"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z67" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының мемлекеттік органдары жүйесін одан әрі оңтайландыру жөніндегі шаралар туралы" Қазақстан Республикасы Президенті-нің 1999 жылғы 22 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПYАЖ-ы, 1999 ж., № 1, 2-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z68" w:id="157"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z68" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z69" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы жолмен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z69" w:id="158"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы жолмен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z70" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z70" w:id="159"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7303,212 +7498,212 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z71" w:id="160"/>
+      <w:bookmarkStart w:name="z71" w:id="159"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Күші жойылды – ҚР Президентінің 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 290</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Күші жойылды – ҚР Президентінің 03.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="161"/>
+    <w:bookmarkStart w:name="z88" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Орталық мемлекеттік органдар мен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары қызметінің тиімділігін жыл сайынғы бағалау жүйесі туралы" Қазақстан Республикасы Президентінің 2010 жылғы 19 наурыздағы № 954 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 24, 173-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z89" w:id="162"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z89" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Орталық мемлекеттік органдар мен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары қызметінің тиімділігін жыл сайынғы бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жүйесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7521,70 +7716,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="163"/>
+    <w:bookmarkStart w:name="z91" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Қазақстан Республикасы Президентінің Әкімшілігін, Қазақстан Республикасы Премьер-Министрінің Кеңсесін қоспағанда, операциялық бағалауға уәкілетті органдардың қызметін әдіснамалық үйлестіруді Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орталық мемлекеттік органдар мен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары қызметінің тиімділігіне жыл сайынғы бағалау жүргізу жөніндегі жұмыстарды мемлекеттік органдар қызметінің тиімділігін бағалау жүйесін әдіснамалық дамытудың тәсілдерін айқындау, олардың тиімділігінің көрсеткіштерін айқындау, сондай-ақ ұлттық және ведомстволық статистиканың уақтылы және анық деректеріне қол жеткізуді қамтамасыз ету бөлігінде үйлестіруді Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі жүзеге асырады."; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7615,70 +7810,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="164"/>
+    <w:bookmarkStart w:name="z93" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "43. Есептік ақпараты тәуекелдерді басқару жүйесі негізінде қайта тексерілуге жататын мемлекеттік органдарды айқындау әдістемесін әзірлеу мен бекітуді Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті Қазақстан Республикасы Президентінің Әкімшілігімен келісім бойынша Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігімен бірлесіп жүзеге асырады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7691,408 +7886,408 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>64-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="165"/>
+    <w:bookmarkStart w:name="z95" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "64. Нәтижелілікті бағалауды әдіснамалық, талдамалық және ұйымдастыру жағынан сүйемелдеуді Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті тиімділікті зерттеу, талдау және бағалау бойынша ведомстволық бағынысты ұйымды тарта отырып жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нәтижелілікке жыл сайын бағалау жүргізу жөніндегі жұмыстарды нәтижелілікті бағалау жүйесін әдіснамалық дамытудың тәсілдерін айқындау, олардың тиімділігінің көрсеткіштерін айқындау, сондай-ақ ұлттық және ведомстволық статистиканың уақтылы және анық деректеріне қол жеткізуді қамтамасыз ету бөлігінде үйлестіруді Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі жүзеге асырады.". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="166"/>
+    <w:bookmarkStart w:name="z96" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Мемлекеттік рәміздер және Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының геральдикасы мәселелері туралы" Қазақстан Республикасы Президентінің 2011 жылғы 30 қыркүйектегі № 155 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 55, 783-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z97" w:id="167"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z97" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі мен сипаттамаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z98" w:id="168"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z98" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының тізбесі" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-бөлімінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z99" w:id="169"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z99" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Төсбелгілер:" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлім</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z100" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай редакциядағы 14-кіші бөліммен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z100" w:id="170"/>
-[...15 lines deleted...]
-      мынадай редакциядағы 14-кіші бөліммен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z101" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z101" w:id="171"/>
-[...15 lines deleted...]
-      "14. Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статистика үздігі";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z102" w:id="172"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="173"/>
+    <w:bookmarkStart w:name="z103" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларының сипаттамалары (бұдан әрі – Сипаттамалар)" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-бөлімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z104" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай редакциядағы кіші бөліммен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z104" w:id="174"/>
-[...15 lines deleted...]
-      мынадай редакциядағы кіші бөліммен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z105" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының "Статистика үздігі" төсбелгісі (126-қосымша)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z105" w:id="175"/>
-[...15 lines deleted...]
-      "Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының "Статистика үздігі" төсбелгісі (126-қосымша)</w:t>
+    <w:bookmarkStart w:name="z106" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статистика үздігі" төсбелгісі жез қорытпасынан жасалады және біріне- бірі орнатылған әртүрлі түсті 2 (екі) бөліктен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z106" w:id="176"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жоғарғы планкасы тік төртбұрыш пішінді және Қазақстан Республикасы Мемлекеттік Туы түсті қатқыл жібек лентамен көмкерілген. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8139,90 +8334,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарғы және төменгі бөліктері құрамдас бөліктерінің тұтастығын білдіретіндей шығыршықпен бір-біріне жалғанған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төбелгі киімге визорлы бекіткіші бар түйреуішпен бекітіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="177"/>
+    <w:bookmarkStart w:name="z107" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сипаттамаларға 126-қосымшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z108" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z108" w:id="178"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8327,68 +8522,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>126-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="179"/>
+    <w:bookmarkStart w:name="z110" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Статистика үздігі" төсбелгісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6362700" cy="4000500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -8430,150 +8625,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="180"/>
+    <w:bookmarkStart w:name="z111" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Жарлықпен бекітілген Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін кейбір мемлекеттік органдардың, Қазақстан Республикасы Конституциялық Кеңесінің, құқық қорғау органдарының, соттардың, Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың ведомстволық және оларға теңестірілген өзге де наградаларымен марапаттау (ведомстволық және оларға теңестірілген өзге де наградаларынан айыру) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z112" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статистика үздігі" төсбелгісі" деген кіші бөліммен және мынадай мазмұндағы 89-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z112" w:id="181"/>
-[...15 lines deleted...]
-      "Статистика үздігі" төсбелгісі" деген кіші бөліммен және мынадай мазмұндағы 89-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z113" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статистика үздігі" төсбелгісі"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z113" w:id="182"/>
-[...15 lines deleted...]
-      "Статистика үздігі" төсбелгісі"</w:t>
+    <w:bookmarkStart w:name="z114" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. "Статистика үздігі" төсбелгісімен статистика саласының қызметкерлері жұмысында ең жоғарғы нәтижелерге жеткені, қызметтік міндеттерін үлгілі атқарғаны, ерекше маңызды және күрделі тапсырманы орындағаны, статистика саласында заң жобалары мен заңға тәуелді актілерді әзірлеуге қатысқаны, практикада статистика қызметін жетілдіру бойынша теориялық білімдерін енгізгені және осы саладағы басқа да жетістіктері үшін наградталады.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z114" w:id="183"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8602,908 +8797,908 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="184"/>
+    <w:bookmarkStart w:name="z118" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Мемлекеттік саяси және әкімшілік қызметшілер лауазымдарының тізілімін бекіту туралы" Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 150 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 70-71, 520-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z119" w:id="185"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z119" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Мемлекеттік саяси және әкімшілік қызметшілер лауазымдарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізілімінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z120" w:id="186"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z120" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Мемлекеттік саяси лауазымдар" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тарауда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z121" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасының Президенті жанындағы "Орталық коммуникациялар қызметі" республикалық мемлекеттік мекемесінің директоры" деген жолдан кейін</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z121" w:id="187"/>
-[...15 lines deleted...]
-      "Қазақстан Республикасының Президенті жанындағы "Орталық коммуникациялар қызметі" республикалық мемлекеттік мекемесінің директоры" деген жолдан кейін</w:t>
+    <w:bookmarkStart w:name="z122" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z122" w:id="188"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы жолмен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z123" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросының басшысы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z123" w:id="189"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z124" w:id="190"/>
+    <w:bookmarkStart w:name="z124" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Мемлекеттік әкімшілік лауазымдар" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тарауда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z125" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z125" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "А" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>корпусында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z126" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-санатта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z126" w:id="192"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="193"/>
+    <w:bookmarkStart w:name="z127" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасы Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы" </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z128" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деген жол мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z128" w:id="194"/>
-[...15 lines deleted...]
-      деген жол мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z129" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасының Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z129" w:id="195"/>
-[...15 lines deleted...]
-      "Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасының Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы";</w:t>
+    <w:bookmarkStart w:name="z130" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-санатта":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z130" w:id="196"/>
-[...15 lines deleted...]
-      "2-санатта":</w:t>
+    <w:bookmarkStart w:name="z131" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Орталық атқарушы органдар комитеттерінің төрағалары" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z131" w:id="197"/>
-[...15 lines deleted...]
-      "Орталық атқарушы органдар комитеттерінің төрағалары" деген жол мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z132" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Орталық атқарушы органдар комитеттерінің төрағалары, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы басшысының орынбасарлары";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z132" w:id="198"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="199"/>
+    <w:bookmarkStart w:name="z133" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Мемлекеттік әкімшілік лауазымдар" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тарауда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z134" w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z134" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Б" корпусы" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бөлімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z135" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В санаттарының тобында:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z135" w:id="201"/>
-[...15 lines deleted...]
-      В санаттарының тобында:</w:t>
+    <w:bookmarkStart w:name="z136" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z136" w:id="202"/>
+    <w:bookmarkStart w:name="z137" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы Парламенті палаталарының аппараттары, Қазақстан Республикасы Премьер-Министрінің Кеңсесі, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаменті (Қазақстан Республикасы Жоғарғы Сотының аппараты), Қазақстан Республикасы Конституциялық Кеңесінің аппараты, Қазақстан Республикасы Жоғары Сот Кеңесінің аппараты, Қазақстан Республикасы Президентінің Іс басқармасы, Қазақстан Республикасы Орталық сайлау комиссиясының аппараты, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет), Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z138" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С санаттарының тобында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z139" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z139" w:id="205"/>
-[...15 lines deleted...]
-      тақырыбы мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін органдар, орталық атқарушы органдар, Қазақстан Республикасы Президентінің Архиві, Адам құқықтары жөніндегі ұлттық орталық, орталық атқарушы органдардың ведомстволары, Қазақстан Республикасының шетелдегі мекемелері, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z140" w:id="206"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="207"/>
+    <w:bookmarkStart w:name="z141" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "С-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>санатында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z142" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ескертпе мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z142" w:id="208"/>
-[...15 lines deleted...]
-      ескертпе мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z143" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орталық атқарушы органдардың ведомстволарын, Адам құқықтары жөніндегі ұлттық орталықты, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросын қоспағанда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z143" w:id="209"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталық атқарушы органның ведомствосында, егер республикалық бюджет қаражаты есебінен қамтылатын ведомство мен оның аумақтық бөлімшелерінің штат саны он мың бірліктен асатын болса, лауазымды енгізуге жол беріледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="210"/>
+    <w:bookmarkStart w:name="z144" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Азаматтардың "А" корпусының мемлекеттік әкімшілік қызметіне кіруінің кейбір мәселелері туралы" Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 151 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 70-71, 521-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z145" w:id="211"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z145" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген "А" корпусының мемлекеттік әкімшілік лауазымдарына қойылатын арнайы біліктілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>талаптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z146" w:id="212"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z146" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жалпы ережелер" деген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тарауда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9516,90 +9711,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) және 2) тармақшалары мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="213"/>
+    <w:bookmarkStart w:name="z148" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орталық атқарушы органдардың жауапты хатшылары; Қазақстан Республикасы Конституциялық Кеңесі, Президентінің Іс басқармасы, Қазақстан Республикасы Орталық сайлау комиссиясы, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасы Жоғары Сот Кеңесі, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшысы; жауапты хатшы лауазымы енгізілмеген орталық атқарушы органдар аппараттарының басшылары, Адам құқықтары жөніндегі ұлттық орталықтың басшысы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z149" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орталық атқарушы органдар комитеттерінің төрағалары, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы басшысының орынбасарлары;".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z149" w:id="214"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>