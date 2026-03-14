--- v1 (2026-01-09)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ef22b5" w14:textId="4ef22b5">
+    <w:p w14:paraId="4f7d2ba" w14:textId="4f7d2ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1354,70 +1354,106 @@
         <w:t>
       1) стратегиялық жоспарлау саласындағы мемлекеттік саясатты қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z166" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік басқару жүйесін жетілдіруге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) реттеушілік саясатты жетілдіруге қатысу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z167" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) елдің әлеуметтік-экономикалық дамуын жетілдіруге бағытталған жүйелі (құрылымдық және институционалдық) реформаларды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) қоғамды хабардар ету және салаларды (аяларды) реформалау жөніндегі жүйелі шараларды әзірлеу мақсатында демографиялық өзгерістерді зерделеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z168" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік статистика саласында мемлекеттік саясатты қалыптастыру және жетілдіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z169" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1569,50 +1605,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 15.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 674</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z170" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1641,51 +1697,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      стратегиялық жоспарлау, мемлекеттік статистикалық қызмет, институционалдық және әлеуметтік-экономикалық реформалар жүргізу салаларындағы мемлекеттік саясатты жетілдіру мәселелері бойынша Қазақстан Республикасының Президентіне ұсыныстар енгізу;</w:t>
+      стратегиялық жоспарлау, реттеушілік саясат, мемлекеттік статистикалық қызмет, институционалдық және әлеуметтік-экономикалық реформалар жүргізу салаларындағы мемлекеттік саясатты жетілдіру мәселелері жөнінде Қазақстан Республикасының Президентіне ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзінің құзыретіне жатқызылған мәселелер бойынша қажетті ақпаратты белгіленген тәртіппен Қазақстан Республикасының Үкіметінен, Ұлттық Банкінен, орталық мемлекеттік органдарынан, жергілікті атқарушы органдардан, ұйымдардан, квазимемлекеттік сектор субъектілерінен, сондай-ақ лауазымды адамдардан сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1713,51 +1769,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық шарттар жасасу, келіссөздер жүргізу және өз құзыреті шегінде және Қазақстан Республикасының заңнамасында белгіленген тәртіппен шет елдердің тиісті ведомстволарымен, халықаралық ұйымдармен және шетелдік заңды тұлғалармен келісімдерге қол қою;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      шетелдік сарапшылар мен консультанттарды Қазақстан Республикасының заңнамасында белгіленген тәртіппен жұмысқа тарту;</w:t>
+      отандық және шетелдік сарапшылар мен консультанттарды Қазақстан Республикасының заңнамасында белгіленген тәртіппен жұмысқа тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұмыста жасанды интеллект технологияларын пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде консультативтік-кеңесші органдарды, оның ішінде кәсіптік біліктілікті дамыту жөніндегі мәселелерді үйлестіру мақсатында кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен кәсіптік біліктілік жөніндегі салалық кеңестерді, сондай-ақ ведомствоаралық жұмыс топтарын, сараптама комиссияларын құру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2783,51 +2857,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жарлықтарымен.</w:t>
+        <w:t xml:space="preserve">; 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z173" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2898,67 +2992,85 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2) мемлекеттік жоспарлау жөніндегі уәкілетті орган бекітетін Қазақстан Республикасының Ұлттық даму жоспарын, мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың даму жоспарларын әзірлеу, іске асыру, мониторинг жүргізу және түзету әдістемесін келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-3) мемлекеттік органдардың қолдануы үшін метадеректерді қалыптастырудың үлгілік әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-4) кәсіпкерлік жөніндегі уәкілетті органмен келісу бойынша реттеуші құралдарды және (немесе) кәсіпкерлік субъектілері орындауға міндетті талаптарды қалыптастыру шарттарына сәйкестігіне жүргізілген реттеушілік әсерді бағалау қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z175" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) мемлекеттік жоспарлау және мемлекеттік басқару жүйелерін жетілдіру бойынша ұсыныстарды тұжырымдау;</w:t>
+      2) мемлекеттік жоспарлау, реттеушілік саясат және мемлекеттік басқару жүйелерін жетілдіру жөнінде ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z176" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының ұзақ мерзімді және орта мерзімді жоспарларын әзірлеу, олардың іске асырылуын мониторингтеу және түзету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z177" w:id="42"/>
     <w:p>
@@ -3045,75 +3157,201 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z179" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) елдің әлеуметтік-экономикалық дамуына бағытталған салаларды (аяларды) реформалау бойынша жүйелі шараларды әзірлеу; </w:t>
+        <w:t>
+      6) елдің әлеуметтік-экономикалық және институционалдық дамуына бағытталған салаларды (аяларды) және реттеушілік саясатты реформалау бойынша жүйелі шараларды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z180" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) елдің дамуына әсер ететін жүйелі тәуекелдерді анықтау мақсатында әлеуметтік-экономикалық және басқа салаларға талдау жүргізу;</w:t>
+      7) елдің дамуына әсер ететін жүйелі қауіп-қатерлерді анықтау мақсатында әлеуметтік-экономикалық, реттеушілік және басқа да салаларға талдау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) әсерге бағалау жүргізу, реттеушілік талаптар мәселелері бойынша қорытынды дайындау, сондай-ақ оларда жасанды интеллект технологияларын қолдану жөнінде әдіснамалық ұсынымдарды қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) жасанды интеллект технологияларын, ауқымды деректерді талдауды және ресми статистикалық ақпаратты тарату графигінде көзделмеген талдау ақпаратын қолдана отырып жүргізілген реттеушілік әсерді бағалау нәтижелері бойынша мемлекеттік органдарға қорытынды беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3) әкімшілік кедергілерді жою үшін бизнес-процестердің реинжинирингі және оларды оңтайландыру, мемлекет пен бизнестің өзара іс-қимылы жөнінде ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-4) реттеуші интеллектінің ақпараттық платформасын, оның ішінде жасанды интеллект технологияларын қолдана отырып құру және дамыту бойынша жұмыстарды ұйымдастыру және үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-5) мемлекет пен қоғамды демографиялық даму туралы объективті ақпаратпен қамтамасыз ету мақсатында Қазақстан Республикасындағы демографиялық үрдістер туралы ұлттық баяндаманы дайындау және жыл сайын жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-6) жаңа технологияларды пайдалана отырып, демографиялық процестерді талдау мен болжауды қамтамасыз ету және үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-7) демографиялық процестерге талдау мен болжау жүргізу жөніндегі әдістемені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z181" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жүйелі (құрылымдық және институционалдық) реформаларды іске асырудың тиімділігін, мемлекеттік органдар мен квазимемлекеттік сектордың жұмыс сапасын арттыру бойынша ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z182" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3186,51 +3424,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) мемлекеттік органдардың мемлекеттік басқару және мемлекеттік жоспарлау жүйелерін жетілдіруге бағытталған ұсыныстарын келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z186" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) елдің дамуын, халықаралық үрдістерді стратегиялық болжау және оларға талдау жүргізу, сондай-ақ тиісті ұсыныстарды тұжырымдай отырып, әлемдік тәжірибені зерделеу;</w:t>
+      13) елдің дамуын, оның ішінде демографиялық процестерді, халықаралық үрдістерді стратегиялық болжау және оларға талдау жүргізу, сондай-ақ тиісті ұсыныстарды әзірлей отырып, әлемдік тәжірибені зерделеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z187" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) ведомстволық статистикалық байқаулар саласындағы жұмыстарды әдіснамалық сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
@@ -5541,51 +5779,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; ; 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жарлықтарымен.</w:t>
+        <w:t xml:space="preserve">; 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z257" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6769,288 +7027,336 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z64" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің ҚҰРЫЛЫМЫ</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ҚҰРЫЛЫМЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Құрылымы жаңа редакцияда – ҚР Президентінің 17.03.2022 </w:t>
+      Ескерту. Құрылымы жаңа редакцияда – ҚР Президентінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 841</w:t>
+        <w:t>№ 1140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшылық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Төраға хатшылығы (Қызмет) </w:t>
+        <w:t>
+      Әдеп жөніндегі уәкіл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төраға хатшылығы (Қызмет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі аудит қызметі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммуникация қызметі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмылдыру дайындығы, ақпараттық қауіпсіздік және мемлекеттік құпияларды қорғау қызметі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адами ресурстарды басқару департаменті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік-құқықтық қамтамасыз ету департаменті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...126 lines deleted...]
-      Ішкі аудит қызметі </w:t>
+        <w:t>
+      Стратегиялық жоспарлау және реформалар мониторингі департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Институционалдық даму департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Реттеушілік саясат және деректерді талдау департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Макроэкономикалық саясат департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік сала департаменті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экономика салалары департаменті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>