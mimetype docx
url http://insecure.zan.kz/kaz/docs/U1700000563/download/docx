--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c14b450" w14:textId="c14b450">
+    <w:p w14:paraId="60cc15c" w14:textId="60cc15c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -968,51 +968,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасының Бас прокуратурасы" мемлекеттік мекемесі (бұдан әрі – Бас прокуратура) – Қазақстан Республикасының Президентіне тікелей есеп беретін мемлекеттік құқық қорғау органы, ол өз өкілеттігін басқа мемлекеттік органдардан және лауазымды адамдардан тәуелсіз жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас прокуратура Қазақстан Республикасы прокуратура органдарының бірыңғай орталықтандырылған жүйесіне (бұдан әрі – прокуратура органдарының жүйесі) басшылықты жүзеге асырады, мемлекет атынан заңда белгіленген шектерде және нысандарда Қазақстан Республикасының аумағында заңдылықтың сақталуын жоғары қадағалауды жүзеге асырады, сотта мемлекеттің мүддесін білдіреді және мемлекет атынан қылмыстық қудалауды жүзеге асырады.</w:t>
+      Бас прокуратура Қазақстан Республикасы прокуратура органдарының бірыңғай орталықтандырылған жүйесіне (бұдан әрі – прокуратура органдарының жүйесі) басшылықты жүзеге асырады, мемлекет атынан Қазақстан Республикасының заңнамасында белгіленген шектерде және нысандарда Қазақстан Республикасының аумағында заңдылықтың сақталуын жоғары қадағалауды жүзеге асырады, сотта мемлекеттің мүддесін білдіреді және мемлекет атынан қылмыстық қудалауды жүзеге асырады, сондай-ақ мемлекет атынан және мүддесінде активтерді қайтару жөніндегі қызметті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратура, оған бағынысты ведомстволар, білім беру ұйымы, әскери прокуратураның және көлік прокуратурасының органдары, облыстардың прокуратуралары және оларға теңестірілген (республикалық маңызы бар қалалардың және астананың) прокуратуралар, аудандық және оларға теңестірілген (қалалық, ауданаралық, сондай-ақ мамандандырылған) прокуратуралар прокуратура органдарының бірыңғай орталықтандырылған жүйесін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1034,133 +1034,153 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Президентінің 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарлығымен</w:t>
+        <w:t xml:space="preserve">; өзгеріс енгізілді – ҚР Президентінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z93" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Бас прокуратураның ведомствосы – Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі комитеті (бұдан әрі – Құқықтық статистика және арнайы есепке алу жөніндегі комитет) және Қазақстан Республикасы Бас прокуратурасының Активтерді қайтару жөніндегі комитеті (бұдан әрі – Активтерді қайтару жөніндегі комитет) болады.</w:t>
+      2. Бас прокуратураның ведомствосы – Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі комитеті (бұдан әрі – Құқықтық статистика және арнайы есепке алу жөніндегі комитет) және Қазақстан Республикасы Бас прокуратурасының Инвесторлардың құқықтарын қорғау комитеті (бұдан әрі – Инвесторлардың құқықтарын қорғау комитеті) болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Президентінің 05.10.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 366</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Президентінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарлығымен</w:t>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z94" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1349,54 +1369,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Бас прокуратураның құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z102" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Бас прокуратураның қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық бюджеттен жүзеге асырылады.</w:t>
+      11. Бас прокуратураның қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық бюджеттен, сондай-ақ активтерді қайтаруға қатысты қызмет бөлігінде Арнаулы мемлекеттік қордан жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Президентінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бас прокуратураның өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан Бас прокуратураның кәсіпкерлік субъектілерімен шарттық қатынастарға түсуіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1497,52 +1579,188 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құқық қорғау органдары мен өзге де мемлекеттік органдардың заңдылықты, құқықтық тәртіпті және қылмыскерлікке қарсы күресті қамтамасыз ету жөніндегі қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Заңсыз иемденілген активтерді мемлекетке қайтару туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) жүктелген міндеттер шегінде заңсыз иемденілген активтерді анықтау және мемлекетке қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз иемденілген, оның ішінде шығарылған активтерді мемлекетке қайтаруға бағытталған шараларды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активтерді қайтару жөніндегі халықаралық-құқықтық ынтымақтастықты дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде айқындалатын өзге де міндеттер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді – ҚР Президентінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z106" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z107" w:id="25"/>
     <w:p>
       <w:pPr>
@@ -2150,50 +2368,590 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       адамдарды ұстап беру, қылмыстық істер бойынша, активтерді қайтару туралы істер бойынша өзара құқықтық көмек көрсету, сотталғандарды не психикасының бұзылуынан (аурулардан) зардап шегетін адамдарды беру туралы халықаралық шарттарды, сондай-ақ оларға байланысты құқықтық актілерді орындау, прокуратура органдарының құзыретіне жататын қылмыстық-құқықтық саладағы халықаралық шарттардың жобаларын келісу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Қазақстан Республикасының заңнамасында айқындалған тәртіппен мемлекеттік, арнаулы мемлекеттік органдарға және құқық қорғау органдарына қылмыстық құқық бұзушылықты анықтау туралы және (немесе) қажетті тексеру, жедел-іздестіру іс-шараларын, сондай-ақ сотқа дейінгі тергеп-тексерулерді жүргізу туралы сұрау салу (талап), жазбаша тапсырма, ақпарат немесе баянат жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз иемденілген, оның ішінде шығарылған активтерді іздеу (ашып көрсету), олардың пайда болуын растау, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қолдану, сақталуын қамтамасыз ету, басқару, өткізу және мемлекетке қайтару бойынша шаралар қабылдау жөніндегі қызметті жүзеге асыру үшін комиссиялар мен жұмыс топтарын құру жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз иемденілген активтерді мемлекетке қайтаруға бағытталған қызметті жүзеге асыру үшін ғалымдарды, сарапшыларды, мамандарды, коммерциялық және коммерциялық емес ұйымдарды, оның ішінде шетелдік ұйымдарды тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз иемденілген, оның ішінде шығарылған активтерді іздеу (ашып көрсету), олардың пайда болуын растау, қамтамасыз ету шараларын қолдану, басқару, өткізу және мемлекетке қайтару бойынша жедел-іздестіру іс-шараларын және арнаулы іс-шараларды жүргізуде Қазақстан Республикасының уәкілетті органдарына жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықаралық шарттарда көзделген және Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке, заңды тұлғаларға және өзге де ұйымдарға, сондай-ақ Қазақстан Республикасының мемлекеттік органдарына заңсыз иемденілген және шығарылған активтерге қатысты, сондай-ақ активтерді заңсыз шығаруға қатысы бар жеке тұлғаларға, ұйымдарға және бенефициарлық меншік иелеріне, басқа да байланысты құқық бұзушылықтарға, ақшамен және (немесе) өзге де мүлікпен жасалатын операцияларға қатысты ақпарат, мәліметтер мен құжаттар беру туралы сұрау салулар жіберу, сондай-ақ шет мемлекеттердің құзыретті органдарынан келіп түскен осындай сұрау салуларды орындауға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен шетелдік соттарға, халықаралық төрелік ұйымдарға және шет мемлекеттердің өзге де құзыретті органдарына мемлекетке қайтарылуға жататын активтердің құқықтық мәртебесін немесе меншік құқығын анықтау туралы талап қою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының халықаралық шарттарына және тиісті шет мемлекеттің заңнамасына сәйкес Бас Прокурор айқындайтын тәртіппен шет мемлекеттің соттарына немесе құзыретті органдарына тыйым салу, өзге де алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қабылдау және дәлелдемелерді алу туралы сұрау салулар жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықаралық шарттарға және тиісті шет мемлекеттің заңнамасына сәйкес Бас Прокурор айқындайтын тәртіппен шет мемлекеттің соттарына немесе құзыретті органдарына тәркілеу нысанында (Қазақстан Республикасы сотының активтерді тәркілеу немесе мемлекеттің кірісіне айналдыру туралы шешімі болған кезде де, болмаған кезде де) құқықтық көмек туралы сұрау салулар жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықаралық шарттарға және тиісті шет мемлекеттің заңнамасына сәйкес Бас Прокурор айқындайтын тәртіппен шет мемлекеттің соттарына немесе құзыретті органдарына Қазақстан Республикасы сотының активтерді іздеуге (ашып көрсетуге), олардың пайда болуының заңдылығын растауға, алдын ала қамтамасыз ету шараларын, қамтамасыз ету шараларын қолдануға, сақталуын қамтамасыз етуге, басқаруға, өткізуге және қайтаруға қатысты шешімін немесе Қазақстан Республикасының соты шығарған өзге де сот актісін тану және орындау туралы арыз жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының халықаралық шарттарына, заңнамасына не тиісті шет мемлекеттің заңнамасына сәйкес Бас Прокурор айқындайтын тәртіппен арыз иесінің құқықтары шамасында арыздың нысанасын немесе негізін өзгерту, арыздан бас тарту не орындау (тәркілеу) тәсілін өзгертуді сұрату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті шетелдік сотқа немесе шет мемлекеттің құзыретті органдарына, Қазақстан халқының әл-ауқатын арттыруға бағытталған әлеуметтік және экономикалық жобаларды қаржыландыруды не жәбірленушілерге тиісті құқыққа қарсы іс-әрекеттен келтірілген залалды өтеуді қоса алғанда, тәркіленген мүлік пайдаланылатын мақсаттар туралы мәлімдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен шет мемлекеттің соттарына немесе құзыретті органдарына сұрау салулар мен арыздарды жіберу кезінде азаматтық-құқықтық және қылмыстық-құқықтық тәркілеу арасында таңдауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының халықаралық шарттарына және тиісті шет мемлекеттің заңнамасына сәйкес Бас Прокурор айқындайтын тәртіппен шет мемлекеттің соттарына немесе құзыретті органдарына Қазақстан Республикасы сотының шешімін (үкімін) немесе Қазақстан Республикасының соты шығарған өзге де сот актісін тану және орындау туралы арыз жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен шет мемлекеттер соттарының немесе құзыретті органдарының Қазақстан Республикасының заңдарында көзделген негіздерге ұқсас негіздер бойынша азаматтық-құқықтық не қылмыстық-құқықтық тәркілеу бөлігінде құқықтық көмек туралы сұрау салуларын алу және орындау (не орындау үшін құзыретті органдарға немесе соттарға беру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен құқықтық көмек туралы сұрау салуларды қарау жөніндегі сот талқылауларына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен шет мемлекеттердің құзыретті органдарына заңсыз иемденілген және шығарылған активтерге қатысты, сондай-ақ активтерді заңсыз шығаруға қатысы бар жеке тұлғаларға, ұйымдарға және бенефициарлық меншік иелеріне, басқа да байланысты құқық бұзушылықтарға, ақшамен және (немесе) өзге мүлікпен жасалатын операцияларға қатысты ақпаратты, мәліметтер мен құжаттарды беру туралы сұрау салулар жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен тиісті шет мемлекеттің заңнамасына немесе халықаралық шарттарға сәйкес берілуі мүмкін процестік құқықтарды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен активтерді қайтару мәселелері жөніндегі халықаралық шарттардың жобаларын әзірлеуге және келісуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен активтерді қайтару және мүлікті тәркілеу мәселелері жөніндегі халықаралық ынтымақтастық бағдарламаларын әзірлеуге және жүзеге асыруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен халықаралық ұйымдардың, бірлестіктердің және өзге де жұмыс топтарының активтерді қайтару, оның ішінде қылмыстық жолмен алынған мүлікті тәркілеу саласындағы қызметіне белгіленген тәртіппен қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен оның құзыретіне кіретін мәселелер бойынша активтерді қайтару саласындағы халықаралық шарттарға, сондай-ақ халықаралық шарттар болып табылмайтын өзге де халықаралық келісімдерге (меморандумдарға) қол қою, оларды ратификациялау, бекіту, қабылдау және оларға қосылу туралы ұсыныстар енгізу жөніндегі жұмысқа қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының активтерді қайтару туралы заңнамасына сәйкес Заңсыз иемденілген активтерді мемлекетке қайтару мәселелері жөніндегі комиссияның талқылау күн тәртібіне мәселелер енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының активтерді қайтару туралы заңнамасына сәйкес құқық қорғау органдарының және арнаулы мемлекеттік органдардың, сондай-ақ өзге де мемлекеттік органдардың жұмыскерлерін Заңсыз иемденілген активтерді мемлекетке қайтару мәселелері жөніндегі комиссияның жұмысына қатысуға тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыретіне кіретін мәселелер бойынша кеңестер, семинарлар, конференциялар, оның ішінде халықаралық тұрғыдағысын ұйымдастыру және өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қайтарылуға жататын активтерге үшінші тұлғаларды тарта отырып, бағалау жүргізуге, оның ішінде активтерді тәуелсіз бағалаудың сараптамасын жүргізуге бастама жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активтердің қайтарылуын қамтамасыз етуге бағытталған аудитке, ревизияға, активті иемдену (пайда болу) көздерінің заңдылығын тексеруге бастама жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңға сәйкес тізілімге енгізілген тұлғаларға қосымша сұрау салулар жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында белгіленген тәртіпті сақтай отырып, активті иемдену (пайда болу) көздерінің заңдылығына жүргізілетін тексеру мәселелері бойынша мәліметтер мен құжаттарды, материалдарды, қосымша материалдарды, сондай-ақ қылмыстық, азаматтық, әкімшілік істерді, әкімшілік құқық бұзушылық туралы істерді және атқарушылық іс жүргізуді талап ету және алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активтерді қайтару мәселелері бойынша шығарылған сот актілеріне жеке шағымдар, өтінішхаттар, апелляциялық, кассациялық шағымдар, апелляциялық өтінішхаттар, сот актілеріне кассациялық тәртіппен дау айту туралы өтінішхаттар беру және талапкердің немесе жауапкердің барлық құқықтарын пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активтерді ерікті түрде беру рәсімінің барысында Заң субъектілерінен, олардың үлестес тұлғаларынан, сондай-ақ тізілімге енгізілмеген өзге де тұлғалардан қажетті ақпаратты сұрату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Конституциялық заңда және Қазақстан Республикасының өзге де заңдарында көзделген өзге де құқықтарды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z108" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттіліктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
@@ -2404,99 +3162,155 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотқа дейінгі тергеп-тексеруді, жедел-іздестіру қызметін жүзеге асыратын адамдардың заңсыз қаулылары мен шешімдерінің күшін жою;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      мемлекеттік құпияларды және заңмен қорғалатын құпияларды құрайтын алынатын мәліметтердің сақталуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңсыз иемденілген активтерді мемлекетке қайтару мәселелері жөніндегі комиссияның қызметін қамтамасыз ететін жұмыс органының функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де міндеттерді орындау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді – ҚР Президентінің 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+        <w:t xml:space="preserve">; 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z109" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2693,308 +3507,472 @@
         <w:t>
       2) Қазақстан Республикасының қылмыстық-процестік, азаматтық процестік, әкімшілік рәсімдік-процестік заңнамасында және Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген негізде және тәртіппен сотта мемлекеттің мүдделерін білдіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z112" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қылмыстық, қылмыстық-процестік заңнамаға сәйкес мемлекет атынан қылмыстық қудалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="31"/>
+    <w:bookmarkStart w:name="z222" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) активтерді қайтару жөніндегі қызметті мемлекет атынан және мемлекет мүддесі үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокурор айқындайтын тәртіппен Заңда айқындалған субъектілердің және олардың үлестес тұлғаларының заңсыз шығарылған активтері туралы келіп түсетін ақпаратты іздеуге, жинауға, өңдеуге, қорытуға, бағалауға бағытталған активтерді заңсыз иемденуге, шығаруға қарсы іс-қимыл жасауға және оларды қайтаруға арналған ақпаратқа мониторинг пен талдауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қайтарылуға жататын активтерге, оның ішінде үшінші тұлғаларды тарта отырып, аудит, бағалау жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңға сәйкес жүргізілетін активті иемдену (пайда болу) көздерінің заңдылығын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік органдардан, ұйымдардан, квазимемлекеттік сектор субъектілерінен және лауазымды адамдардан ақпарат пен материалдарды сұрату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңда көзделген әлеуетті субъектілер мен олардың үлестес тұлғаларына қатысты және басқа да қылмыстық құқық бұзушылықтар бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа дейінгі тергеп-тексерулерді тіркеу және (немесе) жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке және заңды тұлғалардың активтерді ерікті түрде қайтару туралы арыздарын қарау және олар бойынша Заңда көзделген тәртіппен шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүлікті тәркілеудің және активтерді қайтарудың халықаралық тәжірибесі мен практикасын зерделеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активтерді қайтару жөніндегі қызмет нәтижелерінің заңдылығы мен ашықтығын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының активтерді қайтару туралы заңнамасына сәйкес Заңсыз иемденілген активтерді мемлекетке қайтару мәселелері жөніндегі комиссияның тиімді қызметін қамтамасыз ету арқылы жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қылмыстық-құқықтық салада халықаралық ынтымақтастық жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z114" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z114" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шет мемлекеттердің құзыретті органдарында және халықаралық ұйымдарда – қылмыстық қудалау, активтерді қайтару мәселелері бойынша, шетелдік және халықаралық соттарда (төреліктерде) прокуратураның құзыретіне жататын мәселелер бойынша, оның ішінде шетелдік соттарға активтерді қайтаруға байланысты азаматтық талап қоюды беру бойынша мемлекеттің мүддесін білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z115" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z115" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заңнамада белгіленген тәртіппен Қазақстан Республикасының халықаралық шарттарын жасасу, қылмыстық-құқықтық саладағы және активтерді қайтару саласындағы халықаралық шарттардың жобаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z116" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z116" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының халықаралық шарттарының жобаларын әзірлеуге қатысу, қылмыстық-құқықтық саладағы және активтерді қайтару саласындағы халықаралық шарттардың жобаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z117" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z117" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) құқық қорғау органдары мен өзге де мемлекеттік органдардың өзара іс-қимылын, өзара ақпарат алмасуын және олардың ортақ міндеттерді іске асыру кезіндегі іс-қимылдарының келісімділігін қамтамасыз ету мақсатында осы органдардың заңдылықты, құқықтық тәртіпті және қылмыскерлікке қарсы күресті қамтамасыз ету жөніндегі қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z118" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z118" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының Заңдылықты, құқықтық тәртіпті және қылмыскерлікке қарсы күресті қамтамасыз ету жөніндегі үйлестіру кеңесінің, Бас прокуратура алқасының, прокуратура органдарының қызметі мәселелері жөніндегі комиссиялардың, жұмыс топтарының, сондай-ақ консультативтік-кеңесші органдардың жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z119" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z119" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) Конституциялық заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда жолданымдарды қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z120" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z120" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) прокуратура органдары жүйесінің құзыретіне жататын мәселелер бойынша Қазақстан Республикасындағы Адам құқықтары жөніндегі уәкілдің қызметіне жәрдем көрсете отырып, онымен, мемлекеттік, жергілікті өкілді және атқарушы органдармен, жергілікті өзін-өзі басқару органдарымен, мекемелермен, олардың лауазымды адамдарымен, квазимемлекеттік сектор субъектілерімен және меншік нысанына қарамастан, өзге де ұйымдармен өзара іс-қимылды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z121" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z121" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) прокуратура органдары жүйесінің іс-қимылын басқару, үйлестіру, бақылау, келісімділігін қамтамасыз ету, практикалық және әдістемелік көмек көрсету, оның ішінде есепке алу, статистикалық, ақпараттық, талдамалық, қадағалау және бақылау қызметін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z122" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z122" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өз құзыреті шегінде заңдылықтың сақталуына тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z123" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z123" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) күшіне енген актілерге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Үкіметінің, өзге де мемлекеттік, жергілікті өкілді және атқарушы органдардың, жергілікті өзін-өзі басқару органдарының, мекемелердің, квазимемлекеттік сектор субъектілерінің, олардың лауазымды адамдарының актілері мен шешімдерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3005,668 +3983,668 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер бұл актілер мен шешімдер физиологиялық ерекшеліктеріне, психикалық ауытқуларына және өзге де мән-жайларға байланысты өз құқықтарын қорғауды өз бетінше жүзеге асыра алмайтын адамдарға, кәмелетке толмаған адамдарға, сондай-ақ адамдардың шектелмеген тобына қатысты болса не жария сипатқа ие болса, меншік нысандарына қарамастан өзге де ұйымдардың актілері мен шешімдерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соттың (судьяның) үкімдерін, шешімдерін, қаулыларын және өзге де актілерін, сондай-ақ қылмыстық, азаматтық, әкімшілік істер мен әкімшілік құқық бұзушылықтар туралы істерді зерделеу арқылы бағалау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="42"/>
+    <w:bookmarkStart w:name="z124" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) заңдылықтың жай-күйіне, оның ішінде құқық қорғау органдарының, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесіне интеграцияланған ақпаратық жүйелер мен ресурстарға қолжетімділікті пайдалана отырып талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z125" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z125" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) жүктелген міндеттерді шешу үшін прокуратура органдары жүйесінің бірыңғай кадр саясатын тұжырымдау және іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z126" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z126" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) норма шығармашылық қызметке қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z127" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z127" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) прокуратура органдары жүйесі прокурорларының біліктілігін арттыруды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z128" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z128" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) қарудың, оқ-дәрілердің және арнаулы құралдардың айналымын үйлестіру және бақылау, прокуратураның органдарында, ведомстволарында, мекемелерінде және білім беру ұйымында жұмылдыру дайындығы және ведомстволық есепке алу жөніндегі қызметті ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z129" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z129" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) прокуратура органдары жүйесі прокурорларының кәсіптік қызметтік, дене шынықтыру және арнаулы даярлығын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z130" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z130" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) еңбек сіңірген жылдары үшін зейнетақы төлемдерін уақтылы тағайындауды, қайта есептеуді, индекстеуді, жерлеуге арналған жәрдемақыны тағайындауды, Қазақстан Республикасының заңнамасында көзделген жағдайлар туындаған кезде прокуратура органдары жүйесі зейнеткерлерінің отбасы мүшелеріне өтемақы тағайындауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z131" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z131" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) құзыреті шеңберінде прокуратура органдарының жүйесінде қауіпсіздікті, терроризмге қарсы қорғалуды, рұқсаттама және объектішілік режимдерді қамтамасыз ету бойынша шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z132" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z132" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) құқық қорғау қызметі саласында ведомствоаралық ғылыми зерттеулер жүргізуді ұйымдастыру, оларды үйлестіру және мониторингтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z133" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z133" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) прокуратура органдарының жүйесін қамтамасыз етудің техникалық, материалдық, қаржылық және басқа да түрлерін, оның ішінде ғимараттар мен құрылысжайларды күрделі салу мен реконструкциялауды, жөндеуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z134" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z134" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) Қазақстан Республикасы прокуратура органдары жүйесінің жеке құрамымен тәрбиелік, психологиялық, идеологиялық жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25-1) мемлекеттік қызмет істері жөніндегі уәкілетті орган бекітетін құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="53"/>
+    <w:bookmarkStart w:name="z135" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) прокуратура органдары жүйесінде мемлекеттік тілдің қолдану саласын дамыту және кеңейту жөніндегі жұмысты ұйымдастыру және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z136" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z136" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) прокуратура органдары жүйесінің бірыңғай ақпараттық саясатын жүргізуді, сондай-ақ бұқаралық ақпарат құралдарымен өзара іс-қимыл жасауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z137" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z137" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) Бас прокуратураның ресми интернет-ресурсының жұмыс істеуін және оның Қазақстан Республикасының "электрондық үкіметі" құрылымына қатысуын қамтамасыз ету, прокуратура органдарының Бас прокуратураның ресми интернет-ресурсын ақпараттық материалдармен толтыру жөніндегі қызметін ұйымдастыру және үйлестіру, Қазақстан Республикасының ақпараттандыру туралы заңнамасына сәйкес ақпараттық жүйелерді қолдана отырып, электрондық қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z138" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z138" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) өз құзыреті шеңберінде прокуратура органдарының жүйесінде төтенше оқиғалар мен қылмыстар, оның ішінде терроризм актісінің туындау қатері туралы ақпаратты мониторингтеуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z139" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z139" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) прокуратура органдары жүйесінде ақпараттық қауіпсіздіктің сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z140" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z140" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) прокуратура органдары жүйесінде ішкі аудитті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z141" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z141" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) Бас Прокурор қабылдаған нормативтік құқықтық актілерді есепке алуды және жүйелеуді жүргізу, олардың бақылаудағы даналарын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z142" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z142" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) прокуратура органдары жүйесінде мемлекеттік сатып алуды жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z143" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z143" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) прокуратура органдары қызметінің тиімділігін және халықтың сенімін арттыру мақсатында прокуратура органдарының қызметін, оның ішінде жобалық басқару құралдарын пайдалана отырып жетілдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z144" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z144" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) мемлекеттік құқықтық статистиканы қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z145" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z145" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) құқықтық статистикалық ақпаратты жинау, жинақтау, жүргізу және өңдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z146" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z146" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) жедел, ведомстволық есепке алуды және жедел-іздестіру, қарсы барлау қызметін жүзеге асыратын органдармен құпия негізде ынтымақтасатын адамдарды есепке алуды қоспағанда, арнайы есепке алуды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z147" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z147" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) мемлекеттік құқықтық статистика мәселелері бойынша құқықтық статистикалық байқауларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z148" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z148" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) құқықтық статистика және арнайы есепке алу субъектілері ұсынатын мемлекеттік құқықтық статистика және арнайы есепке алу мәліметтерінің тұтастығын, объективтілігін, анықтығын, жеткіліктілігін қадағалау, сондай-ақ осы саладағы ақпаратты жинау, тіркеу, өңдеу, жинақтау, жиынтықтау және сақтау әдістемесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z149" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z149" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) құқықтық статистика және арнайы есепке алуды жүргізу саласында ақпараттық-талдау қызметін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z150" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z150" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) тексерілетін субъектілердің, оның ішінде жеке кәсіпкерлік субъектілерінің құқықтарын заңсыз тексерулерден, бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан және Қазақстан Республикасының заңдарында көзделген мемлекеттік бақылаудың, сондай-ақ қадағалаудың басқа да нысандарынан оларды Құқықтық статистика және арнайы есепке алу жөніндегі комитетте тіркеуді жүзеге асыру барысында қорғауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z151" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z151" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) жедел және ведомстволық есепке алуды қоспағанда, мемлекеттік құқықтық статистика және арнайы есепке алу мәселелері бойынша құқықтық статистика және арнайы есепке алу субъектілерімен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z152" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z152" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) қылмыстық істерді тергеп-тексеру, әкімшілік құқық бұзушылықтар туралы істер бойынша іс жүргізу, Қазақстан Республикасының заңдарында көзделген мемлекеттік бақылау және қадағалау нысандарын тіркеу және (немесе) есепке алу процестеріне ақпараттық-коммуникациялық технологияларды енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z153" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z153" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) мемлекеттік құқықтық статистиканы қалыптастыру және арнайы есепке алуды жүргізу жөніндегі ақпараттық жүйелер, құқық қорғау органдарының, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесі операторының:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3713,150 +4691,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық ақпараттық ресурстарды сақтау қауіпсіздігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анықталған кемшіліктерге жедел ден қоюды қамтамасыз ету және оларды жою жөнінде шаралар қабылдау бойынша функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="72"/>
+    <w:bookmarkStart w:name="z154" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) жедел және ведомстволық есепке алуды қоспағанда, құқықтық статистика және арнайы есепке алу саласындағы халықаралық ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z155" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z155" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) құзыреті шегінде жеке және заңды тұлғалардың жолданымдарын, хабарларын, сұрау салуларын, үн қосуларын, ұсыныстарын қабылдау, тіркеу, қарау сатысында олардың құқықтары мен заңды мүдделерінің қорғалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z156" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z156" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) жеке және заңды тұлғаларға мемлекеттік қызметтерді көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z157" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z157" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) "Қазақстан Респубикасының Конституциялық Соты туралы" Қазақстан Республикасының Конституциялық заңына сәйкес конституциялық іс жүргізуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z158" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z158" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды орындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3878,919 +4856,939 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 25.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 855</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="77"/>
+    <w:bookmarkStart w:name="z159" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Бас прокуратураның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z160" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z160" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бас прокуратураға басшылықты Бас Прокурор жүзеге асырады, ол Бас прокуратураға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z161" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z161" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бас Прокурор Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z162" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z162" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бас Прокурордың Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары, оның ішінде бір бірінші орынбасары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z163" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z163" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бас Прокурордың өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z164" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z164" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңда белгіленген шектерде және нысандарда Қазақстан Республикасының аумағында заңдылықтың сақталуына жоғары қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z165" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z165" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прокуратура органдарының бүкіл жүйесінің қызметіне басшылық жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z166" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z166" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының Президентіне Бас прокуратура туралы ережені, оның құрылымын, прокуратура органдарының жалпы штат санын бекіту туралы ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z167" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z167" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының Президентіне прокуратура органдары ведомстволарының ережелерін бекіту туралы ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z168" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z168" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының Президенті бекіткен прокуратура органдарының жалпы штат санының лимиті шегінде прокуратура органдары прокурорларының және өзге де жұмыскерлерінің штат санын белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z169" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z169" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Президентіне Бас Прокурордың бірінші орынбасарын, орынбасарларын, прокуратура органдары ведомстволарының бірінші басшыларын лауазымға тағайындау және лауазымнан босату туралы ұсыну енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z170" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z170" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасы Президентінің келісуімен білім беру ұйымының басшысын, Бас әскери прокурорды, Бас көлік прокурорын, облыстардың прокурорларын және оларға теңестірілген (республикалық маңызы бар қалалардың және астананың) прокурорларды лауазымға тағайындайды және лауазымнан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z171" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z171" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасы Конституциялық Сотының судьяларына және судьяларға қатысты жедел-іздестіру іс-шараларын жүргізуге санкция береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z172" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z172" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) прокуратура органдарының прокурорлары мен өзге де жұмыскерлерін, зейнеткерлерін Қазақстан Республикасының мемлекеттік наградаларымен наградтауға және құрметті атақтарын беруге ұсынады, оларды ведомстволық наградалармен наградтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z173" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z173" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының Президентіне жоғары басшы құрамның сыныптық шендерін және жоғары офицерлік құрамның әскери атақтарын беру үшін кандидатураларды ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z174" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z174" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының Президентіне және Қазақстан Республикасының Үкіметіне прокуратура органдарын ұйымдастырушылық-штаттық, кадрлық, материалдық-техникалық және өзге де жағынан қамтамасыз ету мәселелері бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z175" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z175" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Қазақстан Республикасы Президентінің тапсырмаларын орындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z176" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z176" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) тоқсанына кемінде бір рет Қазақстан Республикасының Президенті алдында елдегі заңдылықтың жай-күйі және прокуратура органдарының қызметі туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z177" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z177" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының Заңдылықты, құқықтық тәртіпті және қылмыскерлікке қарсы күресті қамтамасыз ету жөніндегі үйлестіру кеңесінің және Бас прокуратура алқасының төрағасы болып табылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z178" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z178" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) Бас Прокурордың Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде тікелей көзделген өкілеттіктерін қоспағанда, прокуратура органдарының жүйесінде ол өз өкілеттіктерін беретін лауазымды адамдарды айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z179" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z179" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) Бас прокуратураның лауазымды адамдарының ұйымдастыру, кадрлық, қаржылық, шаруашылық мәселелерін шешудегі өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z180" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z180" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) Бас прокуратураның алқасы мен консультативтік-кеңесші органдарын құрады, олардың құрамы мен жұмыс регламентін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z181" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z181" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) прокуратура органдары жүйесінің мәселелері бойынша комиссиялар мен жұмыс топтарын құру туралы шешім қабылдайды, олардың құрамын, қажет болған жағдайда ережесін және (немесе) міндеттерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z182" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z182" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) Қазақстан Республикасының Президенті бекіткен прокуратура органдарының құрылымы мен штат санының шегінде әскери прокуратураның және көлік прокуратурасының органдарын, облыстардың прокуратураларын және оларға теңестірілген (республикалық маңызы бар қалалардың және астананың) прокуратураларды, аудандық және оларға теңестірілген (қалалық, ауданаралық, сондай-ақ мамандандырылған) прокуратураларды, прокуратура органдарының мекемелерін құрады, қайта ұйымдастырады және таратады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Президентіне Бас прокуратураның ведомстволарын және Бас прокуратураның жанындағы білім беру ұйымын құру, қайта ұйымдастыру және тарату туралы ұсыну енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="101"/>
+    <w:bookmarkStart w:name="z183" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) Қазақстан Республикасының және шет мемлекеттердің мемлекеттік органдарымен, сондай-ақ халықаралық ұйымдармен, олардың лауазымды адамдарымен және өкілдерімен өзара қарым-қатынастарда Бас прокуратураның атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z184" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z184" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) прокуратура органдарының, ведомстволарының, мекемелері мен білім беру ұйымының барлық прокурорлары мен жұмыскерлерінің орындауы үшін міндетті актілерді шығарады, прокуратура органдарының жүйесінде қабылданған актілердің күшін жояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z185" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z185" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) Қазақстан Республикасы Конституциясының 72-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Конституциялық Сотына жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z186" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z186" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) сотта мемлекеттің мүдделерін білдіреді және мемлекеттің атынан қылмыстық қудалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z187" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z187" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) негіздер болған кезде Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Қазақстан Республикасының заңдарына қайшы келетін, заңды күшіне енген сот актілеріне наразылық білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z188" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z188" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) Қазақстан Республикасының Конституциясына, Қазақстан Республикасының заңдарына, Қазақстан Республикасы ратификациялаған халықаралық шарттарға және Қазақстан Республикасы Президентінің актілеріне қайшы келетін, заңды күшіне енген нормативтік және өзге де құқықтық актілерге, мемлекеттік органдардың, мекемелердің, ұйымдардың, лауазымды және өзге де уәкілетті адамдардың шешімдері мен әрекеттеріне (әрекетсіздігіне) наразылық келтіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z189" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z189" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) наразылық бойынша шешім қабылданғанға дейін наразылық келтірілген құқықтық актінің не әрекеттің орындалуын тоқтата тұруға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z190" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z190" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) Қазақстан Республикасының процестік заңнамасында көзделген тәртіппен сот актісінің орындалуын тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z191" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z191" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) соттарға қылмыстық, азаматтық, әкімшілік істер және әкімшілік құқық бұзушылықтар туралы істер бойынша сот практикасының мәселелері жөнінде түсіндірме беру туралы ұсыныспен Қазақстан Республикасының Жоғарғы Сотына жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z192" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z192" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) жоғары тұрған сотқа заңды күшіне енбеген сот актісін қайта қарау туралы өтінішхат келтіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z193" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z193" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) Қазақстан Республикасының Конституциясына және Қазақстан Республикасының заңдарына сәйкес қолсұғылмаушылық құқығы бар адамдарды одан айыру және әкімшілік, қылмыстық жауаптылыққа тарту мәселелері бойынша ұсыну енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z194" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z194" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) Қазақстан Республикасының заңдарында көзделген жағдайларда сотқа дейінгі тергеп-тексеру, жедел-iздестiру, қарсы барлау қызметi және жасырын тергеу әрекеттері мәселелері бойынша нормативтік құқықтық актiлерді келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z195" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z195" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) мемлекеттік органдардан келіп түсетін, прокуратура органдары қызметінің негізгі бағыттарын қозғайтын заңдардың, өзге де нормативтік құқықтық актілердің жобаларын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1) прокуратура органдары жүйесі қызметкерлерін жоспардан тыс аттестаттауды өткізу тәртібін, кезеңдерін және мерзімдерін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-2) қатардағы, кiшi, орта, аға және жоғары басшы құрамдағы адамдар орналасуға жататын лауазымдарды және осы лауазымдарға сәйкес келетiн арнаулы атақтарды немесе сыныптық шендердi айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="114"/>
+    <w:bookmarkStart w:name="z196" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының әкімшілік рәсімдер туралы заңнамасында және Қазақстан Республикасының әкімшілік сот ісін жүргізу туралы заңнамасында реттелмеген бөлікте прокуратура органдарында жеке тұлғалардың және заңды тұлғалар өкілдерінің жолданымдарын қарау және оларды жеке қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4945,130 +5943,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прокуратура органдарының білім беру ұйымына оқуға қабылдау тәртібін айқындау мәселелері бойынша нормативтік құқықтық актілерді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конституциялық заңға, Қазақстан Республикасының өзге де заңдарына және Қазақстан Республикасы Президентінің актілеріне сәйкес басқа да нормативтік құқықтық актілерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="115"/>
+    <w:bookmarkStart w:name="z197" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) прокуратура органдарында құжаттау және құжаттаманы басқару, іс қағаздарын жүргізу мен ұйымдастыру, архив ісін ұйымдастыру тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z198" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z198" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) прокуратура органдарында, ведомстволарында, мекемелерінде және білім беру ұйымында қаруды, оқ-дәрілерді және арнаулы құралдарды сатып алу, есепке алу, сақтау, алып жүру, беру, тасымалдау тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z199" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z199" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) Бас Прокурордың және қарсы барлау қызметін жүзеге асыратын органдардың қарсы барлау қызметі заңдылығының сақталуын қадағалауды жүзеге асыру тәртібі туралы бірлескен нормативтік құқықтық актілерін қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z200" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z200" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37) мыналарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратураның жұмыс регламентін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5799,130 +6797,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       активтерді заңсыз иемденуге, шығаруға қарсы іс-қимыл жасау және оларды қайтару үшін ақпаратқа мониторинг және талдау жүргізу қағидаларын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       активті иемдену (пайда болу) көздерінің заңдылығына тексеруді тағайындау және жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="119"/>
+    <w:bookmarkStart w:name="z201" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) заңдылықтың сақталуына тексеру, заңдылықтың жай-күйіне талдау, күшіне енген актілерге бағалау жүргізу не жолданымдарды қарау туралы тапсырмалар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z202" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z202" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) заңдылық пен қоғамдық қауіпсіздікті қамтамасыз ету, құқық бұзушылықтардың алдын алу, сондай-ақ адам мен азаматтың құқықтары мен бостандықтарын қорғау мақсатында лауазымды адамдар, мемлекеттік органдар, жеке және заңды тұлғалар алдында үндеу жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z203" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z203" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) Қазақстан Республикасының заңнамасында белгіленген тәртіппен прокуратура органдары жүйесінің прокурорларына сыныптық шендер мен әскери атақтар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z204" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z204" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) өз құзыреті шегінде және Қазақстан Республикасының заңнамасында белгіленген тәртіппен мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ведомство, білім беру ұйымы басшыларының орынбасарларын, Бас әскери прокурорды және Бас көлік прокурорын, облыстардың прокурорларын және оларға теңестірілген прокурорларды, олардың орынбасарларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5951,170 +6949,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратураның қарамағындағы мекемелердің басшыларын, олардың орынбасарларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратураның қызметкерлерін лауазымға тағайындайды және лауазымнан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="123"/>
+    <w:bookmarkStart w:name="z205" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) Қазақстан Республикасының заңнамасында сәйкес мәліметтерді Қазақстан Республикасының мемлекеттік құпияларына жатқызу туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z206" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z206" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) Қазақстан Республикасы прокуратура органдары жүйесінің әкімшілік ғимараттарында рұқсаттама және объектішілік режимдердің тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z207" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z207" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) прокуратура органдары жүйесінде әскери міндеттілер мен әскерге шақырылушыларды арнайы есепке алуды жүргізу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z208" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z208" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) прокуратура органдары жүйесінде атыс даярлығын ұйымдастыру тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z209" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z209" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) жұмылдыру бөлімшесін құрады не жұмылдыру жұмысы бойынша жеке прокурорды тағайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z210" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z210" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас Прокурор болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы Қазақстан Республикасының заңнамасына сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6171,300 +7169,300 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="129"/>
+    <w:bookmarkStart w:name="z211" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бас Прокурор өз орынбасарларының өкілеттіктерін қолданыстағы Қазақстан Республикасының заңнамасына сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z212" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z212" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бас Прокурордың Аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын Бас Прокурор Аппаратының басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z213" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z213" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Бас прокуратураның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z214" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z214" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қазақстан Республикасының заңнамасында көзделген жағдайларда Бас прокуратураның жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратураның мүлкі оған меншік иесі берген мүліктің, сондай-ақ өз қызметі нәтижесінде сатып алынған мүліктің (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздердің есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="133"/>
+    <w:bookmarkStart w:name="z215" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Бас прокуратураға бекітіліп берілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z216" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z216" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, Бас прокуратура өзіне бекітіліп берілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z217" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z217" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Бас прокуратураны қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z218" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z218" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Бас прокуратураны қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z219" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z219" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бас прокуратура мен оның ведомстволарының қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгеріс енгізілді – ҚР Президентінің 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="138"/>
+    <w:bookmarkStart w:name="z220" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратура</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Бас прокуратураның Құқықтық статистика және арнайы есепке алу жөніндегі комитеті" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6907,70 +7905,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) "Қазақстан Республикасы Бас прокуратурасының жанындағы Материалдық-техникалық қамсыздандыру басқармасы" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) "Қазақстан Республикасы Бас прокуратурасының жанындағы Шаруашылық басқармасы" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="139"/>
+    <w:bookmarkStart w:name="z221" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратураның Құқықтық статистика және арнайы есепке алу жөніндегі комитеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Қазақстан Республикасы Бас прокуратурасы Құқықтық статистика және арнайы есепке алу жөніндегі комитетінің Астана қаласы бойынша департаменті" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7458,106 +8456,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 563 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="140"/>
+    <w:bookmarkStart w:name="z51" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Бас прокуратурасының</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="140"/>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Бас прокуратурасының ҚҰРЫЛЫМЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Құрылымы жаңа редакцияда – ҚР Президентінің 23.05.2023 </w:t>
+      Ескерту. Құрылымы жаңа редакцияда – ҚР Президентінің 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 227</w:t>
+        <w:t>№ 1125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -7577,51 +8563,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аппарат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Cотқа дейінгі тергеп-тексерудің және қылмыстық қудалаудың заңдылығын қадағалау қызметі</w:t>
+      Cотқа дейінгі тергеп-тексерудің заңдылығын қадағалау және қылмыстық қудалау қызметі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды күшіне енген үкімдердің заңдылығын және олардың орындалуын қадағалау қызметі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7667,51 +8653,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық-құқықтық ынтымақтастық қызметі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кадрлық жұмыс департаменті</w:t>
+      Активтерді қайтару жөніндегі қызметі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кадр жұмысы департаменті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзіндік қауіпсіздік департаменті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7829,51 +8833,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі аудит басқармасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпараттық қауіпсіздік басқармасы"</w:t>
+      Ақпараттық қауіпсіздік басқармасы.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7967,108 +8971,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 563 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="141"/>
+    <w:bookmarkStart w:name="z53" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің кейбір жарлықтарына енгізілетін ӨЗГЕРІСТЕР МЕН ТОЛЫҚТЫРУЛАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z54" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z54" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының мемлекеттік органдары жүйесін одан әрі оңтайландыру жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 1999 жылғы 22 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 1999 ж., № 1, 2-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8173,190 +9177,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="143"/>
+    <w:bookmarkStart w:name="z60" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөнiндегi комитетiн құру туралы" Қазақстан Республикасы Президентінің 2003 жылғы 28 наурыздағы № 1050 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2003 ж., № 12, 130-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z61" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z61" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z62" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z62" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Қоса берiлiп отырған Комитет туралы ереже бекiтiлсiн.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z63" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z63" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөнiндегi комитетi туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8369,230 +9373,230 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="147"/>
+    <w:bookmarkStart w:name="z65" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z66" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z66" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2) құқықтық статистика ақпаратын теру, жинақтау, жүргiзу және өңдеу;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z67" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z67" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z68" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z68" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5) мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы заңдылықты қадағалауды жүзеге асыру;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z69" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z69" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөнiндегi комитетiнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>құрылымы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z70" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z70" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасының әскери қызметшілері, арнаулы мемлекеттік органдары, мемлекеттік фельдъегерлік қызметі мен прокуратура органдарының қызметкерлері лауазымдарының санаттары бойынша тізілімдерін бекіту туралы" Қазақстан Республикасы Президентінің 2004 жылғы 17 қаңтардағы № 1283 Жарлығына (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 19, 234-құжат) ("Қызмет бабында пайдалану үшін" белгісімен).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8621,190 +9625,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="153"/>
+    <w:bookmarkStart w:name="z77" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Жоғары офицерлік және басшы құрамның адамдары атқаратын Қазақстан Республикасының Қарулы Күштері, басқа да әскерлері мен әскери құралымдары, арнаулы мемлекеттік және құқық қорғау органдары лауазымдарының тізбесі туралы" Қазақстан Республикасы Президентінің 2017 жылғы 5 мамырдағы № 470 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z78" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z78" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Жоғары офицерлік және басшы құрамның адамдары атқаратын Қазақстан Республикасының Қарулы Күштері, басқа да әскерлері мен әскери құрылымдары, арнаулы мемлекеттік және құқық қорғау органдары лауазымдарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z79" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z79" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "4. Қазақстан Республикасы Бас прокуратурасы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тарауы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z80" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z80" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Қазақстан Республикасы Бас прокуратурасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10123,68 +11127,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="157"/>
+    <w:bookmarkStart w:name="z83" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы прокуратурасының ЖАЛПЫ ШТАТ САНЫ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10391,169 +11395,169 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 563 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="158"/>
+    <w:bookmarkStart w:name="z85" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің күші жойылған кейбір жарлықтарының ТІЗБЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z86" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z86" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы прокуратура органдарының рәмізі туралы" Қазақстан Республикасы Президентінің 2011 жылғы 18 ақпандағы № 1159 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 20, 235-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z87" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z87" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Сыныптық шендер берілетін Қазақстан Республикасы прокуратура органдары лауазымдарының тізбесін және соларға сәйкес шекті сыныптық шендерді бекіту туралы" 2012 жылғы 10 қыркүйектегі № 376 қбп Жарлығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z88" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z88" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Президентінің 2015 жылғы 4 мамырдағы № 15 Жарлығымен бекітілген Қазақстан Республикасы Президентінің кейбір жарлықтарына енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 29-30, 184-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z89" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z89" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 158 Жарлығымен бекітілген Қазақстан Республикасы Президентінің кейбір жарлықтарына енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10568,91 +11572,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 77-78-79, 575-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z90" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z90" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы Президентінің 2017 жылғы 5 мамырдағы № 470 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Президентінің кейбір жарлықтарына енгізілетін өзгерістер мен толықтырулардың 2-тармағы (Қазақстан Республикасының ПҮАЖ-ы, 2017 ж., № 17, 116-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>