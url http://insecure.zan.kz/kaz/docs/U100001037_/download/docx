--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b5ed38" w14:textId="1b5ed38">
+    <w:p w14:paraId="8702c6d" w14:textId="8702c6d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2447,51 +2447,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 8-1-тармақпен толықтырылды - ҚР Президентінің 18.05.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2529,51 +2529,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 8-2-тармақпен толықтырылды - ҚР Президентінің 18.05.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3561,51 +3561,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 14-3-тармақпен толықтырылды - ҚР Президентінің 18.05.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; жаңа редакцияда – ҚР Президентінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 426</w:t>
       </w:r>
       <w:r>
@@ -3663,51 +3663,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 14-4-тармақпен толықтырылды - ҚР Президентінің 18.05.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5329,51 +5329,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Президентінің 13.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 582</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5483,51 +5483,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Президентінің 13.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 582</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; өзгеріс енгізілді – ҚР Президентінің 13.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195</w:t>
       </w:r>
       <w:r>
@@ -5703,51 +5703,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 26-1-тармақпен толықтырылды - ҚР Президентінің 13.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 582</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6061,51 +6061,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 29-1-тармақпен толықтырылды - ҚР Президентінің 13.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 582</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6282,51 +6282,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қазақстан Республикасының Президенті қол жеткізілген уағдаластықтарды іске асыру мақсатында, қажеттігіне қарай Қазақстан Республикасының Үкіметіне, мемлекеттік органдарға және ұйымдарға тапсырмалар береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      СІМ өз құзыреті шегінде Президенттің халықаралық мәселелер бойынша көмекшісіне Қазақстан Республикасы Президентінің деңгейінде тапсырманың жобасын дайындаудың орындылығы туралы негізделген ұсыныс енгізеді.</w:t>
+      СІМ өз құзыреті шегінде Президенттің халықаралық мәселелер жөніндегі кеңесшісіне Қазақстан Республикасы Президентінің деңгейінде тапсырманың жобасын дайындаудың орындылығы туралы негізделген ұсыныс енгізе алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мүдделі мемлекеттік органдар мен ұйымдар іс-шара аяқталғаннан кейін немесе шетелге сапар аяқталғаннан күнінен бастап екі жұмыс күні ішінде тапсырмалардың жобасына нақты ұсыныстарды СІМ-ге береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -6348,616 +6348,656 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда – ҚР Президентінің 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; өзгеріс енгізілді – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. СІМ тіркелген уағдаластықтардың негізінде Қазақстан Республикасының Президенті айқындаған тәртіппен Президенттің тапсырмаларының жобасын дайындауды жүзеге асырады, қарау және келісу үшін мүдделі мемлекеттік органдар мен ұйымдарға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүдделі мемлекеттік органдар мен ұйымдар Президенттің тапсырмалары жобасын қарау мен келісуді келіп түскен күнінен бастап екі жұмыс күні ішінде қамтамасыз етеді. Аталған мерзімде жазбаша жауап ұсынылмаған жағдайда, Президенттің тапсырмаларының жобасы ескертулерсіз келісілді деп саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СІМ Президент Әкімшілігіне мүдделі мемлекеттік органдармен келісілген, Премьер-Министр және Сыртқы істер министрі виза қойған Қазақстан Республикасының Президенті тапсырмаларының жобасын іс-шара өткізілгеннен кейін немесе шетелге сапар аяқталған күнінен бастап жеті жұмыс күні ішінде қағаздағы және электрондық түрде ұсынады. Бұл ретте көрсетілген мерзімді ұзартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Президентінің 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="114"/>
-[...52 lines deleted...]
-      СІМ Президент Әкімшілігіне мүдделі мемлекеттік органдармен келісілген, Премьер-Министр және Сыртқы істер министрі виза қойған Қазақстан Республикасының Президенті тапсырмаларының жобасын іс-шара өткізілгеннен кейін немесе шетелге сапар аяқталған күнінен бастап жеті жұмыс күні ішінде қағаздағы және электрондық түрде ұсынады. Бұл ретте көрсетілген мерзімді ұзартуға жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z156" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1. Президент Әкімшілігінің жауапты құрылымдық бөлімшесі тапсырмалардың жобасын үш жұмыс күні ішінде Президенттің халықаралық мәселелер жөніндегі кеңесшісімен, Президент Әкімшілігі Басшысының бірінші орынбасарымен және орынбасарларымен, мүдделі құрылымдық бөлімшелерге жетекшілік ететін Президенттің көмекшілерімен, Президент Кеңсесінің бастығымен және Президенттің кеңесшілерімен, Мемлекеттік құқық бөлімімен және Жалпы бөліммен, сондай-ақ басқа да мүдделі құрылымдық бөлімшелермен электрондық түрде келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тапсырмалардың жобасы Президент Әкімшілігінің Басшысына виза қоюға және Қазақстан Республикасы Президентінің қол қоюына қағаздағы және электрондық түрде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Президенті тапсырмаларының қағаздағы түріндегі жобасына "Электрондық құжаттың көшірмесі дұрыс" деген мөртабанмен куәландырылған Президент Әкімшілігінде электрондық келісу парағының қағаздағы көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық іс-шара қорытындысы бойынша Қазақстан Республикасы Президентінің тапсырмаларының жобасы, қажет болған жағдайда Президент Әкімшілігі Басшысының шешімі бойынша пысықталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Президентінің 03.07.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 32-1-тармақпен толықтырылды – ҚР Президентінің 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 50</w:t>
+        <w:t xml:space="preserve">; жаңа редакцияда – ҚР Президентінің 03.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Президентінің 12.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 779</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="115"/>
-[...70 lines deleted...]
-      Халықаралық іс-шара қорытындысы бойынша Қазақстан Республикасы Президентінің тапсырмаларының жобасы, қажет болған жағдайда Президент Әкімшілігі Басшысының шешімі бойынша пысықталады.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Мүдделі мемлекеттік органдар мен ұйымдар Қазақстан Республикасы Президентінің тапсырмаларын орындау бойынша шаралар қабылдайды және Президент Әкімшілігінде бекітілген бақылауды бекітудің негізінде әзірленген Үкімет Аппаратының Президент тапсырмаларының орындалуын бақылауды бекітуінде белгіленген мерзімдерде СІМ-ге олардың іске асырылу барысы туралы есеп ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СІМ Қазақстан Республикасына шетелдік инвестицияларды тарту саласындағы кәсіпкерлік қызметті жүзеге асыратын қазақстандық және шетелдік заңды тұлғалар арасындағы қол жеткізілген уағдаластықтардың орындалуын мониторингтеуді жүзеге асырады және әрбір тоқсан сайын, есепті тоқсаннан кейінгі айдың 5-күніне дейін мониторингтеудің нәтижелері туралы есепті Үкімет Аппаратына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 32-1-тармақпен толықтырылды – ҚР Президентінің 03.07.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Президентінің 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 50</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. СІМ мүдделі мемлекеттік органдар мен ұйымдар ұсынған, Президенттің қол жеткізілген уағдаластықтарды іске асыру үшін берілген тапсырмаларының орындалу барысы туралы есепті жинақтап-қорытып, талдайды және талдаудың нәтижелері бойынша Президент Әкімшілігінде бекітілген бақылауды бекітудің негізінде әзірленген Үкімет Аппаратының Президент тапсырмаларының орындалуын бақылауды бекітуінде белгіленген мерзімдерде Үкімет Аппаратына жиынтық есепті жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; жаңа редакцияда – ҚР Президентінің 03.01.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда – ҚР Президентінің 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Үкімет Аппараты жарты жылда бір рет, 15 маусымнан және 15 желтоқсаннан кешіктірмей, Президент Әкімшілігіне Президенттің қол жеткізілген уағдаластықтарды іске асыру үшін берілген тапсырмаларының орындалу барысы туралы жиынтық есеп ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Президентінің 12.02.2025 </w:t>
-[...282 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда – ҚР Президентінің 13.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7107,51 +7147,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 36-тармаққа өзгеріс енгізілді – ҚР Президентінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 426</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7445,71 +7485,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-тармақ жаңа редакцияда – ҚР Президентінің 27.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 526</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 526</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">; өзгеріс енгізілді – ҚР Президентінің 13.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20084,55 +20124,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20458,31 +20498,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>