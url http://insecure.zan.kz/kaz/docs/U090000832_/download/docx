--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b81c65" w14:textId="3b81c65">
+    <w:p w14:paraId="a9bc52c" w14:textId="a9bc52c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,727 +93,786 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының мемлекеттік басқару жүйесін одан әрі жетілдіру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Президентінің 2009 жылғы 24 маусымдағы N 832 Жарлығы</w:t>
-[...17 lines deleted...]
-      </w:r>
+        <w:t>Қазақстан Республикасы Президентінің 2009 жылғы 24 маусымдағы N 832 Жарлығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Президенті  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мен Үкіметі актілерінің жинағында  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жариялануға тиіс          </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Конституциясының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тармақшасына сәйкес, экономиканы әртараптандыру мен үдемелі индустриялық-инновациялық дамуы процестерін үйлестіру және мемлекеттік басқару жүйесін одан әрі реттеу және оның тиімділігін арттыру мақсатында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕТЕМІН: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мыналар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасы Индустрия және сауда министрлігі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Құрылыс және тұрғын үй-коммуналдық шаруашылық істері агенттігіне (бұдан әрі - Агенттік) сәулет, қала құрылысы және құрылыс қызметін, тұрғын үй қатынастарын және коммуналдық шаруашылықты мемлекеттік басқару саласындағы функциялар мен өкілеттіктер беріле отырып, Агенттікті бөліп шығару жолымен; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оның кәсіпкерлік қызметті мемлекеттік реттеу саясатын әзірлеу жөніндегі функцияларын Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігіне бере отырып; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасы Ауыл шаруашылығы министрлігі оның: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ауыл шаруашылығы машиналарын жасауды дамыту жөніндегі функциялары Қазақстан Республикасы Индустрия және сауда министрлігіне; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      елді мекендер шегінде сумен жабдықтау және су бұру саласындағы мемлекеттік реттеу саясатын пысықтау жөніндегі функциялары Агенттікке беріле отырып; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) Қазақстан Республикасы Энергетика және минералдық ресурстар министрлігі оның ЖЭО және қуаты 100 Гкал/сағат және одан жоғары орнатылған қазандықтардан басқа, электрмен жабдықтау (0,4 кВт электр желілік объектілер), жылумен жабдықтау саласындағы мемлекеттік реттеу саясатын пысықтау жөніндегі функциялары Агенттікке беріле отырып, қайта ұйымдастырылсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мыналар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Агенттікке елді мекендер шегінде тұтынушыларды газбен жабдықтау салаларындағы және коммуналдық қалдықтармен жұмыс істеу саласындағы мемлекеттік реттеу саясатын әзірлеу жөніндегі функция; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасы Индустрия және сауда министрлігіне өзге мемлекеттік органдардың құзыретіне жатқызылмаған жоғары технологиялы сервистік индустрияны дамыту саясатын әзірлеу жөніндегі функция берілсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қазақстан Республикасының Үкіметі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасы Индустрия және сауда министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетін оның функцияларын құрылатын Агенттікке бере отырып таратсын; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасының таратылатын және қайта </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ұйымдастырылатын мемлекеттік органдарының штат санын қайта бөлуді қамтамасыз етсін; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы Жарлықты іске асыру жөнінде өзге де қажетті шараларды қабылдасын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Агенттік Қазақстан Республикасы Индустрия және сауда министрлігінің таратылатын Құрылыс және тұрғын-үй-коммуналдық шаруашылық істері комитетінің міндеттемелері бойынша құқықтық мирасқоры болып айқындалсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. "Қазақстан Республикасы Үкіметінің құрылымы туралы" Қазақстан Республикасы Президентінің 1999 жылғы 22 қаңтардағы N 6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағы мынадай мазмұндағы абзацпен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Құрылыс және тұрғын үй-коммуналдық шаруашылық істері агенттігі". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Осы Жарлықтың орындалуын бақылау Қазақстан Республикасы Президентінің Әкімшілігіне жүктелсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Осы Жарлық қол қойылған күнінен бастап қолданысқа енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н. Назарбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...619 lines deleted...]
-        <w:t xml:space="preserve">      Президенті                                     Н. Назарбаев </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>