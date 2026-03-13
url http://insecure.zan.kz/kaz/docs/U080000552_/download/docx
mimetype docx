--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="437eb1c" w14:textId="437eb1c">
+    <w:p w14:paraId="7fccff4" w14:textId="7fccff4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4046,120 +4046,100 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4. Әкімшіліктің қызметін ұйымдастыру және оның лауазымды адамдары мен қызметкерлерінің өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z90" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Әкімшіліктің құрамына Қазақстан Республикасы Президенті Әкімшілігінің Басшысы (бұдан әрі – Әкімшілік Басшысы), Әкімшілік Басшысының бірінші орынбасары, Қазақстан Республикасы Қауіпсіздік Кеңесінің Хатшысы, Қазақстан Республикасы Президенті Кеңсесінің бастығы, Қазақстан Республикасы Президентінің көмекшілері, Қазақстан Республикасы Президентінің кеңесшілері, Әкімшіліктің құрылымдық бөлімшелерінің басшылары мен өзге де қызметкерлері кіреді.</w:t>
+      23. Әкімшіліктің құрамына Қазақстан Республикасы Президенті Әкімшілігінің Басшысы (бұдан әрі – Әкімшілік Басшысы), Әкімшілік Басшысының бірінші орынбасары және орынбасарлары, Қазақстан Республикасы Қауіпсіздік Кеңесінің Хатшысы, Қазақстан Республикасы Президентінің көмекшілері, Қазақстан Республикасы Президенті Кеңсесінің бастығы, Қазақстан Республикасы Президентінің кеңесшілері, Әкімшіліктің құрылымдық бөлімшелерінің басшылары мен өзге де қызметкерлері кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Президентінің 12.02.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) Жарлығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z91" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4206,91 +4186,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекет басшысына Әкімшілік туралы ережені бекітуге ұсынады, Әкімшіліктің құрылымы мен штат саны жөнінде ұсыныстар енгізеді, Әкімшіліктің штат кестесін бекітеді, бекітілген штат саны шегінде оған өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z93" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өзінің бірінші орынбасарының, Президенттің көмекшілері мен кеңесшілерінің жұмысын үйлестіреді, Әкімшіліктің құрылымдық бөлімшелерінің жұмысын ұйымдастырады және бағыттайды, мемлекеттік органдармен өзара іс-қимылды қамтамасыз етеді;</w:t>
+      2) өзінің бірінші орынбасарының және орынбасарларының, Президенттің көмекшілері мен кеңесшілерінің жұмысын үйлестіреді, Әкімшіліктің құрылымдық бөлімшелерінің жұмысын ұйымдастырады және бағыттайды, мемлекеттік органдармен өзара іс-қимылды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z94" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Президентпен келісу бойынша өзінің бірінші орынбасары, Кеңсе бастығы, Президенттің көмекшілері мен кеңесшілері арасындағы міндеттер бөлінісін (бұдан әрі – Бөлініс) бекітеді;</w:t>
+      3) Президентпен келісу бойынша өзінің бірінші орынбасары мен орынбасарлары, Кеңсе бастығы, Президенттің көмекшілері мен кеңесшілері арасындағы міндеттер бөлінісін (бұдан әрі – Бөлініс) бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z95" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) Президенттің қарауына өзінің бірінші орынбасарын, Президенттің көмекшілерін және кеңесшілерін лауазымға тағайындау және лауазымнан босату, Әкімшіліктің жекелеген хатшылықтарының басшыларын қоспағанда, Әкімшіліктің құрылымдық бөлімшелерінің басшыларын лауазымға тағайындау және лауазымнан босату туралы ұсыныстар енгізеді;</w:t>
+      4) Президенттің қарауына өзінің бірінші орынбасарын және орынбасарларын, Президенттің көмекшілерін және кеңесшілерін лауазымға тағайындау және лауазымнан босату, Әкімшіліктің жекелеген хатшылықтарының басшыларын қоспағанда, Әкімшіліктің құрылымдық бөлімшелерінің басшыларын лауазымға тағайындау және лауазымнан босату туралы ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z96" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Әкімшіліктің жекелеген хатшылықтарының басшыларын, Әкімшіліктің құрылымдық бөлімшелерінің басшылары орынбасараларын, мемлекеттік инспекторларды, сектор меңгерушілері мен Әкімшіліктің өзге де мемлекеттік әкімшілік қызметшілерін қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z97" w:id="93"/>
     <w:p>
@@ -4835,288 +4815,268 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve">); 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z116" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Әкімшілік Басшысы орнында болмаған жағдайда оның міндеттерін Әкімшілік Басшысының бірінші орынбасары не Әкімшілік Басшысы белгілеген өзге адам атқарады.</w:t>
+      25. Әкімшілік Басшысы орнында болмаған жағдайда оның міндеттерін Әкімшілік Басшысы айқындайтын бірінші орынбасары немесе орынбасарларының бірі атқарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Президентінің 12.02.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) Жарлығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z117" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Әкімшілік Басшысының бірінші орынбасарын, Президенттің көмекшілерін және кеңесшілерін, Әкімшіліктің жекелеген хатшылықтарының басшыларын қоспағанда, Әкімшіліктің құрылымдық бөлімшелерінің басшыларын Әкімшілік Басшысының ұсынуы бойынша Президент лауазымға тағайындайды және лауазымнан босатады.</w:t>
+      26. Әкімшіліктің жекелеген хатшылықтарының басшыларын қоспағанда, Әкімшілік Басшысының бірінші орынбасары мен орынбасарларын, Президенттің көмекшілері мен кеңесшілерін, Әкімшіліктің құрылымдық бөлімшелерінің басшыларын Әкімшілік Басшысының ұсынуы бойынша Президент лауазымға тағайындайды және лауазымнан босатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Президентінің 12.02.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) Жарлығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z118" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Әкімшілік Басшысының бірінші орынбасары, Президент Кеңсесінің бастығы, Президенттің көмекшілері:</w:t>
+      27. Әкімшілік Басшысының бірінші орынбасары мен орынбасарлары, Президент Кеңсесінің бастығы, Президенттің көмекшілері мен кеңесшілері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z119" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Президенттің, Әкімшілік Басшысының актілері мен тапсырмаларының орындалуын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z120" w:id="116"/>
     <w:p>
@@ -5261,51 +5221,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve">); 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z124" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5354,120 +5334,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Президент пен Әкімшілік Басшысы белгілеген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z127" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Республика Президенті міндеттердің бірінші кезектілігі мен маңыздылығына қарай Президент Әкімшілігі Басшысының бірінші орынбасарына, өзінің көмекшілері мен кеңесшілеріне осы ережеде көзделгеннен ерекшеленетін өзге де міндеттер мен өкілеттіктерді жүктеуі мүмкін. Президент өзінің көмекшілері мен кеңесшілерінің санын және олардың қызметінің бағыттарын айқындайды.</w:t>
+      29. Президент міндеттердің бірінші кезектілігі мен маңыздылығына қарай Президент Әкімшілігі Басшысының бірінші орынбасары мен орынбасарларына, өзінің көмекшілері мен кеңесшілеріне осы Ережеде көзделгеннен ерекшеленетін өзге де міндеттер мен өкілеттіктерді жүктеуі мүмкін. Президент өзінің көмекшілері мен кеңесшілерінің санын және олардың қызметінің бағыттарын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Президентінің 12.02.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) Жарлығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z128" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7141,55 +7101,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>