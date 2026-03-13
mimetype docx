--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab11b8d" w14:textId="ab11b8d">
+    <w:p w14:paraId="3a46a08" w14:textId="3a46a08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7703,54 +7703,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185. Жаңадан тағайындалған елшілердің келу кезектілігі Қазақстан Республикасына келген күні мен уақытына сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
     <w:bookmarkStart w:name="z379" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      186. Сенім грамоталарын тапсыру рәсіміне Президент Әкімшілігінің Басшысы, Сыртқы істер министрі және Қазақстан Республикасы Президентінің халықаралық мәселелер жөніндегі көмекшісі қатысады.</w:t>
+      186. Сенім грамоталарын тапсыру рәсіміне Президент Әкімшілігінің Басшысы, Сыртқы істер министрі және Қазақстан Республикасы Президентінің халықаралық мәселелер жөніндегі кеңесшісі қатысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 186-тармақ жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z380" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Шет мемлекеттердің ұлттық мерекелеріне орай олардың дипломатиялық өкілдіктеріндегі іс-шаралар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
     <w:bookmarkStart w:name="z381" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8373,51 +8435,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Жарлығымен.</w:t>
+        <w:t xml:space="preserve">); 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9971,50 +10053,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+16-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президент Әкімшілігі Басшысының орынбасарлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13146,51 +13305,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Жарлығымен.</w:t>
+        <w:t xml:space="preserve">); 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14821,1286 +15000,1460 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
-[...35 lines deleted...]
-Президенттің халықаралық мәселелер жөніндегі көмекшісі</w:t>
+17-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президент Әкімшілігі Басшысының орынбасарлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
-[...35 lines deleted...]
-Президенттің көмекшілері (тағайындалған күні бойынша)</w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Президентінің 08.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 1152</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...35 lines deleted...]
-Президент Кеңсесінің бастығы</w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президенттің көмекшілері (тағайындалған күні бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21.</w:t>
-[...35 lines deleted...]
-Төтенше және Өкілетті елшілер (тағайындалған күні бойынша)</w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президент Кеңсесінің бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
-[...35 lines deleted...]
-Жоғары Сот Кеңесінің Төрағасы</w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төтенше және Өкілетті елшілер (тағайындалған күні бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
-[...75 lines deleted...]
-              <w:t>) Жарлығымен.</w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары Сот Кеңесінің Төрағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
-[...35 lines deleted...]
-Парламент Сенаты Төрағасының орынбасары</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Президентінің 12.02.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 779</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізіледі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) Жарлығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
-[...35 lines deleted...]
-Парламент Мәжілісі Төрағасының орынбасары</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парламент Сенаты Төрағасының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...35 lines deleted...]
-Қорғаныс министрі</w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парламент Мәжілісі Төрағасының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
-[...35 lines deleted...]
-Ішкі істер министрі</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғаныс министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
-[...35 lines deleted...]
-Мемлекеттік күзет қызметінің бастығы</w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі істер министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...75 lines deleted...]
-              <w:t>) Жарлығымен.</w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік күзет қызметінің бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
-[...35 lines deleted...]
-Президентке тікелей бағынатын және есеп беретін агенттіктердің төрағалары (тағайындалған күні бойынша)</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Президентінің 12.02.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 779</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (06.01.2025 бастап қолданысқа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізіледі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) Жарлығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
-[...35 lines deleted...]
-Үкімет Аппаратының Басшысы</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президентке тікелей бағынатын және есеп беретін агенттіктердің төрағалары (тағайындалған күні бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
-[...35 lines deleted...]
-Министрлер (тағайындалған күні бойынша)</w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкімет Аппаратының Басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министрлер (тағайындалған күні бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 32-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президенттің халықаралық мәселелер жөніндегі кеңесшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32-2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>