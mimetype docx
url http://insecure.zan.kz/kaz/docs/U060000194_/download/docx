--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="092cd18" w14:textId="092cd18">
+    <w:p w14:paraId="419121c" w14:textId="419121c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1523,68 +1523,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Президентi  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1676,438 +1658,480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 194 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z29" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің "Алтын сапа" сыйлығының лауреаты атағын және "Қазақстанның үздік тауары" республикалық көрме-конкурсының дипломанты атағын беру жөніндегі комиссияның ҚҰРАМЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Құрам жаңа редакцияда – ҚР Президентінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) жарлығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Президенті Әкімшілігінің Басшысы, төраға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының басқарма төрағасы (келісім бойынша), төрағаның орынбасары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының департамент директоры (келісім бойынша), хатшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Өнеркәсіп және құрылыс министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Сауда жəне интеграция министрі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан астық одағы" заңды тұлғалар бірлестігінің президенті (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан құс шаруашылығы одағы" заңды тұлғалар бірлестігінің президенті (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан машина жасаушылар одағы" заңды тұлғалар бірлестігінің басқарма төрағасы (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстанның картоп өсірушілері мен көкөніс өсірушілері қауымдастығы" заңды тұлғалар бірлестігінің төрағасы (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстанның құрылыс салушылар қауымдастығы" заңды тұлғалар бірлестігінің президенті (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстанның тағам кәсіпорындары одағы" заңды тұлғалар бірлестігінің президенті (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан тауар өндірушілері мен экспорттаушылары одағы" республикалық заңды тұлғалар бірлестігінің вице-президенті (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан сүт одағы" қоғамдық бірлестігі басқармасының тең төрағасы (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Тау-кен өндіруші және тау-кен металлургиялық кәсіпорындардың республикалық қауымдастығы" заңды тұлғалар бірлестігінің атқарушы директоры (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "KAZENERGY" мұнай-газ және энергетикалық кешен ұйымдарының қазақстандық қауымдастығының төрағасы (келісім бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...347 lines deleted...]
-      "KAZENERGY" мұнай-газ және энергетикалық кешен ұйымдарының қазақстандық қауымдастығының төрағасы (келісім бойынша)</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2201,68 +2225,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 194 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентiнiң "Алтын сапа" сыйлығын алуға арналған конкурс өткiзу және лауреат атағын беру ҚАҒИДАЛАРЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда - ҚР Президентінің 24.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2277,676 +2301,840 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="8"/>
+    <w:bookmarkStart w:name="z79" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Президентiнiң "Алтын сапа" сыйлығы (бұдан әрi – сыйлық) өнiмнiң және/немесе көрсетілетін қызметтердiң сапасы саласында ұйымның елеулі нәтижелерге қол жеткiзгенi үшiн, олардың қауiпсiздiгiн қамтамасыз еткені, сондай-ақ ұйымның сапаны басқарудың тиiмдiлiгi жоғары әдiстерiн енгiзгенi үшiн конкурстық негiзде жыл сайын берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сыйлық лауреат атағына ие болған конкурсқа қатысушыларға конкурстың эмблемасын, лауреаттар дипломдарын және ақшалай сыйақыны берудi көздейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақшалай сыйақы мөлшері 450 (төрт жүз елу) айлық есептік көрсеткішті құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="9"/>
+    <w:bookmarkStart w:name="z80" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Президентінің "Алтын сапа" сыйлығының лауреаты атағын және "Қазақстанның үздік тауары" республикалық көрме-конкурсының дипломанты атағын беру жөніндегі комиссия (бұдан әрі – Комиссия) осы Қағидалардың 5-тармағында көзделген төрт номинациядағы үш санат бойынша жыл сайын сыйлықтар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сыйлық лауреаты атағы Қазақстан Республикасы Президентiнiң "Алтын сапа" сыйлығын алуға арналған конкурстың (бұдан әрi – конкурс) жеңiмпаздарына Комиссия шешiмiнiң негiзiнде берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="10"/>
+    <w:bookmarkStart w:name="z81" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сыйлық алуға арналған конкурсты ұйымдастыру тиiстi қаржы жылына арналған республикалық бюджетте осы мақсаттарға көзделген қаражат есебiнен және оның шегiнде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z82" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z82" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сыйлық алуға Қазақстан Республикасының аумағында тауарлар өндірумен (қару-жарақ пен әскери техника өндіруді қоспағанда), қызметтер көрсетумен айналысатын дара кәсіпкерлер мен заңды тұлғалар (бұдан әрі – конкурсқа қатысушылар) үміткер бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттің қатысу үлесі 50%-дан асатын ұйымдар, сондай-ақ өздеріне қатысты оңалту және банкроттық туралы Қазақстан Республикасының заңнамасында көзделген рәсімдерді жүзеге асыру туралы шешімдер белгіленген тәртіппен қабылданған ұйымдар конкурсқа қатысуға жіберілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="12"/>
+    <w:bookmarkStart w:name="z83" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Конкурсқа қатысушылар Комиссияға кемiнде үш жыл кезеңде шығарылатын өнiмнiң немесе көрсетiлетiн қызметтiң жоғары сапасын растауға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымдар конкурсқа мынадай номинациялар бойынша қатысады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="13"/>
+    <w:bookmarkStart w:name="z84" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Өндiрiстiк мақсаттағы үздiк кәсiпорын";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z85" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z85" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Халық тұтынатын тауарларды шығаратын үздiк кәсiпорын";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z86" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z86" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Қызметтер көрсететiн үздiк кәсiпорын";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z87" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z87" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Азық-түлік тауарларын және/немесе ауыл шаруашылығы өнімдерін шығаратын үздік кәсіпорын".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әр номинацияда мынадай санаттар бойынша үш сыйлық беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="17"/>
+    <w:bookmarkStart w:name="z88" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағын кәсіпкерлік субъектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z89" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z89" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орта кәсіпкерлік субъектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z90" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z90" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ірі кәсіпкерлік субъектісі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурста "Үздік индустриялық жоба", "Үздік инновациялық жоба" және "Үздік цифрлық даму жобасы" арнаулы сыйлықтары тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді – ҚР Президентінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының Ұлттық кәсіпкерлер палатасы сыйлық алуға арналған конкурсты ұйымдастырушы (бұдан әрi – конкурсты ұйымдастырушы) болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z92" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z92" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сыйлықты белгілі бір номинацияда алғаннан кейін төрт жыл бойы оны алуға қайта ұсынуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z93" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z93" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Конкурсты ұйымдастырушы жыл сайын ағымдағы жылғы ақпанда осы конкурсты өткiзу туралы бұқаралық ақпарат құралдарында хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z94" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z94" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Конкурсқа қатысуға ниет бiлдiрген ұйымдар Қазақстан Республикасының Yкiметi бекiтетін Қазақстан Республикасы Президентiнiң "Алтын сапа" сыйлығын алуға арналған конкурсқа қатысушылардың материалдарын ресiмдеу, ұсыну және алдын ала бағалау қағидаларына сәйкес материалдарды ресiмдейдi және конкурсты ұйымдастырушыға бередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z95" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z95" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Конкурс төрт кезеңмен өткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z96" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z96" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірінші кезеңде конкурсты ұйымдастырушы конкурсқа қатысуға өтінімдер қабылдауды және материалдарды алдын ала бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z98" w:id="27"/>
+    <w:bookmarkStart w:name="z97" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екінші кезеңде конкурсты ұйымдастырушы конкурсқа қатысушылардың материалдарын және осы материалдар бойынша алдын ала қорытындыны республикалық конкурсты ұйымдастырушының шешімімен құрылған сараптамалық топтың қарауына ұсынады. Республикалық конкурсты ұйымдастырушының шешімімен құрылған сараптамалық топ конкурстың үшінші кезеңіне қатысуы үшін конкурс финалистерін (төрт номинацияда үш санаттан үшеу және арнаулы сыйлықта үш-үштен) айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z98" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) үшінші кезеңде республикалық конкурсты ұйымдастырушының шешімімен құрылған сараптамалық топ кәсіпорындарға барып финалистерді бағалауды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z100" w:id="29"/>
+    <w:bookmarkStart w:name="z99" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төртінші кезеңде конкурсты ұйымдастырушы жергілікті жерлерде материалдарды сараптамалық бағалау және сараптау нәтижелерімен бірге конкурс финалистерінің (төрт номинацияда үш санаттан үшеу және арнаулы сыйлықта үш-үштен) материалдарын Комиссияның қарауына ұсынады. Комиссия ұсынылған материалдардың негiзiнде жеңімпаздарды айқындайды және конкурсқа қатысушыларға сыйлық лауреаттары атағын беру туралы шешiм қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді – ҚР Президентінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сыйлық лауреаты атағына ие болған конкурсқа қатысушыларға тиістi диплом, конкурстың эмблемасы және ақшалай сыйақы табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z101" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z101" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Конкурс жеңiмпаздарын марапаттау рәсiмi жыл сайын салтанатты түрде өткiзiледi. Конкурс женімпаздарын марапаттау рәсімін өткізу күні мен орны Қазақстан Республикасы Президенті Әкімшілігімен келісу бойынша айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z102" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z102" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Сыйлық лауреаттары атағына ие болған конкурсқа қатысушылардың тiзiмi бұқаралық ақпарат құралдарында жарияланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z103" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z103" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Сыйлық лауреаттары атағына ие болған конкурсқа қатысушылар сыйлық берілгеннен кейін төрт жыл бойы сыйлық эмблемасын жарнамалық мақсатта пайдалану құқығын алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3038,80 +3226,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 194 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="33"/>
+    <w:bookmarkStart w:name="z57" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстанның үздік тауары" республикалық көрме-конкурсын өткізу және дипломант атағын беру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ҚАҒИДАЛАРЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Жарлық ережемен толықтырылды - ҚР Президентінің 2010.06.23 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3166,600 +3354,600 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="34"/>
+    <w:bookmarkStart w:name="z104" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Ұлттық кәсіпкерлер палатасы "Қазақстанның үздік тауары" республикалық көрме-конкурсын (бұдан әрі – конкурс) ұйымдастырушы (бұдан әрі – конкурсты ұйымдастырушы) болып табылады, облыстардың, республикалық маңызы бар қаланың және астананың кәсіпкерлер палаталары "Қазақстанның үздік тауары" өңірлік көрме-конкурстарын ұйымдастырушылар (бұдан әрі – өңірлік конкурстарды ұйымдастырушылар) болып табылады. Конкурсты ұйымдастыру тиiстi қаржы жылына арналған республикалық бюджетте осы мақсаттарға көзделген қаражат есебiнен және оның шегiнде жүзеге асырылады. "Қазақстанның үздік тауары" өңірлік көрме-конкурстарын ұйымдастыру облыстардың, республикалық маңызы бар қаланың және астана әкімдіктерінің жергілікті бюджеттері қаражаты есебінен және оның шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z105" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z105" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Конкурстың негізгі мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z106" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z106" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалардың отандық өнімнің сапасын арттыруға бағытталған қызметін жандандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z107" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z107" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан нарығын жоғары сапалы және бәсекеге қабілетті өніммен толықтыруға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z108" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z108" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отандық және халықаралық стандарттар негізінде сапаны басқару мен қамтамасыз етудің қазіргі заманғы әдістерін кеңінен енгізуге алғышарттар жасау және оған жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z109" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z109" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сапа проблемаларын шешу қажеттілігіне өнеркәсіптік, коммерциялық және қоғамдық ұйымдардың назарын аудару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z110" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z110" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) халық арасында сапа идеясын насихаттау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z111" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z111" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z112" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z112" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағында өнеркәсіптік, азық-түлік тауарларын және өндірістік-техникалық мақсаттағы өнімдер өндіруді жүзеге асыратын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z113" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z113" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өнім сапасының тұрақты жоғары деңгейін және оны жүйелі түрде жақсартуды қамтамасыз ету жөнінде конкурсты ұйымдастырушы растаған оң нәтижелері бар дара кәсіпкер немесе заңды тұлға конкурсқа қатысушылар бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z114" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z114" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Конкурсқа қатысуға ниет білдірген заңды тұлға немесе дара кәсіпкер Қазақстан Республикасының Үкіметі бекітетін "Қазақстанның үздік тауары" өңірлік және республикалық көрме-конкурстарына ұсынылатын материалдар мен өнімді ресімдеу, беру және алдын ала сараптамалық бағалау қағидаларына сәйкес материалдарды ресімдейді және конкурсты ұйымдастырушыға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z115" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z115" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Конкурс мынадай үш номинация бойынша жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z116" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z116" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Өндірістік мақсаттағы үздік тауарлар";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z117" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z117" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Халыққа арналған үздік тауарлар";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z118" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z118" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Үздік азық-түлік тауарлары".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әр номинацияда үш жеңімпаз айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="49"/>
+    <w:bookmarkStart w:name="z119" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Президентінің "Алтын сапа" сыйлығының лауреаты атағын және "Қазақстанның үздік тауары" республикалық көрме-конкурсының дипломанты атағын беру жөніндегі комиссия (бұдан әрі – Комиссия) шешімімен бекітілетін іс-шаралар жоспарына сәйкес өткізіледі және төрт кезеңмен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z120" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z120" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірінші кезеңде конкурсқа қатысуға өтінімдер қабылдау, материалдар мен өнімдерді сараптамалық бағалау жүзеге асырылады. Өңірлік конкурстарды ұйымдастырушылардың шешімімен құрылған сараптамалық топ өңірлік конкурстардың 9 жеңімпазын айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірлік конкурстарды ұйымдастырушылар республикалық конкурсты ұйымдастырушыға өңірлік конкурс жеңімпаздарының қажетті құжаттарын жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірлік конкурстардың жеңімпаздары республикалық конкурсқа қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="51"/>
+    <w:bookmarkStart w:name="z121" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) екінші кезеңде материалдар мен өнімдерді сараптамалық бағалау республикалық деңгейде жүзеге асырылады. Республикалық конкурсты ұйымдастырушының шешімімен құрылған сараптамалық топ үш номинация бойынша 27 финалисті айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z122" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z122" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) үшінші кезеңде 27 финалист онлайн-дауыс беруге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z123" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z123" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) төртінші кезеңде республикалық конкурсты ұйымдастырушы 27 финалистің материалдарын алдын ала қорытындыларымен және онлайн-дауыс беру нәтижелерімен бірге Комиссияның қарауына ұсынады (әр номинацияда үш финалистен).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия ұсынылған материалдар негізінде 9 конкурсқа қатысушыға "Қазақстанның үздік тауары" республикалық көрме-конкурсы дипломанты (бұдан әрі – конкурс дипломанттары) атағын беру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдын ала қорытындының нәтижелері бойынша балл тепе-тең түскен жағдайда, жеңімпаз онлайн-дауыс беру арқылы айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="54"/>
+    <w:bookmarkStart w:name="z124" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Конкурс дипломанттары "Қазақстанның үздік тауары" республикалық көрме-конкурсының эмблемасымен және дипломымен марапатталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z125" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z125" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Конкурс дипломанттарының тізімі бұқаралық ақпарат құралдарында жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z126" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z126" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Конкурс дипломанттары конкурстың эмблемасын жарнамалық мақсатта төрт жыл бойы пайдалану құқығын алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4059,80 +4247,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">БЕКIТIЛГЕН        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="57"/>
+    <w:bookmarkStart w:name="z27" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Алтын сапа" республикалық көрме-конкурсын өткiзу және дипломант атағын беру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ЕРЕЖЕЛЕРI </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Алынып тасталды - ҚР Президентінің 2009.07.02 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4606,51 +4794,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="58"/>
+    <w:bookmarkStart w:name="z40" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің "Алтын сапа" сыйлығының лауреаты атағын</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -4659,51 +4847,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>атағын беру жөніндегі комиссия туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырыпқа өзгерту енгізілді - ҚР Президентінің 2010.06.23 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4718,88 +4906,88 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="59"/>
+    <w:bookmarkStart w:name="z41" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z42" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z42" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Президентінің "Алтын сапа" сыйлығының лауреаты атағын және "Қазақстанның үздік тауары" республикалық көрме-конкурсының дипломанты атағын беру жөніндегі комиссия (бұдан әрі - Комиссия) Қазақстан Республикасы Президентінің жанындағы консультативті-кенесші орган болып табылады және мемлекеттік басқару органдарының басшыларынан, сапаны басқару саласындағы жетекші мамандардан, қоғамдық бірлестіктердің өкілдерінен құралады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссияның құрамын Қазақстан Республикасының Президенті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4936,128 +5124,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз) Жарлықтарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="61"/>
+    <w:bookmarkStart w:name="z43" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Комиссия өз қызметінде Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, заңдарын, Қазақстан Республикасы Президентінің актілерін және Қазақстан Республикасының өзге де нормативтік құқықтық актілерін, сондай-ақ осы ережені басшылыққа алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z44" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z44" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Комиссияның міндеттері мен құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z45" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z45" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Комиссияның міндеттері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Президентінің "Алтын сапа" сыйлығын және "Қазақстанның үздік тауары" республикалық көрме-конкурсының дипломанты атағын алуға арналған конкурстарға (бұдан әрі - конкурстар) қатысу үшін өтінімдер берген қатысушылардың материалдарын қарау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5190,70 +5378,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="64"/>
+    <w:bookmarkStart w:name="z46" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Комиссия өз міндеттеріне сәйкес: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) мемлекеттік органдармен және өзге де ұйымдармен, сондай-ақ қоғамдық бірлестіктермен өзара іс-қимыл жасасуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5264,88 +5452,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Комиссияның жұмыс органынан Комиссия міндеттерін іске асыру үшін қажетті қосымша материалдарды сұратуға және алуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Комиссияға жүктелген міндеттерді жүзеге асыру үшін қажетті өзге де құқықтарға ие. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="65"/>
+    <w:bookmarkStart w:name="z47" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Комиссия қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z48" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z48" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Комиссияның құрамына: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Комиссия төрағасы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5374,70 +5562,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Комиссия хатшысы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Комиссия мүшелері кіреді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="67"/>
+    <w:bookmarkStart w:name="z49" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Комиссия төрағасы оның қызметін басқарады, отырыстарға төрағалық етеді, оның жұмысын жоспарлайды, оның шешімдерінің іске асырылуына жалпы бақылауды жүзеге асырады. Комиссия төрағасы болмаған кезде оның функцияларын орынбасары орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эмблемалардың нысандарын және конкурстардың дипломдарын сипаттамаларымен қоса Комиссия төрағасы бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5464,120 +5652,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="68"/>
+    <w:bookmarkStart w:name="z50" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Комиссияның хатшысы жұмыс органы дайындаған құжаттар мен материалдарды Комиссияның мүшелеріне қарауға ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z51" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z51" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Комиссияның жұмыс органы болып табылатын Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына мынадай функциялар жүктеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) конкурстардың өткізілу мерзімі мен шарттары туралы бұқаралық ақпарат құралдары және жұмыс органының ресми веб-сайты арқылы хабарлау; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5854,130 +6042,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="70"/>
+    <w:bookmarkStart w:name="z52" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Комиссия жыл сайын конкурстарды ұйымдастыру және өткізу жөніндегі тиісті жылға арналған іс-шаралар жоспарын анықтайды және бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z53" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z53" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Комиссияның отырыстары қажеттілігіне қарай, бірақ кемінде жарты жылда бір рет өткізіледі. Комиссияның отырысы Комиссия мүшелерінің жалпы санының кемінде үштен екісі қатысқан жағдайда заңды болып саналады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z54" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z54" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Конкурстардың жеңімпаздарына атақ беру туралы түпкілікті шешім ашық дауыс беру жолымен қабылданады және егер ол үшін Комиссия мүшелерінің жалпы санының көпшілік дауысы берілсе, қабылданды деп саналады. Дауыстар тең бөлінген жағдайда, төраға дауыс берген шешім қабылданды деп саналады. Шешім отырыстың хаттамасымен ресімделеді және оған Комиссияның шешімі ресми басылымда жарияланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z55" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z55" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Конкурстардың жеңімпаздарына конкурстардың эмблемаларын және дипломдарын беру салтанатты жағдайда жүзеге асырылады. Конкурс жеңімпаздарына конкурстардың эмблемаларын және дипломдарын тапсыру күні және орны Қазақстан Республикасы Президентінің Әкімшілігімен келісім бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстар материалдарында қамтылған және жергілікті жерлердегі сараптама барысында алынған ақпарат жасырын болып табылады және конкурсантты бағалаудан басқа өзге де мақсаттар үшін оның жазбаша келісімінсіз пайдаланылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6074,124 +6262,124 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Жарлықтарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="74"/>
+    <w:bookmarkStart w:name="z56" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Комиссияның қызметін тоқтату туралы шешімді Қазақстан Республикасының Президенті қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6517,31 +6705,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>